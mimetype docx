--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -1,4430 +1,3975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="05C2DBB4" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00333B7A" w:rsidRDefault="00DE3A96" w:rsidP="00333B7A">
+    <w:p w14:paraId="3C139B75" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00333B7A" w:rsidRDefault="00DE3A96" w:rsidP="00333B7A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>MedDRA</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">® </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>DATA RETRIEVAL AND PRESENTATION:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
         <w:t>POINTS TO CONSIDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F732B4F" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="573FA9D9" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">ICH-Endorsed Guide for MedDRA Users </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205141E7" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="4063DB93" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>on Data Output</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685A0A57" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="51EB65E7" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="614B9A1F" w14:textId="397ED386" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="4EB11E0B" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Release 3.</w:t>
       </w:r>
       <w:r w:rsidR="00FE4832">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003A7213">
-[...9 lines deleted...]
-    <w:p w14:paraId="2C649465" w14:textId="51859C43" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+      <w:ins w:id="0" w:author="Author">
+        <w:r w:rsidR="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="1" w:author="Author">
+        <w:r w:rsidR="00944873" w:rsidDel="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:delText>8</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="7BDA5EA4" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on MedDRA Version </w:t>
       </w:r>
       <w:r w:rsidR="0097586F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00A84717">
-[...18 lines deleted...]
-    <w:p w14:paraId="299DA735" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+      <w:ins w:id="2" w:author="Author">
+        <w:r w:rsidR="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>3.0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="3" w:author="Author">
+        <w:r w:rsidR="00EC1AFF" w:rsidDel="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:delText>2.</w:delText>
+        </w:r>
+        <w:r w:rsidR="00944873" w:rsidDel="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="036DA0D5" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20245ECB" w14:textId="0DC8955A" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="1FBFCA8C" w14:textId="77777777" w:rsidR="00FC523A" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00753071">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="003A7213">
+      <w:ins w:id="4" w:author="Author">
+        <w:r w:rsidR="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>March</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="5" w:author="Author">
+        <w:r w:rsidR="00944873" w:rsidDel="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:delText>September</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00EC1AFF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="2E55509D" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:ins w:id="6" w:author="Author">
+        <w:r w:rsidR="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="7" w:author="Author">
+        <w:r w:rsidR="00EC1AFF" w:rsidDel="00976D1F">
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="1BCA150F" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Disclaimer and Copyright Notice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0259B9" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="32969CC5" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:t>This document is protected by copyright and may</w:t>
       </w:r>
       <w:r w:rsidR="007C195F">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the MedDRA and ICH logos,</w:t>
+        <w:t>, with the exception of the MedDRA and ICH logos,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3A96">
         <w:t xml:space="preserve"> be used, reproduced, incorporated into other works, adapted, modified, translated or distributed under a public license provided that ICH's copyright in the document is acknowledged at all times. In case of any adaption, modification or translation of the document, reasonable steps must be taken to clearly label, demarcate or otherwise identify that changes were made to or based on the original document. Any impression that the adaption, modification or translation of the original document is endorsed or sponsored by the ICH must be avoided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6738DB02" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="5708ED82" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:t>The document is provided "as is" without warranty of any kind. In no event shall the ICH or the authors of the original document be liable for any claim, damages or other liability arising from the use of the document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B36BC8A" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="0C8C7A0F" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:t>The above-mentioned permissions do not apply to content supplied by third parties. Therefore, for documents where the copyright vests in a third party, permission for reproduction must be obtained from this copyright holder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEBA152" w14:textId="77777777" w:rsidR="007C195F" w:rsidRPr="00DE3A96" w:rsidRDefault="007C195F" w:rsidP="00DE3A96">
+    <w:p w14:paraId="04333F29" w14:textId="77777777" w:rsidR="007C195F" w:rsidRPr="00DE3A96" w:rsidRDefault="007C195F" w:rsidP="00DE3A96">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6398A08D" w14:textId="19FB519A" w:rsidR="00DE3A96" w:rsidRPr="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00DE3A96">
+    <w:p w14:paraId="3D0AB3BA" w14:textId="77777777" w:rsidR="00AD728D" w:rsidRDefault="00DE3A96" w:rsidP="00753071">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3A96">
         <w:t xml:space="preserve">MedDRA® trademark is </w:t>
       </w:r>
       <w:r w:rsidR="007C195F">
         <w:t>registered</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3A96">
-        <w:t xml:space="preserve"> by IFPMA on behalf of ICH</w:t>
-[...7 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve"> by ICH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9DCA60" w14:textId="77777777" w:rsidR="004B7677" w:rsidRDefault="00DE3A96" w:rsidP="00976D1F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="004B7677">
-          <w:headerReference w:type="default" r:id="rId8"/>
-[...3973 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="994" w:right="1800" w:bottom="994" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc268528998"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B8776CE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r w:rsidRPr="00DE3A96">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66699C9D" w14:textId="77777777" w:rsidR="00DE3A96" w:rsidRDefault="00DE3A96" w:rsidP="00072931">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CAA27C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00072931">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C4B09F" w14:textId="5949C0DB" w:rsidR="00E72D63" w:rsidRDefault="00233789">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BA2745">
+        <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E72D63">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 1 –</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72D63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E72D63">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>INTRODUCTION</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72D63">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E72D63">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891602 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B88792" w14:textId="11694676" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Objectives of this Document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891603 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C35D4A3" w14:textId="15EE92AE" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Reasons to Use MedDRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891604 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182B60F0" w14:textId="00DB8BB3" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>How to Use this Document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891605 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533283FE" w14:textId="4F7B5F39" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 2 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>GENERAL PRINCIPLES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891606 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FE98F0" w14:textId="7D482A6B" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Quality of Source Data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891607 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693E1E14" w14:textId="3FD63B7A" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Data conversion considerations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891608 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F14DEE1" w14:textId="63CCB112" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Impact of data conversion method</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891609 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB709A6" w14:textId="4B87E665" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Documentation of Data Retrieval and Presentation Practices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891610 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF9E9B7" w14:textId="5B1DD395" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Do Not Alter MedDRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891611 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1487E51A" w14:textId="2CCD54C6" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Organisation-Specific Data Characteristics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891612 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6CE532" w14:textId="38C3C5AE" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Characteristics of MedDRA that Impact Data Retrieval and Analysis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891613 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A18555" w14:textId="538D75A5" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Grouping terms (HLTs and HLGTs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891614 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2784E360" w14:textId="62009836" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Granularity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891615 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30139705" w14:textId="5BC1560C" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Multiaxiality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891616 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9556AE" w14:textId="1218135E" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>MedDRA Versioning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891617 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2B566F" w14:textId="182D5E92" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 3 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>GENERAL QUERIES AND RETRIEVAL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891618 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9FB8A9" w14:textId="38C37C8D" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>General Principles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891619 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7C3184" w14:textId="690B09FC" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Graphical displays</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891620 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00847431" w14:textId="575DB327" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Patient subpopulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891621 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746A2A1B" w14:textId="09BD163F" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overall Presentation of Safety Profiles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891622 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DE3164" w14:textId="6637842D" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overview by primary System Organ Class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891623 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121997C8" w14:textId="178CF3EB" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overall presentations of small datasets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891624 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE08DF2" w14:textId="73041C42" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Focused searches</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891625 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B28942" w14:textId="12FA4845" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 4 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>STANDARDISED M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00667CD4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>DRA QUERIES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891626 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434864B2" w14:textId="4789636C" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891627 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4BD196" w14:textId="38DF3679" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Benefits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891628 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B447ED" w14:textId="4A16010F" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Limitations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891629 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D38202C" w14:textId="55848F9B" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Modifications and Organisation-Constructed Queries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891630 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D36FFFE" w14:textId="08B86CDB" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQs and MedDRA Version Changes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891631 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32077C1B" w14:textId="51348410" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQs – Impact of MedDRA Legacy Data Conversion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891632 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="6430E090" w14:textId="35606EDC" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Change Requests</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891633 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4223DC77" w14:textId="730F1D87" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Technical Tools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891634 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CD8723" w14:textId="052C0DEB" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Applications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891635 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC6359D" w14:textId="5DA94E39" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Clinical trials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891636 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E039117" w14:textId="5A37B38A" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Post-marketing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891637 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E1FD03" w14:textId="717AE191" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1067"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Search Options</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891638 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB45E3D" w14:textId="4E05AFA9" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Narrow and broad searches</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891639 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9037A2" w14:textId="2A37195B" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Hierarchical SMQs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891640 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B303DE" w14:textId="59BD6F72" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Algorithmic SMQs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891641 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA81019" w14:textId="07C0AD8E" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1067"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ and MedDRA Grouping Terms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891642 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167E6E9E" w14:textId="6DBAF82D" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 5 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>CUSTOMISED SEARCHES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891643 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B666D95" w14:textId="1675676C" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Modified MedDRA Query Based on an SMQ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891644 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738699DC" w14:textId="660C350E" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Customised Queries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891645 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC977A0" w14:textId="58519976" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 6 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>APPENDIX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891646 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FEDB6B" w14:textId="3E46CE75" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Links and References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891647 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40344461" w14:textId="5249BD13" w:rsidR="00E72D63" w:rsidRDefault="00E72D63">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Figures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891648 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D60906">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00233789">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30301308" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00233789" w:rsidP="00072931">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F56F2EC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00035937">
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="994" w:right="1800" w:bottom="994" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc268528998"/>
+    </w:p>
+    <w:p w14:paraId="05B2197C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc521501579"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc426891602"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="46E5AF7A" w14:textId="77777777" w:rsidR="00400791" w:rsidRDefault="00035937" w:rsidP="00400791">
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="1C88640B" w14:textId="77777777" w:rsidR="00400791" w:rsidRDefault="00035937" w:rsidP="00400791">
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Med</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ical </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ictionary for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -4432,445 +3977,632 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">egulatory </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>ctivities terminology (MedDRA)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C00">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as designed for sharing regulatory information for human medical products. </w:t>
       </w:r>
+      <w:r w:rsidR="00400791">
+        <w:t>In order for MedDRA to harmonise the exchange of coded data, users should be consistent in the assignment of terms to verbatim reports of symptoms, signs, diseases, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3772C41A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>MedDRA is a large terminology with very specific (“granular”) terms called Lowest Level Terms (LLTs) that serve to accurately record the reporter’s words (verbatim term). LLTs are generally synonyms linked to their parent terms known as Preferred Terms (PTs</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00400791">
-        <w:t>In order for</w:t>
+      <w:r>
+        <w:t>).PTs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00400791">
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> are also relatively specific and large in number. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61793D41" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="48D9E592" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">While a highly granular terminology such as MedDRA reduces the need for interpretation at data entry, it impacts the processes of data retrieval, sorting and presentation necessary for support of drug development, pharmacovigilance and risk management. The hierarchical structure of MedDRA facilitates data retrieval by providing grouping terms (High Level Terms [HLTs] and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>High Level</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Group Terms [HLGTs]) that aggregate the very specific terms used for coding into broader medical categories. MedDRA’s </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t>ity (assignment of a PT to more than one System Organ Class [SOC]) allows flexibility in data retrieval via primary and secondary paths. Whil</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>st</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> grouping terms and </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ity permit a reasonable first approach to data retrieval, the complexity of MedDRA requires guidance to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>optimi</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the results.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032FDC08" w14:textId="1C231FE2" w:rsidR="00035937" w:rsidRPr="000D3EB9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6A4900DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="000D3EB9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Data Retrieval and Presentation: Points to Consider</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000D3EB9">
         <w:t>DRP:PTC</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000D3EB9">
-        <w:t xml:space="preserve">) document is an ICH-endorsed guide for MedDRA users. It is updated in step with new MedDRA versions and is a companion document to MedDRA. It was developed and is maintained by a working group charged by the ICH </w:t>
+        <w:t>) document is an ICH-endorsed guide for MedDRA users. It is updated</w:t>
+      </w:r>
+      <w:ins w:id="11" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:t xml:space="preserve"> annually</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="000D3EB9">
+        <w:t xml:space="preserve"> in step with </w:t>
+      </w:r>
+      <w:ins w:id="12" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:t xml:space="preserve">the March release of </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="13" w:author="Author">
+        <w:r w:rsidRPr="000D3EB9" w:rsidDel="00FA2003">
+          <w:delText xml:space="preserve">new </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="000D3EB9">
+        <w:t xml:space="preserve">MedDRA </w:t>
+      </w:r>
+      <w:ins w:id="14" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:t xml:space="preserve">(starting with MedDRA Version 23.0) </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="15" w:author="Author">
+        <w:r w:rsidRPr="000D3EB9" w:rsidDel="00FA2003">
+          <w:delText xml:space="preserve">versions </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="000D3EB9">
+        <w:t xml:space="preserve">and is </w:t>
+      </w:r>
+      <w:ins w:id="16" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:t xml:space="preserve">support documentation for </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="17" w:author="Author">
+        <w:r w:rsidRPr="000D3EB9" w:rsidDel="00FA2003">
+          <w:delText xml:space="preserve">a companion document to </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="000D3EB9">
+        <w:t xml:space="preserve">MedDRA. It was developed and is maintained by a working group charged by the ICH </w:t>
       </w:r>
       <w:r w:rsidR="003A7213">
         <w:t>Management</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve"> Committee. The working group consists of</w:t>
       </w:r>
       <w:r w:rsidR="00BF77C9">
         <w:t xml:space="preserve"> representatives of ICH regulatory and industry members</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005C2470">
         <w:t xml:space="preserve">the World Health Organization, </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t>the MedDRA Maintenance and Support Services Organization (MSSO)</w:t>
       </w:r>
       <w:r w:rsidR="00BF77C9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve"> and the Japanese Ma</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>intenance Organization (JMO) (</w:t>
       </w:r>
       <w:r w:rsidR="003A7213">
         <w:t xml:space="preserve">see the M1 MedDRA Terminology page under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="003A7213" w:rsidRPr="00162AFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Multidisciplinary Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003A7213">
         <w:t xml:space="preserve"> on the ICH website for a list of current members). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E18C438" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0DB2C434" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="000D3EB9">
         <w:t xml:space="preserve">The principles described in this document are most effective when used in conjunction with the principles described in the </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t>document for data entry (coding).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This document provides data retrieval and presentation options for either in</w:t>
       </w:r>
       <w:r w:rsidR="00B40F53">
         <w:t xml:space="preserve">dustry or regulatory purposes. </w:t>
       </w:r>
       <w:r>
         <w:t>Although MedDRA includes some data retrieval tools, this document addresses data retrieval in a broader context.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772C83B7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1E1DAEEC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Examples </w:t>
       </w:r>
       <w:r w:rsidR="00400791">
         <w:t xml:space="preserve">shown </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in this document are intended to facilitate reader understanding and are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> intended to imply regulatory requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C5FF7E" w14:textId="0A8AE2D1" w:rsidR="00035937" w:rsidRPr="00333B7A" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="73CC57C4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Figures referenced in the text are found in the Appendix, Section </w:t>
       </w:r>
       <w:r w:rsidRPr="00105817">
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="003A7213">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00105817">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E72991" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A44985" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="014FF7B6" w14:textId="77777777" w:rsidR="00EC1AFF" w:rsidRPr="00CA1EE2" w:rsidRDefault="00EC1AFF" w:rsidP="006C37F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>In addition, the working group has developed a condensed version of the DRP:PTC document which focuses on the fundamental principles of data retrieval and is intended to support the implementation and use of MedDRA in the ICH regions and beyond (see Appendix, Section 6.1). It is available in all MedDRA languages except for English</w:t>
+      </w:r>
+      <w:ins w:id="18" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+        <w:r w:rsidR="006A1CB7">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="19" w:author="Author">
+        <w:r w:rsidRPr="00CA1EE2" w:rsidDel="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> and </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Japanese</w:t>
+      </w:r>
+      <w:ins w:id="20" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and other languages with an available translation of the full </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>DRP:PTC</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t xml:space="preserve">document. The full </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="21" w:author="Author">
+        <w:r w:rsidRPr="00CA1EE2" w:rsidDel="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">; the English and Japanese </w:delText>
+        </w:r>
+      </w:del>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> document </w:t>
+      </w:r>
+      <w:ins w:id="22" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t xml:space="preserve">in its various translations </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will continue to be maintained and updated as the </w:t>
+      </w:r>
+      <w:ins w:id="23" w:author="Author">
+        <w:r w:rsidR="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>complete</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="24" w:author="Author">
+        <w:r w:rsidRPr="00CA1EE2" w:rsidDel="00FA2003">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:delText>full</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00CA1EE2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DEBE2E" w14:textId="77777777" w:rsidR="00EC1AFF" w:rsidRPr="00333B7A" w:rsidRDefault="00EC1AFF" w:rsidP="00035937"/>
+    <w:p w14:paraId="4332EC57" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A44985" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc268528999"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc521501580"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc268528999"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc426891603"/>
       <w:r w:rsidRPr="00A44985">
-        <w:lastRenderedPageBreak/>
         <w:t>Objectives of this Document</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="76325A45" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="002524C0" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="13A18DC4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="002524C0" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="00A44985">
         <w:t xml:space="preserve">The objective of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A44985">
         <w:t>DRP:PTC</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A44985">
         <w:t xml:space="preserve"> document is to demonstrate how data retrieval options impact the accuracy and consistency of data output.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> For example, certain drugs or therapeutic areas may need a customi</w:t>
+        <w:t xml:space="preserve"> For example, certain drugs or therapeutic areas may need a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>customi</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ed approach for data output. Options for data input described in the </w:t>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> approach for data output. Options for data input described in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">document – or in </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>-specific coding guidelines – should also be taken into consideration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BDFB90" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="37C8489C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="002524C0">
         <w:t>Organi</w:t>
       </w:r>
       <w:r w:rsidR="003F5C94">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002524C0">
         <w:t xml:space="preserve">ations are encouraged to document their data retrieval and output strategies, methods and quality assurance procedures in </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidRPr="002524C0">
         <w:t xml:space="preserve">-specific guidelines which should be consistent with this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002524C0">
         <w:t>DRP:PTC</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002524C0">
         <w:t xml:space="preserve"> document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07686569" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001901CF" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="19964930" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001901CF" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc268529000"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc521501581"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc268529000"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc426891604"/>
       <w:r w:rsidRPr="001901CF">
         <w:t>Reasons to Use MedDRA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B07130F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001901CF" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="358278FA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001901CF" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve">MedDRA is used to report adverse </w:t>
       </w:r>
       <w:r>
         <w:t>reaction</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve">/adverse </w:t>
       </w:r>
       <w:r>
         <w:t>event</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>AR/AE</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
-        <w:t xml:space="preserve">terms in individual case reports – both on paper or electronically. Its structure allows for aggregation of those reported terms in medically meaningful groupings to facilitate analysis of safety data. MedDRA can also be used to list </w:t>
+        <w:t xml:space="preserve">terms in individual case reports – both on paper </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001901CF">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001901CF">
+        <w:t xml:space="preserve"> electronically. Its structure allows for aggregation of those reported terms in medically meaningful groupings to facilitate analysis of safety data. MedDRA can also be used to list </w:t>
       </w:r>
       <w:r>
         <w:t>AR/AE</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve"> data in reports (tables, line listings, etc</w:t>
       </w:r>
       <w:r w:rsidR="00B578D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve">), compute frequencies of similar </w:t>
       </w:r>
       <w:r>
         <w:t>AR/AE</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve">s, and capture and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>analys</w:t>
       </w:r>
       <w:r w:rsidRPr="001901CF">
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001901CF">
         <w:t xml:space="preserve"> related data such as product indications, investigations, and medical and social history.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6972FCD7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00EB6BDE" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6967CDAF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00EB6BDE" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc268529001"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc521501582"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc268529001"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc426891605"/>
       <w:r w:rsidRPr="00EB6BDE">
         <w:t>How to Use this Document</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00EB6BDE">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5AAE80" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4E4A9BA0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The principles described in this document apply to all data encoded with MedDRA with a focus on aggregated data. This document does not address the use of MedDRA for single case reporting, labeling, medical evaluation and statistical methodology.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E56201" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00E443ED" w:rsidRDefault="00035937" w:rsidP="008E0EB5">
+    <w:p w14:paraId="1F4115EE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00E443ED" w:rsidRDefault="00035937" w:rsidP="008E0EB5">
       <w:r w:rsidRPr="00E443ED">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidRPr="00E443ED">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Points to Consider </w:t>
       </w:r>
       <w:r w:rsidRPr="00E443ED">
         <w:t xml:space="preserve">document aims to help all MedDRA users, since the MedDRA terminology itself contains no specific guidelines for its use. The document provides a framework to foster </w:t>
       </w:r>
       <w:r w:rsidRPr="00E443ED">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">consistent </w:t>
       </w:r>
       <w:r w:rsidRPr="00E443ED">
         <w:t>use of MedDRA for data analysis and presentation for medically meaningful review and analysis of clinical data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEDA3CB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1EF305E8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="00E443ED">
         <w:t>This document describes the features of MedDRA and highlights the impact of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> MedDRA’s structure, rules and conventions on data output. Examples and options described in the document are not intended to communicate specific regulatory reporting requirements or address specific database issues. This document cannot address every </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>situation,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> therefore, medical judgment should always be applied.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B17E02" w14:textId="77777777" w:rsidR="00291397" w:rsidRDefault="00035937" w:rsidP="00291397">
+    <w:p w14:paraId="6C3662D4" w14:textId="77777777" w:rsidR="00291397" w:rsidRDefault="00035937" w:rsidP="00291397">
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:t xml:space="preserve"> document is not a substitute for MedDRA training. It is essential for users to have knowledge of MedDRA’s structure and content. For optimal use of MedDRA, one should refer to the MedDRA </w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Introductory Guide</w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
@@ -4878,82 +4610,74 @@
       </w:r>
       <w:r>
         <w:t>ee Appendix, Section 6.1)</w:t>
       </w:r>
       <w:r w:rsidR="003F5C94">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>MedDRA Term Selection: Points to Consider</w:t>
       </w:r>
       <w:r w:rsidRPr="0016262C">
         <w:t xml:space="preserve"> document</w:t>
       </w:r>
       <w:r w:rsidR="004B2444">
         <w:t>).</w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc268529002"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="OLE_LINK2"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc268529002"/>
+      <w:bookmarkStart w:id="32" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="33" w:name="OLE_LINK2"/>
       <w:r w:rsidR="00291397">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593BF5B5" w14:textId="77777777" w:rsidR="00CE0DA4" w:rsidRDefault="00CE0DA4" w:rsidP="00291397">
+    <w:p w14:paraId="7D7A5F24" w14:textId="77777777" w:rsidR="00CE0DA4" w:rsidRDefault="00CE0DA4" w:rsidP="00291397">
       <w:r>
         <w:t xml:space="preserve">Users are invited to contact the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="004A3BC0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MSSO Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> with any questions or comments about this </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6C4DF891" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00291397" w:rsidP="00072931">
+        <w:t xml:space="preserve"> with any questions or comments about this DRP:PTC document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA0D94B" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00291397" w:rsidP="00072931">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33BF3">
         <w:lastRenderedPageBreak/>
         <w:t>Users may also wish to refer to the CIOMS report “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33BF3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Development and Rational Use of Standardised MedDRA Queries (SMQs): Retrieving Adverse Drug Reactions with MedDRA” for additional information about the purpose and appropriate use of SMQs in safety surveillance activities. </w:t>
       </w:r>
       <w:r w:rsidR="007975B2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4986,657 +4710,659 @@
       <w:r w:rsidR="009919F2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C33BF3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Section 6.1 Links and References.</w:t>
       </w:r>
       <w:r w:rsidR="00AC5620">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0645CE63" w14:textId="77777777" w:rsidR="004F39EA" w:rsidRDefault="00035937" w:rsidP="004F39EA">
+    <w:p w14:paraId="67BCFDC4" w14:textId="77777777" w:rsidR="004F39EA" w:rsidRDefault="00035937" w:rsidP="004F39EA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc521501583"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc426891606"/>
       <w:r w:rsidRPr="00072931">
         <w:lastRenderedPageBreak/>
         <w:t>GENERAL PRINCIPLES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F0B5B3F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00A3162D" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="58603B24" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00A3162D" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc268529003"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc268529003"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Toc521501584"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc426891607"/>
       <w:r w:rsidR="00035937" w:rsidRPr="007247A9">
         <w:t>Quality of Source Data</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="31B84AF7" w14:textId="140629B0" w:rsidR="00035937" w:rsidRPr="002336A2" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="7EC9C657" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="002336A2" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="007247A9">
         <w:t xml:space="preserve">High quality data output </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="007247A9">
         <w:t>occurs when the quality of the information originally reported is maintained with consistent a</w:t>
       </w:r>
       <w:r w:rsidR="00C33BF3">
         <w:t xml:space="preserve">nd appropriate term selection. </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>Organisation</w:t>
       </w:r>
       <w:r w:rsidRPr="007247A9">
         <w:t xml:space="preserve">s should pursue continuous oversight of data quality.  Data quality issues are also addressed in the </w:t>
       </w:r>
       <w:r w:rsidRPr="007247A9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
       </w:r>
       <w:r w:rsidRPr="007247A9">
         <w:t xml:space="preserve">document. </w:t>
       </w:r>
       <w:r w:rsidR="001C4E38" w:rsidRPr="002336A2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>For further information, please also refer to Section 2 of the MedDRA Points to Consider Companion Document which contains detailed examples and guidance on data quality (see Appendix, Section 6.1).</w:t>
       </w:r>
       <w:r w:rsidRPr="002336A2">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0620BFB9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00A3162D">
+    <w:p w14:paraId="1DCAF7E3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00A3162D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc268529004"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc268529004"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Toc521501585"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc426891608"/>
       <w:r w:rsidR="00035937" w:rsidRPr="007247A9">
         <w:t>Data conversion considerations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3167D574" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="0E9471BF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="007247A9">
         <w:t>Give special consideration to the method used to convert data from other terminologies into MedDRA. The methods used can impact retrieval and presentation strategies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77749449" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="6FDC5B4A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007247A9">
         <w:t>Method 1 – Data converted from legacy terminology terms to MedDRA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E69A9DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="73A71AD8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="007247A9">
         <w:t>Results will reflect the specificity of the previous terminology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A621C8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="6CBDBF23" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="007247A9">
         <w:t>The benefits of the greater specificity of MedDRA are not attained</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6ACCB8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="465A867E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="3072"/>
         <w:gridCol w:w="2656"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="4F6B179E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="4BB073B4" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="123CB199" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="19E67574" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D75ECB6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="3934A946" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Legacy Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7006C972" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="344EBCDF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>MedDRA Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7B654534" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="5B9B0422" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A75F651" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
+          <w:p w14:paraId="4B539F2D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Gastrointestinal</w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t>ischaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A776D2B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="620E5291" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Gastrointestinal Disorder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52A41277" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="5A8280FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Gastrointestinal disorder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="771CE442" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="2A6DA84C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00971EF0" w:rsidP="00A327C4">
+    <w:p w14:paraId="64FA7C38" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="787C5173" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00971EF0" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Method 2 – Data converted from the original reported terms (verbatim terms) to MedDRA terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDE29E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="544D9233" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="3072"/>
         <w:gridCol w:w="2656"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="2766AECC" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7BE4D0A4" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F94E0B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="3EEE9E3F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B33C368" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="6339AA0E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Legacy Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC243A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="363DCCC1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>MedDRA Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="3BDE2426" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="68BE06B4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294C86E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
+          <w:p w14:paraId="14251D31" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Gastrointestinal</w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t>ischaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77E007A2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="6EDD8CC8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Gastrointestinal Disorder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6891C923" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
+          <w:p w14:paraId="446EC666" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00064AE8" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Gastrointestinal</w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t>ischaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="541D96E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="0E31FDBF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="5D140473" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="006E1741" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="63FBA08B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="007247A9">
         <w:t>Document the data conversion method used, including the date of the conversion</w:t>
       </w:r>
       <w:r w:rsidR="002E495E">
         <w:t xml:space="preserve"> and the MedDRA version used.</w:t>
       </w:r>
       <w:r w:rsidRPr="007247A9">
         <w:t xml:space="preserve">                                                                                                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE05138" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00B974A4">
+    <w:p w14:paraId="474ADC7F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00B974A4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc268529005"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc268529005"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Toc521501586"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc426891609"/>
       <w:r w:rsidR="00035937">
         <w:t>Impact of data conversion method</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E989A19" w14:textId="77777777" w:rsidR="00D27139" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="1DF9D279" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="007247A9">
         <w:t>Combining the two conversion methods described above can affect interpretation of data output</w:t>
       </w:r>
       <w:r w:rsidR="00AF61CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5C993B" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00AC5620" w:rsidP="00035937"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3287DC97" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="140C39BC" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00AC5620" w:rsidP="00035937"/>
+    <w:p w14:paraId="1989D9C8" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="09DDF7C4" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="21894931" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="340FA99B" w14:textId="2376D9AB" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
+        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="594FCB8F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="551787F0" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="21266725" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="57EA5DA6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Data Output with Combined Data Conversion Methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="0CA82E4C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="24524EEE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="654113F9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="02C6EBD7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>If data have been converted directly from legacy terminology terms to MedDRA terms (Method 1), and if newly acquired data are coded directly from reported terms to MedDRA, the resulting differences in specificity could make interpretation difficult.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B04D03C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="72B5513B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="04AAC04E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="25A03187" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="00B432FD">
         <w:t xml:space="preserve">When designing a search strategy, it may be useful to examine the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B432FD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>reported terms</w:t>
       </w:r>
       <w:r w:rsidRPr="00B432FD">
         <w:t xml:space="preserve"> for data converted using Method 1. If the search has been based on specific MedDRA terms, data previously coded to non-specific terms may be otherwise overlooked.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FA308E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="0D98BC92" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="01E9CD08" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="4E45C3C5" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="092595A0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="3786ED2E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Impact of Method 1 Conversion on Search Strategy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="0F0EC617" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="3563B072" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="016B5E56" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="002E495E">
+          <w:p w14:paraId="65743009" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="002E495E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">If searching with MedDRA PT </w:t>
             </w:r>
             <w:r w:rsidR="00064AE8">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Gastrointestinal</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>ischaemia</w:t>
             </w:r>
@@ -5655,1718 +5381,1709 @@
               <w:t>ischaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> coded with the legacy term </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Gastrointestinal disorder</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> would be missed. In this case, it would be important to know the date of the legacy data conversion</w:t>
             </w:r>
             <w:r w:rsidR="002E495E">
               <w:t xml:space="preserve"> and the MedDRA version used</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44D21759" w14:textId="77777777" w:rsidR="00AF61CE" w:rsidRDefault="00AF61CE" w:rsidP="00035937"/>
-    <w:p w14:paraId="4AD6847C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4C74E3D3" w14:textId="77777777" w:rsidR="00AF61CE" w:rsidRDefault="00AF61CE" w:rsidP="00035937"/>
+    <w:p w14:paraId="3B54EA66" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>To conduct a search requiring this level of detail, it might be necessary to review or recode from the reported terms. For legacy data, this information might be found in fields other than those for ARs/AEs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A55C38" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="43B10F3D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc268529006"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc521501587"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc268529006"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc426891610"/>
       <w:r>
         <w:t>Documentation of Data Retrieval and Presentation Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3CCF9BA6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="7AA27C3C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>It is important to document MedDRA term selection conventions, data retrieval and output strategies (including SMQs and other queries) an</w:t>
       </w:r>
       <w:r w:rsidR="00DC323E">
         <w:t>d quality assurance procedures.</w:t>
       </w:r>
       <w:r w:rsidR="00F507D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>Organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">-specific strategies should be consistent with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Points to Consider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> documents and should include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0392F7D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="46850B46" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">MedDRA version used for the search </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383A9FFD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="790E5178" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Search strategy methods (sufficiently detailed to be reproducible)   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C187F2F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="35586F04" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Version update processes      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D3F27D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D155CB" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="1CA7C133" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D155CB" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Processes for creating and maintaining customized MedDRA queries                                                                                                                                                                                                                             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680A52AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6AAB85B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc268529007"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc521501588"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc268529007"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc426891611"/>
       <w:r w:rsidRPr="007247A9">
+        <w:t>Do Not Alter MedDRA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="51357C32" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t xml:space="preserve">MedDRA is a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>standardi</w:t>
+      </w:r>
+      <w:r w:rsidR="00436EDD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> terminology with a pre-defined term hierarchy that should not be altered. Users must not make </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ad hoc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> structural alterations to MedDRA, including changing the primary SOC allocation; doing so would compromise the integrity of this standard. If terms are found to be incorrectly placed in the MedDRA hierarchy, a change request should be submitted to the MSSO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BEA6548" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00436EDD" w:rsidP="00035937">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc268529008"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc426891612"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Do Not Alter MedDRA</w:t>
-[...45 lines deleted...]
-      <w:r>
         <w:t>Organisation</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>-Specific Data Characteristics</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="492D4F5B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="3A3C29D6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Although MedDRA is a standardi</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ed terminology, different </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>s have implemented it i</w:t>
       </w:r>
       <w:r w:rsidR="00FE4E5B">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> various ways. It is important to understand </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>-specific data characteristics and implementation strategies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4A2122" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="311DD6CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Each </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should have access to a MedDRA specialist to provide expert advice and who has the knowledge of the following database characteristics:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E615B4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="60C64B11" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Database structure (how the MedDRA hierarchy is stored and used)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDB79FF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="323AA7CA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Data storage (e.g., level of term, synonym/reported term)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E42326" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="0F43B758" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Data conversion from other terminologies (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262537DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="33DD5EF8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Coding practices over time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDC983C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="4E912C2E" w14:textId="77777777" w:rsidR="00C22BA3" w:rsidRDefault="00C22BA3" w:rsidP="00035937">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="47" w:author="Author"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3258C39E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="000A53B4" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="6EB42B59" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="35C9212C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+          <w:p w14:paraId="12555540" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Impact of Coding Practices Over Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="70B29B1F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="5FF92288" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2739D524" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+          <w:p w14:paraId="10EFF0E4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Consider the impact of gender-specific terms when comparing MedDRA coded data to data coded with an older terminology that may not have had corresponding gender-specific terms. If the prior terminology had only a single, gender-neutral term for “breast cancer”, consider the impact of selecting gender-specific breast cancer terms in MedDRA for current data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EF5E1F6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="09EA4AD9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00971EF0" w:rsidP="00A327C4">
+    <w:p w14:paraId="73AEB516" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="10660C99" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B432FD" w:rsidRDefault="00971EF0" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B432FD">
         <w:t>Limitations or restrictions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C462E4F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="35FE09F2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="59ACF8C8" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="6E9475D8" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6B97D8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="6DD063E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Output or Display of </w:t>
             </w:r>
             <w:r w:rsidR="00BF0EC6" w:rsidRPr="00B432FD">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Multiaxial</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> PTs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="7B8C9B9A" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00B432FD" w14:paraId="6AF4845B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD0FD27" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
+          <w:p w14:paraId="5079C7D8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00B974A4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Do not assume that PTs in their secondary SOC locations will be seen when searching in a specific HLT or HLGT since the database configuration may not allow output or display by the secondary path.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C3A6C5D" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRDefault="00C33BF3" w:rsidP="00035937"/>
-    <w:p w14:paraId="485C0AB8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="0FD2E6FC" w14:textId="77777777" w:rsidR="00B112EE" w:rsidRDefault="00B112EE" w:rsidP="00035937"/>
+    <w:p w14:paraId="28F4125D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Term selection principles used</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E141402" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="367131D5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED6C4C">
-        <w:lastRenderedPageBreak/>
         <w:t>Selecting more than one term when coding a medical condition increases counts of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6C4C">
         <w:t>terms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33503811" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="2F918D20" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Selecting a diagnosis term only (and not terms for signs and symptoms) reduces the counts of terms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2783A584" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="7DDFC8CE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The adverse event profile resulting when both diagnosis and signs/symptoms terms are coded may appear different than when the diagnosis only is coded. Always consider the </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>’s coding conventions when using or comparing data from other databases (e.g., co-developing or co-marketing partners, regulatory authorities).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00717B6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0D279248" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc268529009"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="48" w:name="_Toc268529009"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc426891613"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Characteristics of MedDRA that Impact Data Retrieval and Analysis</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C986FC5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="422388FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">MedDRA’s structure, rules and conventions are detailed in the MedDRA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Introductory Guide.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F049F61" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00CA0560">
+    <w:p w14:paraId="684AE132" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00CA0560">
       <w:r>
         <w:t>Keep the following MedDRA characteristics in mind for data retrieval and presentation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F62FDCF" w14:textId="77777777" w:rsidR="0046531A" w:rsidRDefault="00CA0560">
+    <w:p w14:paraId="1BAE171B" w14:textId="77777777" w:rsidR="0046531A" w:rsidRDefault="00CA0560">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc268529010"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc268529010"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_Toc521501591"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc426891614"/>
       <w:r w:rsidR="00035937">
         <w:t>Grouping terms (HLTs and HLGTs)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="63AF9473" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00CA0560">
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="00B9156B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00CA0560">
       <w:r>
         <w:t>The HLT and HLGT levels are an additional tool for data analysis and retrieval as they provide clinically relevant groupings of terms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61DEE258" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="57775C99" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C33BF3" w:rsidRPr="006E1741" w14:paraId="5662D041" w14:textId="77777777">
+      <w:tr w:rsidR="00C33BF3" w:rsidRPr="006E1741" w14:paraId="361E7550" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9E34F7" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="1928324D" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Cardiac Arrhythmias</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C33BF3" w:rsidRPr="006E1741" w14:paraId="7D7BADC6" w14:textId="77777777">
+      <w:tr w:rsidR="00C33BF3" w:rsidRPr="006E1741" w14:paraId="7D966F0C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DC365D" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="49874086" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                           HLGT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Cardiac arrhythmias</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                                                               </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="461E6514" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="64C332F0" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Cardiac conduction disorders      </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                                         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17187B32" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="00F656FF" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="2F860E5C" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="00F656FF" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Rate and rhythm disorders NEC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="213AF938" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="00F656FF" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="44E1ABD9" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="00F656FF" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Supraventricular arrhythmias</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E779AD4" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
+          <w:p w14:paraId="208A882A" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00C33BF3" w:rsidP="00C33BF3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Ventricular arrhythmias and cardiac arrest</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CC68164" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00040DDB" w:rsidP="00035937">
+    <w:p w14:paraId="0F2F1D9E" w14:textId="77777777" w:rsidR="00C33BF3" w:rsidRPr="005964C5" w:rsidRDefault="00040DDB" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C33BF3" w:rsidRPr="00C33BF3">
         <w:t>Example as of</w:t>
       </w:r>
       <w:r w:rsidR="00C33BF3">
-        <w:t xml:space="preserve"> MedDRA Version 19.0</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="365E8191" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00016D92" w:rsidRDefault="00CA0560" w:rsidP="00A300D5">
+        <w:t xml:space="preserve"> MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="52" w:author="Author">
+        <w:r w:rsidR="00C6027D">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="53" w:author="Author">
+        <w:r w:rsidR="00C33BF3" w:rsidDel="00C6027D">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00C33BF3">
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8FEC6D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00016D92" w:rsidRDefault="00CA0560" w:rsidP="00A300D5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="000A2B9D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="00A300D5">
         <w:t>Review terms within a grouping term</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629D5FE8" w14:textId="77777777" w:rsidR="004D27FA" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...17 lines deleted...]
-    <w:p w14:paraId="4A752504" w14:textId="6B054583" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="5708645F" w14:textId="164B5072" w:rsidR="002336A2" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>Review terms within the HLGT or HLT of interest to be sure that all terms therein are suited for the purpose of the output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FF742A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
-        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7CADF386" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="2811AF4B" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="0B19ED36" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1E185F6E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Blood Pressure Terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="6C36109B" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="296CC95B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="386463C0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="497E89CA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                           HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Vascular tests NEC (incl blood pressure) </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                                                                                         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E539131" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1678F768" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Blood pressure abnormal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66F5F9D6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="39B80F46" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Blood pressure decreased</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="057E7C75" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="652EB6A3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Blood pressure increased</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="607955B1" w14:textId="77777777" w:rsidR="00A62A10" w:rsidRDefault="00A62A10" w:rsidP="00A62A10">
+          <w:p w14:paraId="4C216C9F" w14:textId="77777777" w:rsidR="00A62A10" w:rsidRDefault="00A62A10" w:rsidP="00A62A10">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Blood pressure measurement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29D94231" w14:textId="77777777" w:rsidR="00A62A10" w:rsidRPr="00F656FF" w:rsidRDefault="00A62A10" w:rsidP="0066029E">
+          <w:p w14:paraId="3950EEB2" w14:textId="77777777" w:rsidR="00A62A10" w:rsidRPr="00F656FF" w:rsidRDefault="00A62A10" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0ECD11F1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="70E201D2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Note that terms for increased </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> decreased blood pressure are grouped under a single HLT which also includes PTs for pulmonary arterial pressure, vascular resistance, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="00E65A5F">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>emodynamic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> tests, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71280424" w14:textId="77777777" w:rsidR="00875011" w:rsidRDefault="003E72A4">
+    <w:p w14:paraId="4D756978" w14:textId="77777777" w:rsidR="00875011" w:rsidRDefault="003E72A4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:kern w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33BF3">
         <w:t xml:space="preserve">Example as of </w:t>
       </w:r>
       <w:r w:rsidR="00040DDB" w:rsidRPr="00C33BF3">
-        <w:t>MedDRA Version 19.0</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2733C068" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
+        <w:t xml:space="preserve">MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="54" w:author="Author">
+        <w:r w:rsidR="00C6027D">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="55" w:author="Author">
+        <w:r w:rsidR="00040DDB" w:rsidRPr="00C33BF3" w:rsidDel="00C6027D">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00040DDB" w:rsidRPr="00C33BF3">
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5C1063" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="_Toc521501592"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc426891615"/>
       <w:r w:rsidR="00035937">
         <w:t>Granularity</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="07691BD8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="62ED801A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>MedDRA PTs are more specific (“granular”) than comparable terms in other terminologies. Figure 1 illustrates how data coded to a single concept from another terminology may be coded to several PTs in MedDRA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665DDA93" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-      <w:r>
+    <w:p w14:paraId="4C5852FD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Related events that may have been represented by a single term in another terminology may be represented by more than one MedDRA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>PTs.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> The potential impact of this on signal detection should be kept in mind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39972094" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
+    <w:p w14:paraId="7374A32D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Toc521501593"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc426891616"/>
       <w:r w:rsidR="00BF0EC6">
         <w:t>Multiaxial</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>ity</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75C9AC2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00BF0EC6" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="5CA4EB6F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00BF0EC6" w:rsidP="00035937">
       <w:r>
         <w:t>Multiaxial</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t xml:space="preserve">ity means that a PT may exist in more than one SOC. This allows terms to be grouped in different, but medically appropriate, ways (e.g., by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD300E">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>etiology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00035937">
         <w:t xml:space="preserve"> or organ system). Each PT is assigned one primary SOC; all other SOC assignments for that PT are called “secondary”. Having a single primary SOC prevents double counting of events when outputting data from all SOCs.</w:t>
       </w:r>
       <w:r w:rsidR="001E6E8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
-        <w:t xml:space="preserve">All possible secondary SOC assignments for any given PT may not be present in MedDRA. However, new or revised SOC assignments can be created </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="54DF0F17" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A300D5">
+        <w:t>All possible secondary SOC assignments for any given PT may not be present in MedDRA. However, new or revised SOC assignments can be created as a result of the change request process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE8E55B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A300D5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Primary SOC assignment rules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C52CFFB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2AB39A58" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Primary SOC assignment rules are described in the MedDRA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Introductory Guide</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">.  These rules affect the way terms are placed in MedDRA and determine their data display by SOC. Because these rules allow for terms related to a </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="600195DE" w14:textId="77777777" w:rsidR="00875011" w:rsidRDefault="00875011">
+        <w:t>.  These rules affect the way terms are placed in MedDRA and determine their data display by SOC. Because these rules allow for terms related to a particular medical condition to be in more than one SOC, users should be familiar with the general structure and content of all MedDRA SOCs to be sure that data are not overlooked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4734E3FB" w14:textId="77777777" w:rsidR="00875011" w:rsidRDefault="00875011">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DF3CA4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="531AEEFF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2340"/>
-        <w:gridCol w:w="2430"/>
-        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="2700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="2E775906" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="0F5C1E59" w14:textId="77777777" w:rsidTr="00C22BA3">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0A263500" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F708C3" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="4B4F8C2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F708C3" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F708C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Type of Disorder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="76CBF72C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="45C13E2A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32745">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Primary SOC Rule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="09D63957" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="217AA45B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6276E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="78FFFB64" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="6F7ED4DD" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="246AF9C0" w14:textId="77777777" w:rsidTr="00C22BA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339F1984" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="5C04E8EA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F708C3">
               <w:t>Congenital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A2AABA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="436835C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">All terms for congenital disorders have as their primary SOC assignment SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Congenital, familial and genetic disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="707C903D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE39B77" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Congenital absence of bile ducts</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> has a primary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Congenital, familial and genetic disorders </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">and a secondary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Hepatobiliary disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75B658F0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CFCFFE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t>The secondary SOC assignment for these terms is their “site of manifestation” SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="4270112A" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="6811D903" w14:textId="77777777" w:rsidTr="00C22BA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB90EDB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="36FBF040" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F708C3">
               <w:t>Neoplastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="297BC90B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="7A3C953F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">All terms for malignant and benign neoplasms (except cysts and polyps) have as their primary SOC assignment SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0CDC6A9D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01369577" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Skin cancer </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">has a primary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> and a secondary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Skin and subcutaneous tissue disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7EF2C4AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2610A836" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Cyst</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>polyp</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> terms are an exception to this rule. The primary SOC assignment for cyst and polyp terms is the “site of manifestation” SOC, and the secondary SOC is SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="0D37893F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="71D7F312" w14:textId="77777777" w:rsidTr="00C22BA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604F5CE3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="0FBF32AE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00B32745" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F708C3">
               <w:t>Infectious</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAB4821" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="3507EC44" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">All terms for infectious disorders have as their primary SOC assignment SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Infections and infestations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="48FB07C2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFFC93E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Enterocolitis infectious</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> has a primary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Infections and infestations</w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:t xml:space="preserve"> and a secondary SOC assignment of SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A4415D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Gastrointestinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="61657B49" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED80F82" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00A4415D" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4415D">
               <w:t>The secondary SOC assignment for these terms is their “site of manifestation” SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2698F4AE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...7 lines deleted...]
-    <w:p w14:paraId="54EF72EE" w14:textId="77777777" w:rsidR="0021566E" w:rsidRDefault="0021566E" w:rsidP="0021566E">
+    <w:p w14:paraId="0494FBB2" w14:textId="77777777" w:rsidR="0021566E" w:rsidRDefault="0021566E" w:rsidP="0021566E">
       <w:r w:rsidRPr="0021566E">
         <w:t xml:space="preserve">If a PT links to </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>more than one of these three SOCs, the following priority is used to determine the primary SOC:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0118E563" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="62887C68" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D947A6">
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r w:rsidR="0021566E" w:rsidRPr="0021566E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Congenital, familial and genetic disorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3324C109" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="0021566E" w:rsidP="00A4415D">
+    <w:p w14:paraId="29198A15" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="0021566E" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021566E">
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="0021566E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240E4758" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="0021566E" w:rsidP="00A4415D">
+    <w:p w14:paraId="53D31B79" w14:textId="77777777" w:rsidR="0021566E" w:rsidRPr="0021566E" w:rsidRDefault="0021566E" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021566E">
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="0021566E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Infections and infestations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D3CE7A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00BF45EB" w:rsidRDefault="0066029E">
+    <w:p w14:paraId="60D654D6" w14:textId="4999DEB4" w:rsidR="00C22BA3" w:rsidRDefault="0066029E" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF45EB">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00035937" w:rsidRPr="00BF45EB">
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6" w:rsidRPr="00BF45EB">
         <w:t>multiaxial</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00035937" w:rsidRPr="00BF45EB">
         <w:t xml:space="preserve"> SOCs</w:t>
       </w:r>
-      <w:r w:rsidR="00B45860" w:rsidRPr="00BF45EB">
-[...3 lines deleted...]
-    <w:p w14:paraId="22A4F5CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    </w:p>
+    <w:p w14:paraId="198192BA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Terms in the following three SOCs do not have </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> links:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D76829B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E" w:rsidP="00A4415D">
+    <w:p w14:paraId="1AE69C26" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E" w:rsidP="00A4415D">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Investigations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367D3293" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="1C012896" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Surgical and medical procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0A0911" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="737EC09B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Social circumstances</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280ABEF3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-      <w:r>
+    <w:p w14:paraId="60AFEA66" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This is important when designing queries and other retrieval strategies because one cannot rely on </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ity to locate all terms of interest in MedDRA.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C27CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="57C04111" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="73DB7281" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="0E351C91" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="679FADCD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="058D063E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Impact of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Non </w:t>
             </w:r>
             <w:r w:rsidR="00BF0EC6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Multiaxial</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> SOCs on Data Queries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="6981B237" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="4903ECAF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C4A152" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="2695A851" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">When querying a database for events or cases of thrombocytopenia, data coded to PTs in SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Blood and lymphatic system disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> is a logical starting point. Additionally, data coded to terms in SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
@@ -7394,196 +7111,194 @@
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Surgical and medical procedures</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> - such as PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Platelet transfusion</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> – could also be of interest. Neither of these PTs has a link to SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Blood and lymphatic system disorders. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="466D9457" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="0066029E">
+          <w:p w14:paraId="5666E365" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74E0A75E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="442E8DD5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Failure to consider data coded in the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">non </w:t>
             </w:r>
             <w:r w:rsidR="00BF0EC6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>multiaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> SOCs could lead to incomplete analysis of thrombocytopenia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F9EC591" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="369BDA47" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790E207E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1411B46E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">As noted above, terms for test results are in SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Investigations </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and do not have </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> links to terms for corresponding medical conditions. Keep this in mind when reviewing tables and data listings of MedDRA coded data. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E01734B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0643A340" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7F98F976" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="395646BE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="08B0BEEB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="6BDA8612" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Terms for Test Results in SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7A795F06" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="1C9AD8F4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA717A2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="3DE4B792" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">When querying a database for events or cases of hepatic abnormalities, data coded to PTs in SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Hepatobiliary disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> is a logical starting point.  Additionally, data coded to terms in SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
@@ -7602,1290 +7317,1593 @@
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Surgical and medical procedures</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> - such as PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Liver transplant</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> – could also be of interest. Neither of these PTs has a link to SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Hepatobiliary disorders.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67426DC0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="0A633FFF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Failure to consider data coded in the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">non </w:t>
             </w:r>
             <w:r w:rsidR="00BF0EC6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>multiaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> SOCs could lead to incomplete analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D3F6830" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="248CA86B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7B81CEC5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="3DE65C5E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Figure 2 further illustrates the impact of data coded as test results vs. the corresponding medical condition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4325E670" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
+    <w:p w14:paraId="49726547" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="0066029E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="00A45305">
         <w:t>Clinically related PTs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2006412A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> more than one SOC</w:t>
+    <w:p w14:paraId="44A43A8C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>Clinically related PTs might be overlooked or not recognized as belonging together because they might be in different groupings within a single SOC or they may be located in more than one SOC</w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>(s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ee Section </w:t>
       </w:r>
       <w:r w:rsidRPr="0057499D">
         <w:t>2.5.3</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFEA002" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="65866A43" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="61863EB1" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="4253B329" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="30D5359F" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="6B66D9F5" w14:textId="200D146C" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
+        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7BA8333F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="05BC8502" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="054D259A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="63C488AF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Similar Skin Conditions in Different Groupings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="48E6886E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="46B40840" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC301D4" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="2C4752A1" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                       HLGT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Epidermal and dermal conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A2A0B4B" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="4739A71B" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                             HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Bullous conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59FFF7AA" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="09CC8EA1" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Stevens-Johnson syndrome</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BCD102C" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="07886579" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Toxic epidermal necrolysis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14F2328A" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="16A9822A" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                             HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Exfoliative conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A89A7B5" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="7FF3495D" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Dermatitis exfoliative</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DF3A0D8" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="33527942" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>Dermatitis exfoliative generalised</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">                                    PT </w:t>
+              <w:t xml:space="preserve">Dermatitis exfoliative </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:t>generalised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7E02B835" w14:textId="77777777" w:rsidR="005F1AD7" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F656FF">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
               <w:t>Nikolsky's</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> sign</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="564C51AF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="4961C449" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Skin exfoliation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F0CC657" w14:textId="77777777" w:rsidR="00040DDB" w:rsidRDefault="003E72A4" w:rsidP="00035937">
+    <w:p w14:paraId="03AD5007" w14:textId="77777777" w:rsidR="00040DDB" w:rsidRDefault="003E72A4" w:rsidP="00035937">
       <w:r w:rsidRPr="00D228CC">
         <w:t>Example as of</w:t>
       </w:r>
       <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC">
-        <w:t xml:space="preserve"> MedDRA Version 19.0</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3821E467" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t xml:space="preserve"> MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="58" w:author="Author">
+        <w:r w:rsidR="00C6027D">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="59" w:author="Author">
+        <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC" w:rsidDel="00C6027D">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC">
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE3C8AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The frequency of a medical concept may be underestimated if the above points are not considered; this may impact interpretation of data</w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>(s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ee Section </w:t>
       </w:r>
       <w:r w:rsidRPr="0057499D">
         <w:t>3.2</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0744135F" w14:textId="77777777" w:rsidR="005C76E3" w:rsidRDefault="00035937">
+    <w:p w14:paraId="7F966E29" w14:textId="77777777" w:rsidR="005C76E3" w:rsidRDefault="00035937">
       <w:r>
         <w:t xml:space="preserve">MedDRA SOCs group terms by body systems, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E65A5F">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>etiologies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>speciali</w:t>
       </w:r>
       <w:r w:rsidR="00E65A5F">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> purposes. Data may be coded to terms in SOCs that had not been anticipated by the user. Keep in mind the potential impact of </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t>ity on frequencies of the medical condition of interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A7CFB8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="490D0884" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4401"/>
         <w:gridCol w:w="4409"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="0506B2E1" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="3E8E02B2" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="15D8A621" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="140C7FE8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Preferred Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="336A0320" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="3E93937D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Primary SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="129F3D7E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="34C558AF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D090374" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="690A29CC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Post procedural </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>haemorrhage</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD66F4E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
-[...1 lines deleted...]
-              <w:spacing w:before="60" w:after="60"/>
+          <w:p w14:paraId="45F26DB9" w14:textId="77777777" w:rsidR="00233789" w:rsidRDefault="00817C94" w:rsidP="00D95D8C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Injury, poisoning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7678C80B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
-[...1 lines deleted...]
-              <w:spacing w:before="60" w:after="60"/>
+          <w:p w14:paraId="00681A4B" w14:textId="77777777" w:rsidR="00233789" w:rsidRDefault="00817C94" w:rsidP="00D95D8C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>and procedural complications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="20F0BD62" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="65D99D36" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0206C90B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="11E7F637" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Chest pain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="595B5C4C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
-[...1 lines deleted...]
-              <w:spacing w:before="60" w:after="60"/>
+          <w:p w14:paraId="0ADD462B" w14:textId="77777777" w:rsidR="00233789" w:rsidRDefault="00817C94" w:rsidP="00D95D8C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>General disorders and administration site conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E9E270D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6871064B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc521501594"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc426891617"/>
       <w:r>
         <w:t>MedDRA Versioning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="244CFE62" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="530B57BE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>MedDRA is updated twice yearly. Version “X.0” contains both simple and complex changes; version “X.1” contains only simple changes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C7B537" w14:textId="77777777" w:rsidR="001D32B3" w:rsidRDefault="00436EDD" w:rsidP="00035937">
+    <w:p w14:paraId="7531EE75" w14:textId="77777777" w:rsidR="001D32B3" w:rsidRDefault="00436EDD" w:rsidP="00035937">
       <w:r>
         <w:t>Organisation</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>s should be aware of the types of MedDRA changes for their possible impact on data output.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607FE0FC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="179607ED" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="4416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="4FF1E9D7" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="258ACA48" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="24E713DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="71BAC7AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Types of MedDRA Changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="1B386439" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="213C5696" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA4ADCE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="587EFA01" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Simple Changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAC835D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1A49EE01" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Complex Changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="505F0A29" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00583C14" w14:paraId="32B760AC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D69A596" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="22D27124" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Add a PT (new medical concept)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39026540" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="7E4B31D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Move an existing PT from one HLT to another</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BF32876" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="25C3F50D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Demote a PT to LLT level</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A63F309" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="699CB595" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Add or remove a link to an existing PT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="576F74A3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="3BEF085F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
+              <w:lastRenderedPageBreak/>
               <w:t>Add an LLT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69DA7F48" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="5C20E5EC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Move an existing LLT from one PT to another</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E51E6D6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="75217E86" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Promote an LLT to PT level</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27119F59" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="20FFDB2F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Make a current LLT non-current or a non-current LLT current</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A1AD9B1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="12886156" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Changing the primary SOC allocation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="231E5CA1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="150AC9C1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Changes to SMQs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED45398" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="59EABCB7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Add or change </w:t>
             </w:r>
             <w:r w:rsidR="00BF0EC6">
               <w:t>multiaxial</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> links</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1297D686" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1D569CE3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Add new grouping terms</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="660D8029" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1ECD733A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Merge existing grouping terms</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EFA888D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="4ACA4BD7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Restructure a SOC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C555307" w14:textId="77777777" w:rsidR="0055461D" w:rsidRPr="005964C5" w:rsidRDefault="0055461D" w:rsidP="0066029E">
+          <w:p w14:paraId="4DCC53CB" w14:textId="77777777" w:rsidR="0055461D" w:rsidRPr="005964C5" w:rsidRDefault="0055461D" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Add a new SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69159FD5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="40047CBA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DA19F84" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0731C809" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Both simple and complex changes impact retrieval and presentation strategies.  Users should read the documentation provided with each MedDRA release, especially the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>What’s New</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> document. The MSSO and JMO provide tools to assist the user in comparing the changes between MedDRA versions. </w:t>
       </w:r>
       <w:r w:rsidR="00322497">
         <w:t>T</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">he Version Report (provided by the MSSO and JMO) is a spreadsheet listing all changes between the current version of MedDRA and the one </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> it; this spreadsheet is provided with each new release of MedDRA. The MSSO also provides the MedDRA Version Analysis Tool (MVAT) that facilitates identification and understanding of the impact of changes between any two MedDRA versions,</w:t>
+        <w:t>he Version Report (provided by the MSSO and JMO) is a spreadsheet listing all changes between the current version of MedDRA and the one previous to it; this spreadsheet is provided with each new release of MedDRA. The MSSO also provides the MedDRA Version Analysis Tool (MVAT) that facilitates identification and understanding of the impact of changes between any two MedDRA versions,</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t xml:space="preserve"> including non-consecutive ones</w:t>
       </w:r>
       <w:r w:rsidR="004E009C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>(s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ee Appendix, Section 6.1 of this document; also, see Section 4.1.1 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
       </w:r>
       <w:r w:rsidRPr="000D3EB9">
         <w:t>document</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7195CC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00436EDD" w:rsidP="00035937">
+    <w:p w14:paraId="1BD3BA4B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00436EDD" w:rsidP="00035937">
       <w:r>
         <w:t>Organisation</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>s should plan and document their strategy for handling MedDRA version updates. When planning or performing data retrieval and presentation, the MedDRA version used should be documented.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8C7CE9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="249E8B7E" w14:textId="77777777" w:rsidR="00910BC1" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Keep in mind that MedDRA changes may impact previous data retrieval approaches and results, including event frequencies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A0F39F" w14:textId="77777777" w:rsidR="001D32B3" w:rsidRDefault="001D32B3">
-[...4 lines deleted...]
-    <w:p w14:paraId="0DAF1A11" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="72223E1B" w14:textId="77777777" w:rsidR="00910BC1" w:rsidRDefault="00910BC1" w:rsidP="00035937"/>
+    <w:p w14:paraId="26B58ECA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
-        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="21351D1F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="40999EEE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="1187C8F5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="1E33B453" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Impact of Version Changes – Demoted PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="592F58A9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="0D4373E6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DAAF7FF" w14:textId="77777777" w:rsidR="005117E2" w:rsidRPr="008E2EA2" w:rsidRDefault="001978FE" w:rsidP="005117E2">
+          <w:p w14:paraId="6072F4F0" w14:textId="77777777" w:rsidR="005117E2" w:rsidRPr="008E2EA2" w:rsidRDefault="001978FE" w:rsidP="005117E2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007975B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="OLE_LINK30"/>
+            <w:bookmarkStart w:id="61" w:name="OLE_LINK30"/>
+            <w:ins w:id="62" w:author="Author">
+              <w:r w:rsidR="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Fractured ischium</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="63" w:author="Author">
+              <w:r w:rsidRPr="007975B2" w:rsidDel="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Metastatic pain</w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="61"/>
             <w:r w:rsidRPr="007975B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>Metastatic pain</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007975B2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009479B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">was included in a query developed using terms in MedDRA Version </w:t>
+            </w:r>
+            <w:ins w:id="64" w:author="Author">
+              <w:r w:rsidR="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>22</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="65" w:author="Author">
+              <w:r w:rsidRPr="009479B5" w:rsidDel="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:delText>18</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="009479B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.1. If the query had been re-run on data using MedDRA Version </w:t>
+            </w:r>
+            <w:ins w:id="66" w:author="Author">
+              <w:r w:rsidR="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="67" w:author="Author">
+              <w:r w:rsidRPr="009479B5" w:rsidDel="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="009479B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.0, these events would not have been found at the PT level because PT </w:t>
+            </w:r>
+            <w:ins w:id="68" w:author="Author">
+              <w:r w:rsidR="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Fractured ischium</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="69" w:author="Author">
+              <w:r w:rsidR="005E61A7" w:rsidDel="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Metastatic pain</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidR="005E61A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009479B5">
+            <w:r w:rsidR="005E61A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">was included in a query developed using terms in MedDRA Version 18.1. If the query had been re-run on data using MedDRA Version 19.0, these events would not have been found at the PT level because PT </w:t>
-            </w:r>
+              <w:t xml:space="preserve">had been demoted to an LLT and linked to PT </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="70" w:name="OLE_LINK7"/>
+            <w:ins w:id="71" w:author="Author">
+              <w:r w:rsidR="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Pelvic fracture</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="72" w:author="Author">
+              <w:r w:rsidR="005E61A7" w:rsidDel="005305EC">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Cancer pain</w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="70"/>
             <w:r w:rsidR="005E61A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352B8B48" w14:textId="77777777" w:rsidR="005117E2" w:rsidRPr="007975B2" w:rsidDel="007A52E4" w:rsidRDefault="005E61A7" w:rsidP="005117E2">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:del w:id="73" w:author="Author"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">had been demoted to an LLT and linked to PT </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="005E61A7">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...4 lines deleted...]
-            <w:r w:rsidR="005E61A7">
+              </w:rPr>
+              <w:t>See Figure 3</w:t>
+            </w:r>
+            <w:r w:rsidR="001978FE" w:rsidRPr="007975B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="465C2CCC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="0066029E">
+          <w:p w14:paraId="628B18CE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="007A52E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08694156" w14:textId="77777777" w:rsidR="008E2EA2" w:rsidRDefault="008E2EA2" w:rsidP="00035937">
-[...4 lines deleted...]
-    <w:p w14:paraId="48FC2FF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="0066029E" w:rsidP="00035937">
+    <w:p w14:paraId="6FC208F5" w14:textId="77777777" w:rsidR="008E2EA2" w:rsidRDefault="008E2EA2" w:rsidP="00035937">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="74" w:author="Author">
+        <w:r w:rsidR="005305EC">
+          <w:t>22</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="75" w:author="Author">
+        <w:r w:rsidDel="005305EC">
+          <w:delText>18</w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve">.1 and </w:t>
+      </w:r>
+      <w:ins w:id="76" w:author="Author">
+        <w:r w:rsidR="005305EC">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="77" w:author="Author">
+        <w:r w:rsidDel="005305EC">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334AA004" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="01DE8702" w14:textId="7E76EC0D" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="0066029E" w:rsidP="00035937">
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="7A8F51CE" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="57DD13CE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC931FC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="50EE0FB3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Impact of Version Changes – Change of Primary SOC Assignment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="5FEFA4C4" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="25D0D6BA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6742540E" w14:textId="77777777" w:rsidR="008E2EA2" w:rsidRDefault="008E2EA2" w:rsidP="006C5C72">
+          <w:p w14:paraId="574DA525" w14:textId="77777777" w:rsidR="008E2EA2" w:rsidRDefault="008E2EA2" w:rsidP="006C5C72">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="OLE_LINK20"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="36" w:name="OLE_LINK31"/>
+            <w:bookmarkStart w:id="78" w:name="OLE_LINK20"/>
+            <w:bookmarkStart w:id="79" w:name="OLE_LINK17"/>
+            <w:bookmarkStart w:id="80" w:name="OLE_LINK31"/>
+            <w:ins w:id="81" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vascular cognitive impairment </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="82" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Intra-abdominal haemato</w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="80"/>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">had a primary link to </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="83" w:name="OLE_LINK21"/>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:ins w:id="84" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve">Psychiatric disorders </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="85" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Vascular disorders </w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="83"/>
+            <w:r w:rsidRPr="005964C5">
+              <w:t>and</w:t>
+            </w:r>
+            <w:del w:id="86" w:author="Author">
+              <w:r w:rsidRPr="005964C5" w:rsidDel="00110B41">
+                <w:delText xml:space="preserve"> a</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve"> secondary link</w:t>
+            </w:r>
+            <w:ins w:id="87" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t>s</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve"> to SOC </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="88" w:name="OLE_LINK15"/>
+            <w:ins w:id="89" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Nervous system disorders</w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:t xml:space="preserve"> and SOC </w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Vascular disorders</w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="90" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Gastrointestinal disorders</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00657483" w:rsidDel="00110B41">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="88"/>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">in MedDRA Version </w:t>
+            </w:r>
+            <w:ins w:id="91" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t>22</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="92" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:delText>18</w:delText>
+              </w:r>
+            </w:del>
             <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:ins w:id="93" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="94" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:delText>0</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">. In Version </w:t>
+            </w:r>
+            <w:ins w:id="95" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t>23.0</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="96" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:delText>18.1</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">, the primary SOC assignment was changed to SOC </w:t>
+            </w:r>
+            <w:ins w:id="97" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Nervous system disorders</w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="98" w:author="Author">
+              <w:r w:rsidDel="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Gastrointestinal disorders </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t>and the secondary assignment</w:t>
+            </w:r>
+            <w:ins w:id="99" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t>s were</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:del w:id="100" w:author="Author">
+              <w:r w:rsidRPr="005964C5" w:rsidDel="00110B41">
+                <w:delText>SOC</w:delText>
+              </w:r>
+              <w:r w:rsidDel="00110B41">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="101" w:author="Author">
+              <w:r w:rsidR="00110B41">
+                <w:t xml:space="preserve">SOC </w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Psychiatric disorders</w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00233789" w:rsidRPr="00D95D8C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>and SOC</w:t>
+              </w:r>
+              <w:r w:rsidR="00110B41">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Intra-abdominal </w:t>
-[...73 lines deleted...]
-              </w:rPr>
               <w:t>Vascular disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">. In a primary SOC output of data, PT </w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+            <w:ins w:id="102" w:author="Author">
+              <w:r w:rsidR="005E4435">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vascular cognitive impairment </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="103" w:author="Author">
+              <w:r w:rsidDel="005E4435">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Intra-abdominal haematoma</w:delText>
+              </w:r>
+              <w:r w:rsidDel="005E4435">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">will seem to have “disappeared” from </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005964C5">
-              <w:t xml:space="preserve">SOC </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>SOC</w:t>
+            </w:r>
+            <w:ins w:id="104" w:author="Author">
+              <w:r w:rsidR="005E4435">
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="105" w:author="Author">
+              <w:r w:rsidRPr="005964C5" w:rsidDel="005E4435">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="106" w:author="Author">
+              <w:r w:rsidR="005E4435">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Psychiatric disorders</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="107" w:author="Author">
+              <w:r w:rsidDel="005E4435">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Vascular disorders</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidRPr="005964C5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="769F7F9D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="006C5C72">
+          <w:p w14:paraId="58C55814" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="006C5C72">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0790E16D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="008E2EA2" w:rsidP="00035937">
-[...4 lines deleted...]
-    <w:p w14:paraId="5C24CD7D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="57CA60C8" w14:textId="77777777" w:rsidR="00910BC1" w:rsidRDefault="008E2EA2" w:rsidP="00035937">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="108" w:author="Author">
+        <w:r w:rsidR="00027516">
+          <w:t>22.1</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="109" w:author="Author">
+        <w:r w:rsidDel="00027516">
+          <w:delText>18.0</w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:ins w:id="110" w:author="Author">
+        <w:r w:rsidR="00027516">
+          <w:t>23.0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="111" w:author="Author">
+        <w:r w:rsidDel="00027516">
+          <w:delText>18.1</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="09EFAFE0" w14:textId="77777777" w:rsidR="00C22BA3" w:rsidRDefault="00C22BA3" w:rsidP="00035937"/>
+    <w:p w14:paraId="4B3AE856" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Terms used to construct queries should be in the same MedDRA version as the data being queried. An </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>’s legacy data may be coded in more than one version of MedDRA. New terms may have been included in a new query built in</w:t>
       </w:r>
       <w:r w:rsidR="009479B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E2EA2">
         <w:t>a newer MedDRA version</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; depending upon the </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>’s versioning method, these new terms might not be present in the older data. This could lead to search results that are incomplete.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEC2BC6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2DEFFB6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">A search built with terms of an earlier MedDRA version (e.g., used previously on a now closed study) might not identify all relevant data in an integrated safety summary (ISS) containing data coded in a later version of MedDRA. Queries stored in an </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>’s system should be updated to the appropriate version of MedDRA before using them on new data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21580BF8" w14:textId="77777777" w:rsidR="001A24D7" w:rsidRDefault="00035937" w:rsidP="005964C5">
+    <w:p w14:paraId="6A8CF8FB" w14:textId="77777777" w:rsidR="00910BC1" w:rsidRDefault="00035937" w:rsidP="005964C5">
       <w:r>
         <w:t xml:space="preserve">Advice on how an </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should handle new MedDRA versions is not wi</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>thin the scope of this document</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -8906,459 +8924,451 @@
       <w:r w:rsidR="00FC0DDD">
         <w:t>post-mark</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eting data </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>(s</w:t>
       </w:r>
       <w:r w:rsidR="00433F27">
         <w:t xml:space="preserve">ee Appendix, </w:t>
       </w:r>
       <w:r w:rsidR="00C4503E">
         <w:t>Section 6.1</w:t>
       </w:r>
       <w:r w:rsidR="00433F27">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="001A24D7" w:rsidDel="001A24D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CFF60B" w14:textId="77777777" w:rsidR="001A24D7" w:rsidRDefault="001A24D7" w:rsidP="005964C5"/>
-    <w:p w14:paraId="4A1EF2BD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937">
+    <w:p w14:paraId="3D38AF78" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc521501595"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="112" w:name="_Toc426891618"/>
+      <w:r>
         <w:t>GENERAL QUERIES AND RETRIEVAL</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="20532856" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="112"/>
+    </w:p>
+    <w:p w14:paraId="42B052DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc521501596"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc426891619"/>
       <w:r>
         <w:t>General Principles</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="313F1F65" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="113"/>
+    </w:p>
+    <w:p w14:paraId="0167613F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Data retrieval is performed for summary and analysis of clinical</w:t>
       </w:r>
       <w:r w:rsidR="004D5B65">
         <w:t xml:space="preserve"> trial data, pharmacovigilance, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">medical information questions and for </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5DA4295A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t xml:space="preserve">medical information questions and for a number of other purposes. The search strategies, methods and tools used to retrieve data might differ based on the intended use of the output. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760A5E83" w14:textId="77777777" w:rsidR="00D677A4" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>A general approach for data retrieval is outlined in the chart below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD33C5B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="06D8C360" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00D677A4" w:rsidP="00035937">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F14056" wp14:editId="023E09E6">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="291AB105" wp14:editId="0005E875">
+            <wp:extent cx="4247491" cy="5930900"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4206240" cy="5852160"/>
+                      <a:ext cx="4248681" cy="5932562"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBF6705" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...8 lines deleted...]
-    <w:p w14:paraId="68DFFD4F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="44CBFB96" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="607F8ECB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t xml:space="preserve">Prior to data retrieval, there may be known or potential safety issues that need detailed investigation. Information from pre-clinical studies, clinical trials post-marketing surveillance, class effects of similar products, and regulatory queries may identify areas of possible focus; these may affect the strategy for aggregating search terms, the methodology, and the way data are displayed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1895F1C4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Be aware of database characteristics, </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>-specific data entry conventions, data sources, the size of the database, and the version of MedDRA used for coding all data. Archived searches may be available to the user, especially those used in pharmacovigilance; these may be suitable for use if updated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7405BF60" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-      <w:r>
+    <w:p w14:paraId="4B68B4E2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">When presenting adverse event data, it is important to display and to group related events (i.e., events that represent the same condition of interest) so that the true occurrence rate of an event is not obscured. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD4E51">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Search strategies should be documented.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD4E51">
         <w:t xml:space="preserve">The search output alone may not suffice </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for data assessment (e.g., frequency of a condition). Search results should be evaluated against the question originally posed.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8BB37F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0AF0234A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Sorting related events into categories can be challenging. A search that is too narrowly focused might exclude events of potential relevance; a search that is too broad might make it difficult to identify a trend or signal. Careful interpretation is required when grouping terms that correspond to a potential event or medical condition for analysis (whether a syndrome or not). The purpose is to identify trends that may require further analysis, including review of individual cases. For complex queries, create a data analysis plan including a definition of the medical condition of interest. An interdisciplinary discussion might be helpful to identify the most suitable methods and tools relevant to the query.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5971DF15" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="3986718D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>These principles may apply to the types of searches listed in the table below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00882191" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="75BEF361" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="1E1EBDB9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="41CB87C3" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="017C7199" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="398BC32E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Types of Searches – Application of General Principles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="0530414C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="31FEDDC2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C611798" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="38242BB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Safety profile overview in a summary report, Periodic Safety Update Report (PSUR), ISS, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D2E1F2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="5EACF5B3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Comparing frequencies of ARs/AEs reporting rates for spontaneous reports or incidence for studies)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C32DA31" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="2C5AAA0C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Analysis of a specific safety concern</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25E960B8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
+          <w:p w14:paraId="2D3A55EB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="0066029E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Identifying patient subpopulations at risk (search of medical history)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2745BAE8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
+    <w:p w14:paraId="198E1699" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="_Toc521501597"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc426891620"/>
       <w:r w:rsidR="00035937">
         <w:t>Graphical displays</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="392015E5" w14:textId="733D7916" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="114"/>
+    </w:p>
+    <w:p w14:paraId="7B05AB1E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Graphical displays can be useful especially with large datasets. Such displays allow quick visual representation of potential signals. </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>Organisation</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">s are encouraged to use graphs for data display. Histograms, bar charts, and pie charts can be useful as can more complex, statistically-derived displays (e.g., data mining algorithms). Examples of these types of displays are in </w:t>
+        <w:t xml:space="preserve">s are encouraged to use graphs for data display. Histograms, bar charts, and pie charts can be useful as can more complex, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>statistically-derived</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> displays (e.g., data mining algorithms). Examples of these types of displays are in </w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t>, Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 6.</w:t>
       </w:r>
       <w:r w:rsidR="00393C19">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF4D433" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
+    <w:p w14:paraId="23829F4D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="_Toc521501598"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc426891621"/>
       <w:r w:rsidR="00035937">
         <w:t>Patient subpopulations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="317D727C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AF61CE" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="115"/>
+    </w:p>
+    <w:p w14:paraId="65261B1F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AF61CE" w:rsidP="00035937">
       <w:r>
         <w:t>For data retrieval for specific subpopulations such as those based on age or gender</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>, it is necessary to refer to individual database fields for demographics.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349DBD3D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="01EB5F6A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc521501599"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc426891622"/>
       <w:r>
         <w:t>Overall Presentation of Safety Profiles</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="22719DDC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="116"/>
+    </w:p>
+    <w:p w14:paraId="3DB80F3E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The aims of an overall safety profile presentation are to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC1CC72" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="592D9E08" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Highlight distribution of ARs/AEs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CD3536" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="461487F3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Identify areas for in depth analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7F45F0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Present the data in a way that allows for easy recognition of patterns of terms potentially related to the relevant medical conditions. There are various ways to do this ranging from a full listing of terms to sophisticated statistical approaches such as data mining techniques (for reference, see ICH E2E: Pharmacovigilance Planning Document; listed in </w:t>
+    <w:p w14:paraId="1CB05676" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t xml:space="preserve">Present the data in a way that allows for easy recognition of patterns of terms potentially related to the relevant medical conditions. There are various ways to do this ranging from </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">a full listing of terms to sophisticated statistical approaches such as data mining techniques (for reference, see ICH E2E: Pharmacovigilance Planning Document; listed in </w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>Appendix, Section 6.1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AAE28D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="33F1B6E6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Historically, the standard approach has been to display data by Body System (or System Organ Class) and Preferred Term corresponding to SOCs and PTs in MedDRA. Due to MedDRA’s unique characteristics (</w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ity, granularity), this PT-SOC approach may need to be augmented with other types of data outputs (e.g., secondary SOC output, display by grouping terms [HLTs, HLGTs], etc.), depending on the reason for the output. For example, if </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="26C21750" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+        <w:t>ity, granularity), this PT-SOC approach may need to be augmented with other types of data outputs (e.g., secondary SOC output, display by grouping terms [HLTs, HLGTs], etc.), depending on the reason for the output. For example, if a number of reports describe a similar medical condition, they could be represented by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B025AB6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Many different PTs (dilution of signal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F05149A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="045EEB10" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Different grouping terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F44F29" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="486C6A5A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Different SOCs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378D8B12" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00333B7A">
+    <w:p w14:paraId="0238D89D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00333B7A">
       <w:r>
         <w:t xml:space="preserve">SOCs where the user would not intuitively expect them (e.g., SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="005217FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>General disorders and administration site conditions,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="005217FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="005217FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -9374,2637 +9384,2818 @@
         <w:t>Infections and infestations</w:t>
       </w:r>
       <w:r>
         <w:t>). See examples in the table below</w:t>
       </w:r>
       <w:r w:rsidR="004D5B65">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8806"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D228CC" w:rsidRPr="007247A9" w14:paraId="11A3815E" w14:textId="77777777">
+      <w:tr w:rsidR="00D228CC" w:rsidRPr="007247A9" w14:paraId="35D11F56" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="668"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8806" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1D0DB4" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="005964C5" w:rsidRDefault="00D228CC" w:rsidP="004D27FA">
+          <w:p w14:paraId="59DAB150" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="005964C5" w:rsidRDefault="00D228CC" w:rsidP="004D27FA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">PTs with Primary SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>General disorders and administration site conditions</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> and Secondary SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Cardiac disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D228CC" w:rsidRPr="007247A9" w14:paraId="79CB9328" w14:textId="77777777">
+      <w:tr w:rsidR="00D228CC" w:rsidRPr="007247A9" w14:paraId="10042A08" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A6B7DC" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00484E4D" w:rsidRDefault="00D228CC" w:rsidP="0077289B">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="32ABE57C" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00484E4D">
-              <w:t xml:space="preserve">                             </w:t>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve">                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE10E5">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chest discomfort</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EE83C0D" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00484E4D" w:rsidRDefault="00D228CC" w:rsidP="0077289B">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="078F8537" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484E4D">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chest pain</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E54A359" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00484E4D" w:rsidRDefault="00D228CC" w:rsidP="0077289B">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="27F6472E" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484E4D">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oedema peripheral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E156C08" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sudden death</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DE2ADA" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oedema</w:t>
+              <w:t>Localised</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> peripheral</w:t>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve"> oedema</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141EACAA" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484E4D">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sudden death</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0"/>
+              <w:t>Oedema due to cardiac disease</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77D2A376" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve">Peripheral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neonatal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D5DE6D" w14:textId="77777777" w:rsidR="00BE10E5" w:rsidRDefault="00D228CC" w:rsidP="00142F77">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE10E5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00484E4D">
+            <w:r w:rsidRPr="00BE10E5">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Localised</w:t>
-[...113 lines deleted...]
-              </w:rPr>
               <w:t>Cardiac death</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="35C2DF7A" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRPr="005964C5" w:rsidRDefault="00D228CC" w:rsidP="00142F77"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11D955DA" w14:textId="77777777" w:rsidR="00040DDB" w:rsidRPr="005964C5" w:rsidRDefault="003E72A4" w:rsidP="00D228CC">
+    <w:p w14:paraId="0ACD3F2A" w14:textId="77777777" w:rsidR="00040DDB" w:rsidRPr="005964C5" w:rsidRDefault="003E72A4" w:rsidP="00D228CC">
       <w:r w:rsidRPr="00D228CC">
         <w:t>Example as of</w:t>
       </w:r>
       <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC">
-        <w:t xml:space="preserve"> MedDRA Version 19.0 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="59BF4A76" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
+        <w:t xml:space="preserve"> MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="117" w:author="Author">
+        <w:r w:rsidR="00BE10E5">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="118" w:author="Author">
+        <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC" w:rsidDel="00BE10E5">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00040DDB" w:rsidRPr="00D228CC">
+        <w:t xml:space="preserve">.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFCE1F4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Toc521501600"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc426891623"/>
       <w:r w:rsidR="00035937">
         <w:t>Overview by primary System Organ Class</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A986889" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w14:paraId="46755A95" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>This overview is recommended as a first step in data retrieval and for planning of further analysis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EF172D" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1F20D33C" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Display of all data ensures that all events will be seen and may be useful to identify data clusters by SOC. If the hierarchy is also displayed, clusters may occur at the HLGT or HLT levels. For a small dataset, this display by primary SOC may be all that is necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6658F728" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="495454C0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Objectives:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0EA340" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="43442D2E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Include all events (none are omitted)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1299D9C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="298618FA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Display all data in the entire MedDRA hierarchy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3344166F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="1878EB71" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Method:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561D7F2F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="71ECFF80" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The primary SOC view including HLGTs, HLTs and PTs can be used for standard tables (clinical trials and post</w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>marketing data) and for cumulative summaries (post</w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>marketing data).  Line listings (both clinical and post</w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">marketing data) can also be displayed by primary SOC and PT. Depending on the reason for the output, it might be beneficial to use the primary SOC and PT display; for large datasets, display by SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by grouping terms (HLGTs and HLTs) may be preferable. Figure 4 is an example of such an output.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A50644" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2C12CD35" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The Internationally Agreed Order of SOCs was developed for consistency irrespective of language or alphabet (see Figure 5). The SOC order was based upon the relative importance of each SOC in AR/AE reports</w:t>
       </w:r>
       <w:r w:rsidR="00FD300E">
         <w:t xml:space="preserve"> (see also the MedDRA </w:t>
       </w:r>
       <w:r w:rsidR="00FD300E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Introductory Guide </w:t>
       </w:r>
       <w:r w:rsidR="00FD300E">
         <w:t xml:space="preserve">and MedDRA ASCII files). </w:t>
       </w:r>
       <w:r>
         <w:t>Use of the Internationally Agreed Order may be applicable to certain regulatory functions, e.g., the S</w:t>
       </w:r>
       <w:r w:rsidR="00FD300E">
         <w:t>ummary of Product Characteristics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> guideline</w:t>
       </w:r>
       <w:r w:rsidR="00FD300E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0034287F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>Organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s that share data should agree on the order of SOCs when preparing data for presentation.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09EE3087" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="68573FE5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Data displays in tables or in graphical presentations may facilitate understanding by the viewer. Figures 6, 7 and 8 are examples of such displays. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C86C02" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="763B25A1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Figures 9a and 9b display data for one compound in two patient populations. Within each patient population, the reports are split by SOC and by reporter. The upper bar of each pair represents numbers of reports from consumers (blue), and the lower bar represents reports from health care professionals (red).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E44EB5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="561F91D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>If further detail is needed, adverse events can be displayed by PT with decreasing frequency.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61AC689E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="142AC4CB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>In depth analysis requires medical expertise to define terms that should be aggregated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3660B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="47CC5180" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Benefits:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77286AB2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="045F665B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Provides an overview of data distribution; helps identify areas of special interest that may need in depth analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64922D4A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="5AE67624" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Grouping terms aggregate related PTs, facilitating identification of medical conditions of interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E06F2F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="564F2F0C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>A PT will be displayed only once, preventing over-counting of terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B164F36" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00A1236C">
+    <w:p w14:paraId="36CCD5BF" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00A1236C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>A primary SOC overview may be the only form of data display necessary for a small dataset</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E9D576" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00A1236C" w:rsidP="00A1236C">
+    <w:p w14:paraId="6B30D9EC" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00A1236C" w:rsidP="00A1236C">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AED9AC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="4C253542" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Limitations:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E1721A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="4A790F00" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Because it is based on a PT-to-primary SOC assignment, there may be incomplete groupings of terms for a medical condition or syndrome as such terms may be distributed among different SOCs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE32862" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="21414DAA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Events may not be found where the user expects them due to MedDRA placement rules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049128BF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="614D445A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Potential for a lengthy data output when applied to large datasets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD4E5A7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
+    <w:p w14:paraId="6C44297A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="_Toc521501601"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc426891624"/>
       <w:r w:rsidR="00035937">
         <w:t>Overall presentations of small datasets</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="357B0F56" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="120"/>
+    </w:p>
+    <w:p w14:paraId="0DF82608" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>When the safety profile consists of a small list of PTs (e.g., early in clinical development), a display of these PTs may be adequate. Figure 10 is an example of this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D081DA6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
+    <w:p w14:paraId="03D7CC5D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00DC287F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="_Toc521501602"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc426891625"/>
       <w:r w:rsidR="00035937">
         <w:t>Focused searches</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4B66471D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="121"/>
+    </w:p>
+    <w:p w14:paraId="08C7BBE5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Focused searches may be useful for further investigation of medical concepts of interest.  For example, a focused search may be used to determine the number of cases or events of interest in response to a regulatory query.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC30D43" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="717FE4D4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>In certain situations, such as those listed below (note that this list is not all-inclusive), users may wish to design a specific search in addition to the Overview by Primary System Organ Class</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t xml:space="preserve"> (s</w:t>
       </w:r>
       <w:r>
         <w:t>ee Section 3.2.1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE08222" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="527A9266" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Further examination of clusters seen in Primary SOC output</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75ED0E11" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="434F36C9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Previously identified safety concerns (e.g., known class effects, results from toxicology and animal studies, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22419977" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="50F58DCB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Monitoring events of special interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A9244D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="774D773D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Responding to regulatory queries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E26F0B" w14:textId="77777777" w:rsidR="004D5B65" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="71E45ED6" w14:textId="77777777" w:rsidR="004D5B65" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Below are listed options for focused search approaches. The order of applying these approaches may depend on resources, expertise, systems or other factors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CAE75E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="005C76E3" w:rsidP="00A300D5">
+    <w:p w14:paraId="6117255C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="005C76E3" w:rsidP="00A300D5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>Focused searches by secondary SOC assignments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001ACA0F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="58B76EDE" w14:textId="50E98581" w:rsidR="00142F77" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">This focused search augments the Overview by Primary System Organ Class (see Section 3.2.1) by addressing secondary SOC assignments, thus providing a more comprehensive view of the data and taking advantage of MedDRA’s </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ity.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3830CB3B" w14:textId="77777777" w:rsidR="0035095A" w:rsidRDefault="0035095A" w:rsidP="00035937"/>
-    <w:p w14:paraId="42F16B1A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="10251AEF" w14:textId="77777777" w:rsidR="0035095A" w:rsidRDefault="0035095A" w:rsidP="00035937"/>
+    <w:p w14:paraId="7A8705F5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Method:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A6A806" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="28FC7E9E" w14:textId="77777777" w:rsidR="00A1236C" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">The method used for a focused search by secondary SOC assignment may depend on the database characteristics of the </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E88D762" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="79923B8D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Options include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BB7EFA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="7A038D5A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Query of the SOC, HLGT and HLT levels to include both the primary and secondary SOC assignments in the display</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E031562" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="75529CB8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Output PTs in their secondary S</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>OC locations programmatically (s</w:t>
       </w:r>
       <w:r>
         <w:t>ee Figure 11)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37584544" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRDefault="00035937" w:rsidP="00A300D5">
+    <w:p w14:paraId="7D5335C0" w14:textId="77777777" w:rsidR="00D228CC" w:rsidRDefault="00035937" w:rsidP="00A300D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>If the database does not allow automated output by secondary SOC, then perform the query using available processes (e.g., programming a list of all individual PTs in the primary and secondary SOC locations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5066146C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="7C421124" w14:textId="77777777" w:rsidR="00EC1AFF" w:rsidRPr="00EC1AFF" w:rsidRDefault="00EC1AFF" w:rsidP="00EC1AFF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC1AFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The MSSO </w:t>
+      </w:r>
+      <w:del w:id="122" w:author="Author">
+        <w:r w:rsidRPr="00EC1AFF" w:rsidDel="00A01FC8">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">browsers (both the </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00EC1AFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Desktop and Web-Based browsers</w:t>
+      </w:r>
+      <w:del w:id="123" w:author="Author">
+        <w:r w:rsidRPr="00EC1AFF" w:rsidDel="00A01FC8">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:delText>)</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00EC1AFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide users with the option to display the secondary SOC paths of terms exported from search/research bin results or from terms uploaded using the Hierarchy Analysis feature. These browser features thus allow users to view and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1AFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>export secondary SOC assignments in a simple spreadsheet format without the need for any special programming.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D987ECD" w14:textId="77777777" w:rsidR="00EC1AFF" w:rsidRDefault="00EC1AFF" w:rsidP="00EC1AFF">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E454787" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="2FE98066" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="528D4C2D" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="772A6173" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="32D5E3B4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Programming a List of PTs in Primary and Secondary SOC Locations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="44075FC5" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="24607F05" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BEF9A34" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="11B047BF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                  SOC</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Eye disorders</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21FB8BDE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="32BD255B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                       HLGT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Vision disorders        </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A31885B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="1D4EEC07" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                            HLT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Visual </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>pathway</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> disorders</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6948FA8D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="77C18575" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Chiasma syndrome</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FC0D7DA" w14:textId="77777777" w:rsidR="00C42F19" w:rsidRPr="00C42F19" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="5629CD31" w14:textId="77777777" w:rsidR="00C42F19" w:rsidRPr="00C42F19" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42F19">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidR="00C42F19" w:rsidRPr="00C42F19">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidR="00C42F19" w:rsidRPr="00C42F19">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Optic nerve compression</w:t>
             </w:r>
             <w:r w:rsidR="00C42F19" w:rsidRPr="00C42F19">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (primary SOC location)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14259DDD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00C42F19" w:rsidP="00DC287F">
+          <w:p w14:paraId="1CB1BC07" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00C42F19" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Optic nerve disorder</w:t>
             </w:r>
             <w:r w:rsidR="00A33A3A" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A33A3A" w:rsidRPr="007C4D23">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(primary SOC location)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0225EEB2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="6987093F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Optic neuropathy </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="007C4D23">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(primary SOC location)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0442DA1D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="7C7A9245" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Toxic optic neuropathy</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C4D23">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(primary SOC location)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13B64DE7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="054A5FD9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Visual cortex atrophy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D74656" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="114BC833" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00F656FF" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                    PT </w:t>
             </w:r>
             <w:r w:rsidR="001836FC" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Visual pathway disorder</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04B24160" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
+          <w:p w14:paraId="234C0121" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">                                   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4582BFDD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="001836FC" w:rsidP="00DC287F">
+          <w:p w14:paraId="35D41619" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="001836FC" w:rsidP="00DC287F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A33A3A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="00C42F19">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> PTs are primary to SOC </w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Nervous system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69F1E447" w14:textId="77777777" w:rsidR="00BF45EB" w:rsidRDefault="00333B7A" w:rsidP="00A300D5">
+    <w:p w14:paraId="24F5B6AA" w14:textId="77777777" w:rsidR="00BF45EB" w:rsidRDefault="00333B7A" w:rsidP="00A300D5">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="00D228CC">
-        <w:t>Example as of MedDRA Version 19.0</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7FCF5E37" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="124" w:author="Author">
+        <w:r w:rsidR="00FE793F">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="125" w:author="Author">
+        <w:r w:rsidRPr="00D228CC" w:rsidDel="00FE793F">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00D228CC">
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A649D87" w14:textId="77777777" w:rsidR="00CC6507" w:rsidRDefault="00CC6507" w:rsidP="00D95D8C"/>
+    <w:p w14:paraId="60FC1AA9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Benefits:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515E6FCC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00BF0EC6" w:rsidP="00035937">
+    <w:p w14:paraId="4297A9CC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00BF0EC6" w:rsidP="00035937">
       <w:r>
         <w:t>Multiaxial</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t xml:space="preserve"> links enhance the utility of the grouping terms. This method overcomes the primary SOC limitations as described under Section 3.2.1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF3BCDA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="4F59E03C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Limitations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A0C592" w14:textId="77777777" w:rsidR="00C665DE" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="45FC3191" w14:textId="77777777" w:rsidR="00C665DE" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Still displays only terms that are represented in one SOC or HLGT/HLT which may not include all terms related </w:t>
       </w:r>
       <w:r w:rsidR="009961AA">
         <w:t xml:space="preserve">to a medical condition </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC84BBA" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7706645C" w14:textId="77777777" w:rsidR="00AC5620" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>This method of display of PTs by both primary and secondary SOC assignments could lead to double counting of cases/events</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180E08AC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4B4511B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc521501603"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="126" w:name="_Toc426891626"/>
+      <w:r>
         <w:t>STANDARDISED M</w:t>
       </w:r>
       <w:r w:rsidR="0023027B" w:rsidRPr="0023027B">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r>
         <w:t>DRA QUERIES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D6F69C0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:p w14:paraId="33C5495C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc521501604"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc426891627"/>
       <w:r>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6638DE96" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w14:paraId="329C2AE2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Standardised MedDRA Queries (SMQs) were created to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>standardi</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> identification and retrieval of safety data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC019CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...4 lines deleted...]
-    <w:p w14:paraId="1AAAAA3D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2C25FF7D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00980EF1" w:rsidP="00035937">
+      <w:r>
+        <w:t>SMQs are</w:t>
+      </w:r>
+      <w:r w:rsidR="00035937">
+        <w:t xml:space="preserve"> a joint effort of the Council for International Organizations of Medical Sciences (CIOMS) and ICH (including MSSO and JMO) representing both industry and regulatory authorities. An SMQ is a grouping of terms from one or more SOCs that relate to a defined medical condition or area of interest. The terms included relate to signs, symptoms, </w:t>
+      </w:r>
+      <w:r w:rsidR="00035937">
+        <w:lastRenderedPageBreak/>
+        <w:t>diagnoses, syndromes, physical findings, laboratory and other physiologic test data, etc. that are associated with the medical condition or area of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C71AA7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Users should carefully read the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> before applying an SMQ to fully understand the scope of the SMQ and to properly apply search options such as algorithms and weightings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205194B1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="19565402" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc521501605"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc426891628"/>
       <w:r>
         <w:t>SMQ Benefits</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="74C21C6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w14:paraId="1FE19450" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>As with all MedDRA-based queries, users of SMQs should be aware of several factors that may influence data retrieval including database characteristics, data conversion processes, coding conventions, and MedDRA versioning. For more details, see Section 3.1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C93812" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="2C0394C2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>SMQ benefits include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2378E67A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="206EAC32" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Application across multiple therapeutic areas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702EAB49" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="50D0CC36" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Validated reusable search logic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496E0EF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="7537097B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Standardi</w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>ed communication of safety information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E413F40" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="5B73BA07" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Consistent data retrieval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48243717" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D52213" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="01B4929C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D52213" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Maintenance by MSSO and JMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30625A14" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D52213" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="07692C03" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D52213" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc521501606"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc426891629"/>
       <w:r>
         <w:t>SMQ Limitations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="48267A3F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+      <w:bookmarkEnd w:id="129"/>
+    </w:p>
+    <w:p w14:paraId="68CA318D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>SMQs do not cover all medical topics or safety issues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072C9995" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="2FDBE37A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>SMQs evolve and undergo further refinement even though they have been tested during development</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550CA2AC" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="21B29424" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc521501607"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc426891630"/>
       <w:r>
         <w:t xml:space="preserve">SMQ Modifications and </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>Organisation</w:t>
       </w:r>
       <w:r>
         <w:t>-Constructed Queries</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="3CABC30D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00EE6DD2">
+      <w:bookmarkEnd w:id="130"/>
+    </w:p>
+    <w:p w14:paraId="5AE9F43B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>If any modifications are made to term content or structure of an SMQ, it can no longer be called an “SMQ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> but it should instead be referred to as a “modified MedDRA query based on an SMQ”. See Section 5.1 for further details on SMQ modification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4B5C64" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00EE6DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00426F99">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Under no circumstances should a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> query constructed for the specific need of an </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidRPr="00426F99">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> be called an “SMQ” by its originator. </w:t>
       </w:r>
       <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4F01">
         <w:t>hi</w:t>
       </w:r>
       <w:r w:rsidRPr="00426F99">
         <w:t xml:space="preserve">s is to ensure that there is no confusion with the ICH-endorsed SMQs applied by other MedDRA users.  </w:t>
       </w:r>
       <w:r>
         <w:t>Any alternate name</w:t>
       </w:r>
       <w:r w:rsidRPr="00426F99">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t>-constructed</w:t>
       </w:r>
       <w:r w:rsidRPr="00426F99">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00426F99">
-        <w:t xml:space="preserve">query is acceptable </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> it could not be potentially confused with an ICH-endorsed SMQ.</w:t>
+        <w:t>query is acceptable as long as it could not be potentially confused with an ICH-endorsed SMQ.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2466AB22" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="522443D1" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc521501608"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc426891631"/>
       <w:r>
         <w:t>SMQs and MedDRA Version Changes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="11BFEFED" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="131"/>
+    </w:p>
+    <w:p w14:paraId="544A7A72" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Each SMQ relates to a specific MedDRA version. SMQs are part of each new MedDRA release, are maintained by MSSO and JMO, and correspond to the terms present in that version of MedDRA. The SMQ version should always correspond to the MedDRA version of the data being searched.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B640FE6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4848593B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>As with all searches of MedDRA-based data, it is important to document the MedDRA and SMQ versions used.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C291E5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-      <w:r>
+    <w:p w14:paraId="1A9402E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Changes to SMQs that can occur with each MedDRA version include (but are not limited to) the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B63BF87" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="3B4022EC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Addition of PTs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB786DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="26888AC2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Inactivation of a PT (i.e., effectively “removing” a PT from an SMQ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BDD0FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="5F3FF1D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Change of term scope (e.g., a narrow term becomes a broad term)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78072152" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="332DBC3E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Restructuring of an SMQ (e.g., change in the hierarchical position of an SMQ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44963575" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="7C9B6904" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Creation of a new SMQ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518DAE48" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7118BE21" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>For a full description of the types of changes that can occur to SMQs, please refer to the MedDRA “Change Request Information” document</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t xml:space="preserve"> (s</w:t>
       </w:r>
       <w:r>
         <w:t>ee Appendix, Section 6.1). Changes introduced with each new version are documented in the “What’s New” document for each MedDRA version. (The cumulative changes are contained within the ASCII files in the fields called “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Term_addition_version</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>” and “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Term_last_modified_version</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4363E5C2" w14:textId="77777777" w:rsidR="00484E4D" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="5D42E59B" w14:textId="77777777" w:rsidR="00484E4D" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The MedDRA version of the SMQ and the coded data being searched should be the same because mismatches could produce unexpected results. For example, if an SMQ from an older version of MedDRA is applied to data coded in a more recent version, data coded to terms that are not present in the older SMQ would not be retrieved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A722901" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="6A6F619E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="5069E56A" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="131E142A" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="389BE9EC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EE6DD2">
+          <w:p w14:paraId="4E00E355" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EE6DD2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Consequence of Version Mismatch of Coded Data and SMQ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="65ED1263" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="006E1741" w14:paraId="687DBCF0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0992F5D1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EE6DD2">
+          <w:p w14:paraId="03F85266" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00CC6EFF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">PT </w:t>
             </w:r>
+            <w:ins w:id="132" w:author="Author">
+              <w:r w:rsidR="00CC6EFF" w:rsidRPr="00CC6EFF">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Hormone receptor positive breast cancer</w:t>
+              </w:r>
+              <w:r w:rsidR="00CC6EFF" w:rsidRPr="00CC6EFF" w:rsidDel="007C5EA1">
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="133" w:author="Author">
+              <w:r w:rsidR="005E6927" w:rsidDel="007C5EA1">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>End stage renal disease</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="005964C5" w:rsidDel="007C5EA1">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">was added to SMQ </w:t>
+            </w:r>
+            <w:ins w:id="134" w:author="Author">
+              <w:r w:rsidR="00CC6EFF" w:rsidRPr="00CC6EFF">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breast malignant </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00CC6EFF" w:rsidRPr="00CC6EFF">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>tumours</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00CC6EFF" w:rsidRPr="00CC6EFF">
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="135" w:author="Author">
+              <w:r w:rsidR="005E6927" w:rsidDel="007C5EA1">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Chronic kidney disease</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="005964C5" w:rsidDel="007C5EA1">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">in MedDRA Version </w:t>
+            </w:r>
+            <w:ins w:id="136" w:author="Author">
+              <w:r w:rsidR="00CC6EFF">
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="137" w:author="Author">
+              <w:r w:rsidR="005E6927" w:rsidDel="00CC6EFF">
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="005E6927">
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00B35573">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Using Version </w:t>
             </w:r>
+            <w:ins w:id="138" w:author="Author">
+              <w:r w:rsidR="00CC6EFF">
+                <w:t>22</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="139" w:author="Author">
+              <w:r w:rsidR="00913A90" w:rsidDel="00CC6EFF">
+                <w:delText>18</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00913A90">
-              <w:t>18.</w:t>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="005E6927">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> of this SMQ – which does not contain this PT – would fail to identify cases coded to this term in a database using MedDRA Version </w:t>
             </w:r>
+            <w:ins w:id="140" w:author="Author">
+              <w:r w:rsidR="00CC6EFF">
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="141" w:author="Author">
+              <w:r w:rsidR="005E6927" w:rsidDel="00CC6EFF">
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="005E6927">
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52E75A66" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00484E4D" w:rsidRDefault="003E72A4" w:rsidP="00035937">
+    <w:p w14:paraId="3AC631A2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00484E4D" w:rsidRDefault="003E72A4" w:rsidP="00035937">
       <w:r w:rsidRPr="00D228CC">
         <w:t xml:space="preserve">Example as of </w:t>
       </w:r>
       <w:r w:rsidR="00284B52" w:rsidRPr="00D228CC">
-        <w:t xml:space="preserve">MedDRA Version 18.1 and 19.0 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1083CD41" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t xml:space="preserve">MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="142" w:author="Author">
+        <w:r w:rsidR="00CC6EFF">
+          <w:t>22</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="143" w:author="Author">
+        <w:r w:rsidR="00284B52" w:rsidRPr="00D228CC" w:rsidDel="00CC6EFF">
+          <w:delText>18</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00284B52" w:rsidRPr="00D228CC">
+        <w:t xml:space="preserve">.1 and </w:t>
+      </w:r>
+      <w:ins w:id="144" w:author="Author">
+        <w:r w:rsidR="00CC6EFF">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="145" w:author="Author">
+        <w:r w:rsidR="00284B52" w:rsidRPr="00D228CC" w:rsidDel="00CC6EFF">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00284B52" w:rsidRPr="00D228CC">
+        <w:t xml:space="preserve">.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606AE3A6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc521501609"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="146" w:name="_Toc426891632"/>
+      <w:r>
         <w:t>SMQs – Impact of MedDRA Legacy Data Conversion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2B65F40E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="146"/>
+    </w:p>
+    <w:p w14:paraId="7FAC424C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">The conversion method for data originally coded in another terminology (e.g., COSTART) also impacts the application and output of SMQs. See Section 2.1.2, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C35CDE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Impact of data conversion method</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015094D5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0E786C80" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc521501610"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc426891633"/>
       <w:r>
         <w:t>SMQ Change Requests</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0B6A5765" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w14:paraId="3CE72CF6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Users are encouraged to submit Change Requests to MSSO and JMO to improve the utility of SMQs. A justification (and possibly testing data) for a submitted Change Request must be provided.</w:t>
       </w:r>
       <w:r w:rsidR="00D06433">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The MSSO may require more time to evaluate SMQ Change requests than regular MedDRA Change Requests.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A77106" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0BB4B7A1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Before submitting an SMQ Change Request, users should review the SMQ documentation for inclusion and exclusion criteria of the SMQ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A79C0D" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2EF5624C" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="_Toc521501611"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc426891634"/>
       <w:r>
         <w:t>SMQ Technical Tools</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The MSSO browsers (both the </w:t>
+      <w:bookmarkEnd w:id="148"/>
+    </w:p>
+    <w:p w14:paraId="16C8CA0A" w14:textId="77777777" w:rsidR="00D71560" w:rsidRPr="00B50EB6" w:rsidRDefault="00035937" w:rsidP="00CC79E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The MSSO browsers (</w:t>
+      </w:r>
+      <w:del w:id="149" w:author="Author">
+        <w:r w:rsidDel="00CC6EFF">
+          <w:delText xml:space="preserve">both </w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="007E4671">
         <w:t>D</w:t>
       </w:r>
       <w:r>
-        <w:t>esktop and Web-</w:t>
+        <w:t>esktop</w:t>
+      </w:r>
+      <w:ins w:id="150" w:author="Author">
+        <w:r w:rsidR="00CC6EFF">
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="151" w:author="Author">
+        <w:r w:rsidDel="00CC6EFF">
+          <w:delText xml:space="preserve"> and </w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t>Web-</w:t>
       </w:r>
       <w:r w:rsidR="007E4671">
         <w:t>B</w:t>
       </w:r>
       <w:r>
-        <w:t>ased browsers) allow for searching and viewing the contents of SMQs and they include additional details such as the SMQ description (definition) and development notes. An Excel spreadsheet containing the terms in each production SMQ is available from MSSO and JMO</w:t>
+        <w:t>ased</w:t>
+      </w:r>
+      <w:ins w:id="152" w:author="Author">
+        <w:r w:rsidR="00CC6EFF">
+          <w:t>, and Mobile</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve"> browsers) allow for searching and viewing the contents of SMQs and they include additional details such as the SMQ </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">description (definition) and development notes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71560" w:rsidRPr="00B50EB6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, both MSSO browsers have an SMQ Analysis feature which allows users to upload a set of coded data and apply SMQs to it. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFB9F9A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>An Excel spreadsheet containing the terms in each production SMQ is available from MSSO and JMO</w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>(s</w:t>
       </w:r>
       <w:r>
         <w:t>ee Appendix, Section 6.1). This spreadsheet allows a user to transfer SMQ terms to query tools. File specifications related to SMQs are found in</w:t>
       </w:r>
       <w:r w:rsidR="007D00D4">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “MedDRA </w:t>
       </w:r>
       <w:r w:rsidR="007D00D4">
         <w:t xml:space="preserve">Distribution File Format Document” </w:t>
       </w:r>
       <w:r>
         <w:t>supplied with each MedDRA version.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39ECE75D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="632692BC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The M</w:t>
       </w:r>
       <w:r w:rsidR="007D00D4">
         <w:t>edDRA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D00D4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>ebsite has a list of some system tools that provide technical support</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1FC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for SMQs</w:t>
       </w:r>
       <w:r w:rsidR="00906518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B1FC9">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00A95655">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidRPr="007B1FC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>ee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> Appendix, Section 6.1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5074B812" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="59D8348D" w14:textId="77777777" w:rsidR="00FC0DDD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc521501612"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc426891635"/>
       <w:r>
         <w:t>SMQ Applications</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="28C669D9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:p w14:paraId="5664E189" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>SMQs were developed to address the high granularity and unique features of MedDRA and to maximi</w:t>
       </w:r>
       <w:r w:rsidR="00FC0DDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>e the likelihood that all terms related to a specific medical condition of interest are identified.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED78578" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="772D1637" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>The user should first review the list of available SMQs to determine which of them may be applicable to the question being asked. If an SMQ seems applicable, the user should check the documentation in the SMQ Introductory Guide to understand the purpose and definition of the SMQ.</w:t>
       </w:r>
       <w:r w:rsidR="00D06433">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The user may also wish to review the term contents of the SMQ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D282C0E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="17BA26D5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Following application of the selected SMQ on coded data, search results (i.e., retrieved data) should then be evaluated against the question originally posed.  The search output alone may not be sufficient for data assessment (e.g., frequency of a condition). Define and document criteria for case evaluation.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592ED84C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="5B706DC1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Generally, more cases/events will be retrieved than will eventually be subjected to analysis due to “noise”. </w:t>
       </w:r>
       <w:r w:rsidR="00FC0DDD">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t>his is a more significant consideration for “broad” searches but in principle also applies to “narrow” searches (</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>ee Section 4.10.1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752CB2D3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
+    <w:p w14:paraId="032F5DAF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="_Toc521501613"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc426891636"/>
       <w:r w:rsidR="00035937">
         <w:t>Clinical trials</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4ED532FA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="154"/>
+    </w:p>
+    <w:p w14:paraId="4B29AA83" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>SMQs may be applied in the clinical trial setting – especially for aggregate data – where the safety profile has yet to be fully established. In this instance, most (if not all) available SMQs may be used, possibly on a routine basis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64117111" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="187F3651" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Alternatively, a user can apply an SMQ (or SMQs) that relates to a previously identified area of interest (e.g., from pre-clinical data or class effect) for further evaluation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2B87A0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="635379EB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="517B8EF2" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="077097EC" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFEAE8F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
+          <w:p w14:paraId="14792AEE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Targeted Safety Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="6C5B2B6F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="3FF80E03" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C27C271" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
+          <w:p w14:paraId="0580F9B3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>When developing a data analysis plan for a targeted safety study, consider using the narrow terms of an SMQ to aggregate events of interest.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="009E3EFC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00BF45EB" w:rsidRDefault="00AD172A">
+    <w:p w14:paraId="2A3E5598" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00BF45EB" w:rsidRDefault="00AD172A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF45EB">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="_Toc521501614"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc426891637"/>
       <w:r w:rsidR="00035937" w:rsidRPr="00BF45EB">
         <w:t>Post</w:t>
       </w:r>
       <w:r w:rsidR="00FC0DDD" w:rsidRPr="00BF45EB">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="00BF45EB">
         <w:t>marketing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="51E2EE30" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A" w:rsidP="00A300D5">
+      <w:bookmarkEnd w:id="155"/>
+    </w:p>
+    <w:p w14:paraId="34666D27" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A" w:rsidP="00A300D5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>Focused searches</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D87A76" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="58764F34" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>A specific SMQ or a selection of SMQs may be used to retrieve relevant cases for subsequent medical review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DEC9B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="4DC95628" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="49E100CE" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="1E6DCDFF" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="0DECA0C9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
+          <w:p w14:paraId="3FFB1552" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Emerging Safety Signal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="18C4B6B5" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="75AF809D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E8CB1B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
+          <w:p w14:paraId="758475FE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00AD172A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">A company suspects an emerging signal of pancreatitis for a new HIV product.  SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Acute pancreatitis</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> can be applied to the data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DA206CF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
+    <w:p w14:paraId="68E6043D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>Signal detection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEC10DC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...5 lines deleted...]
-        <w:t>minimi</w:t>
+    <w:p w14:paraId="5B3D8614" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>The entire set of SMQs may be used on the database for signal detection. The user may wish to use the narrow terms or more specific levels of hierarchical SMQs (i.e., a sub-search SMQ) to minimi</w:t>
       </w:r>
       <w:r w:rsidR="00FC0DDD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t>e</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="0A4FA3B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
+        <w:t>e dilution of the signal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624D9903" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00AD172A">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:t>Single case alert</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C484427" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="55F3E992" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>SMQs may be used to create a “watch list” (e.g., an automated notification system) to alert the user of incoming cases needing urgent review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6B4722" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00FC0DDD" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="09546BF2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00FC0DDD" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="23A2B3A5" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="3C0489EE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="0D94E1AF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="06BDD798" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Single Case Alert</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="2BFF9C16" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="60918ECC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D275D8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="152C53A5" w14:textId="29B38DB7" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
-              <w:t>A medical issue of interest needs to be communicated to a regulatory authority as part of an agreed risk management plan.  The SMQ narrow search or more specific levels of a hierarchical SMQ may be applied to identify potential cases of interest.</w:t>
+              <w:t>A medical issue of interest needs to be communicated to a regulatory authority as part of an agreed risk management plan. The SMQ narrow search or more specific levels of a hierarchical SMQ may be applied to identify potential cases of interest.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0813CFD0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937">
+    <w:p w14:paraId="4B20083E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  Periodic reporting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B180D8A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="26E90E16" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>SMQs may help aggregate relevant cases for ongoing review of specific safety issues in periodic safety reports.</w:t>
       </w:r>
       <w:r w:rsidR="00D06433">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>SMQs may also be used for other routine reviews of aggregate data (e.g., reports of lack of efficacy) in the context of a periodic report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CC6310" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="55CE3A7B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc521501615"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc426891638"/>
       <w:r>
         <w:t>SMQ Search Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="1C1E5960" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="156"/>
+    </w:p>
+    <w:p w14:paraId="63A66E60" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:t>Some SMQs have options that may be used to refine a particular search. The most common option is use of narrow and broad search terms. By definition, a broad search includes both narrow and broad terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E55616" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Some SMQs are hierarchical (i.e., contain one or more sub-searches). Other SMQs use algorithms, and in one case (SMQ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Systemic lupus erythematosus</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">), weightings are assigned to </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="53576881" w14:textId="77777777" w:rsidR="001836FC" w:rsidRDefault="00367D4D" w:rsidP="00A300D5">
+        <w:t xml:space="preserve">), weightings are assigned to particular terms for signs, symptoms and laboratory results to help identify cases. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33242B1D" w14:textId="77777777" w:rsidR="001836FC" w:rsidRDefault="00367D4D" w:rsidP="00A300D5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="_Toc521501616"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc426891639"/>
       <w:r w:rsidR="00035937">
         <w:t>Narrow and broad searches</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5B50F248" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="157"/>
+    </w:p>
+    <w:p w14:paraId="0D96B5F5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Most</w:t>
       </w:r>
       <w:r w:rsidR="00A1236C">
         <w:t xml:space="preserve"> SMQs have narrow and broad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A1236C">
         <w:t>PTs.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A1236C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The narrow PTs have a greater likelihood of identifying only events of interest (high specificity) while the broad terms are intended to identify additional possible events (high sensitivity). Some events retrieved by the broad search terms may, upon further review, not relate to the condition of interest. The user can select the scope of the search (narrow or broad) that is most applicable to the question being asked. Figure 12 is an example of output of narrow and broad searches.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6B90B1" w14:textId="77777777" w:rsidR="001762F8" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="69CF27E2" w14:textId="77777777" w:rsidR="001762F8" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>When a compound is in early phase development or has only recently been marketed, it may be advisable to use the broad search.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789ABCA6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="4B39E590" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="4A1E80F4" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="3D432345" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="63443127" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="0728A4B3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Use of Broad Search</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="0B2F809B" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="2B82FE5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F45FE0A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="53ACE967" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">If evaluating an emerging signal of lactic acidosis using SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Lactic acidosis</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>, narrow terms may be applied to identify events where the specific diagnosis has been reported; however, events of reported signs and symptoms would not be retrieved.  If there is additional need to find cases where no specific diagnosis (but mainly signs and symptoms) have been reported, then a broad search (i.e., narrow + broad search terms) should be applied.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38656BE9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00367D4D">
+    <w:p w14:paraId="5B652FD8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00367D4D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="61" w:name="_Toc521501617"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc426891640"/>
       <w:r w:rsidR="00035937">
         <w:t>Hierarchical SMQs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="25E9ACED" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="158"/>
+    </w:p>
+    <w:p w14:paraId="53E94730" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Several SMQs have a hierarchical structure (one or more levels of sub-searches of increasing specificity). The user can select the search that is most applicable to the question being asked or a combination of sub-search SMQs as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109BCD6D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="375CCE7C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">The SMQ Introductory Guide has explanatory notes on the appropriate use of each hierarchical SMQ. An example of a hierarchical SMQ is illustrated below (SMQ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Haematopoietic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>cytopenias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44249375" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0038795D" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7E6A40E9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0038795D" w:rsidRDefault="00142F77" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4A39C692" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DB38999" wp14:editId="6BB29C28">
+            <wp:extent cx="5600700" cy="1752600"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Picture 18" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.45.07 PM.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 18" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.45.07 PM.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5600700" cy="1752600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4930FE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w14:paraId="2583AB6D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    </w:p>
+    <w:p w14:paraId="71C70EC1" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="6C3E4EBA" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="3512678B" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="11516249" w14:textId="77777777" w:rsidR="00D95D8C" w:rsidRDefault="00D95D8C" w:rsidP="00035937"/>
+    <w:p w14:paraId="0BE94DFA" w14:textId="1E1B1DC2" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
+        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="081B52D2" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="7BA7B45A" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="47544D03" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="10613129" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Use of SMQ Hierarchy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="3FC04FEF" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="157041C0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B44F6E4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="6BBEE551" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">The medical condition of interest is thrombocytopenia. SMQ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Haematopoietic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
@@ -12031,1129 +12222,1134 @@
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">) are included. A user may wish to select only the sub-search SMQ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Haematopoietic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> thrombocytopenia </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>in this instance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4FC76C20" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00367D4D">
+    <w:p w14:paraId="0E9716D4" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00367D4D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="_Toc521501618"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc426891641"/>
       <w:r w:rsidR="00035937">
         <w:t>Algorithmic SMQs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="308BDB79" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="159"/>
+    </w:p>
+    <w:p w14:paraId="55537FB5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">An algorithm provides for a combination of terms which – if retrieved in a single case – are more likely to identify a case of interest than isolated broad search terms (see table below). The broad terms of algorithmic SMQs are subdivided into </w:t>
       </w:r>
       <w:r w:rsidRPr="00442B65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">categories </w:t>
       </w:r>
       <w:r>
         <w:t>that could be groupings of organ-specific signs or symptoms, laboratory terms, etc. (Note: the broad search catego</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>ries are labeled B, C, D, etc.)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Using an algorithm may reduce the amount of “noise” (i.e., non-relevant cases).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006F6E41" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-[...9 lines deleted...]
-    <w:p w14:paraId="72498AB4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="7F572189" w14:textId="77777777" w:rsidR="008F5BE2" w:rsidRDefault="00035937">
+      <w:r>
+        <w:t>Using an algorithmic SMQ without applying the algorithm (i.e., simply applying the narrow and broad searches) will yield different results from t</w:t>
+      </w:r>
+      <w:r w:rsidR="00142F77">
+        <w:t>hose obtained using the algorith</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAE7C5B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
-        <w:lastRenderedPageBreak/>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2568"/>
         <w:gridCol w:w="2827"/>
         <w:gridCol w:w="3415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="6013F7DE" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="6C2C37F3" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5AFFCC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="5CE58500" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithmic SMQ (SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Anaphylactic </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>reaction</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)*</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="49180A4E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="1A3C4CA3" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7918F9C7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="776B5524" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Category B – Upper airway/Respiratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E334A58" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="008E0EB5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="6BAE4D9F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="008E0EB5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E0EB5">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008E0EB5">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> C – Angioedema/Urticaria, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3471" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20B7DFF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="18E4BD3B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Category D – Cardiovascular/Hypotension</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="5F61FC6C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="19530EB1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A502AAD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="1654D8A4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Acute respiratory failure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30820E9B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="5007D3BC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Allergic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>oedema</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3471" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08772F65" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="5752AA10" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Blood pressure decreased</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="4E6C2DA2" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="64753B64" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1DA70E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="22675ED7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Asthma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="059EAC8A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="72AE1CF8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Angioedema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3471" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334DE58D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="1C9A3F25" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Blood pressure diastolic decreased</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="41906283" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="4D18A183" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271F90C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="00745A14" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Bronchial </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>oedema</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0101A525" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="0AB05037" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Erythema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3471" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37292C2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="29020222" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Blood pressure systolic decreased</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="1AF795AC" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="007247A9" w14:paraId="4762F419" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B200851" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="44F907E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Algorithm:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76EBE543" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
+          <w:p w14:paraId="20B0FAE4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Case = A (Narrow terms – not included in the table)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52C73360" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
+          <w:p w14:paraId="4095CBBA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Or term from Category B </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> term from Category C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F0AC36A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
+          <w:p w14:paraId="4DB582AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00A327C4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Or term from </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>either</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> Category B or Category C </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plus</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> term from Category D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2735AAFF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="007250C2">
+    <w:p w14:paraId="3A3B4756" w14:textId="77777777" w:rsidR="007B3CBD" w:rsidRDefault="00035937" w:rsidP="00142F77">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>*  Not all terms in these categories are listed in the table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EDC55D" w14:textId="77777777" w:rsidR="007B3CBD" w:rsidRDefault="007B3CBD" w:rsidP="00035937"/>
-    <w:p w14:paraId="4CB95AA0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0F2C896F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">SMQ </w:t>
       </w:r>
       <w:r w:rsidRPr="00983D9D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Systemic lupus erythematosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is an algorithmic SMQ with assigned weights for its included PTs (e.g., PT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Pleural effusion </w:t>
       </w:r>
       <w:r>
         <w:t>= 3); a total weighted score greater than 6 suggests a case of interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD67DCB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="3AA11CF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Users should not assume that all software tools support algorithmic SMQs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A4D480" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="51E15865" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc521501619"/>
-      <w:r>
+      <w:bookmarkStart w:id="160" w:name="_Toc426891642"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>SMQ and MedDRA Grouping Terms</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="567900CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="160"/>
+    </w:p>
+    <w:p w14:paraId="4D08EFA9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Data retrieved using MedDRA grouping terms (HLGTs, HLTs) may differ from those retrieved using a related SMQ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B208B31" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="6ADEFF7B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="5BFB3226" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="6C1BE513" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="2A88C506" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="07FC10C4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Comparison – SMQ and Grouping Terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="2B606FD9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00037955" w14:paraId="1CB33A25" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBFB3C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="052FFAC0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Cardiac arrhythmia is a suspected issue (e.g., by review of a pr</w:t>
             </w:r>
             <w:r w:rsidR="009D273C">
               <w:t xml:space="preserve">imary SOC output of all data). </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">If events retrieved by using HLGT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Cardiac arrhythmias</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> are compared to those retrieved by SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Cardiac arrhythmias</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">, more events may be retrieved by the SMQ because it includes additional terms from other SOCs such as SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Investigations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DAFA529" w14:textId="77777777" w:rsidR="00A845D7" w:rsidRDefault="00A845D7" w:rsidP="00035937"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6657F52E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="22CA5F3B" w14:textId="77777777" w:rsidR="001D32B3" w:rsidRDefault="001D32B3" w:rsidP="00035937"/>
+    <w:p w14:paraId="48B42057" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc521501620"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="161" w:name="_Toc426891643"/>
+      <w:r>
         <w:t>CUSTOMI</w:t>
       </w:r>
       <w:r w:rsidR="00FC0DDD">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>ED SEARCHES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5765C219" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="161"/>
+    </w:p>
+    <w:p w14:paraId="41499581" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">MedDRA allows for a variety of searching options as described above. However, there will be situations when a </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t>d search is needed.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75D4117F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> search is needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF93EEB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc521501621"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc426891644"/>
       <w:r>
         <w:t>Modified MedDRA Query Based on an SMQ</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="63B01BDD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="162"/>
+    </w:p>
+    <w:p w14:paraId="7AEF9B07" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>Do not modify the term content or structure of an SMQ unless there is a compelling reason to do so since altering it in any way makes it non-standard</w:t>
       </w:r>
       <w:r w:rsidR="008E394E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A95655">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ee Section </w:t>
       </w:r>
       <w:r w:rsidRPr="008E407D">
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7629C852" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="551B5DB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t>If an SMQ is modified in any way, it should be referred to as a “modified MedDRA query based on an SMQ”.  All modifications to the original SMQ should be documented.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6E63A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="15E63CC6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">If a modified MedDRA query based on an SMQ is to be used on an ongoing basis, version updates and maintenance of the query are the responsibility of the </w:t>
       </w:r>
       <w:r w:rsidR="00436EDD">
         <w:t>organisation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that created it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09EB2367" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00EF58BC" w:rsidRDefault="00817C94" w:rsidP="00035937">
+    <w:p w14:paraId="3CB639DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00EF58BC" w:rsidRDefault="00817C94" w:rsidP="00035937">
       <w:r w:rsidRPr="005964C5">
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2470"/>
         <w:gridCol w:w="6340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="22280983" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="0C963E6E" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8856" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB9E237" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="35D6CD7F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Modified MedDRA Queries based on SMQs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6197B7B0" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="57AAF53A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75019C89" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="7AE5CBC3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Additional PTs are needed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59DF2B94" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="5CC6F4D2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">A product is being investigated for a possible safety signal of dementia, and the user wishes to use SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Dementia</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
-              <w:t xml:space="preserve">. For this </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, PT </w:t>
+              <w:t xml:space="preserve">. For this particular product, PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Disturbance in attention</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> may be needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3E0502DC" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5E6D0FCF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146EBC7F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="548EA336" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Exclusion of PTs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77421AA4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="7F183318" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
-              <w:t xml:space="preserve">An antipsychotic product is being investigated for potential QT prolongation </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> has a well-described association with hypotension and fainting.  When using SMQ </w:t>
+              <w:t xml:space="preserve">An antipsychotic product is being investigated for potential QT prolongation and also has a well-described association with hypotension and fainting.  When using SMQ </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Torsade de pointes/QT prolongation</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> (broad search), the user may wish to exclude PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Syncope</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> to prevent excess “noise” in data retrieval.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="1C02609A" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="09ABDF9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="614B805F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="19046E37" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Changing the scope (narrow or broad) of an SMQ term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28889D2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
+          <w:p w14:paraId="5A04EAAD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00367D4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">A product is being investigated for the potential for </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>hyperglyc</w:t>
             </w:r>
             <w:r w:rsidR="00504E79">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>emia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> and diabetes mellitus. SMQ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Hyperglycaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>/new onset diabetes mellitus</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> has PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Increased insulin requirement </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">as a </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>broad</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> search term.  For this query, it may be useful to include PT </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Increased insulin requirement</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> in the </w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>narrow</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> search</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2240AF97" w14:textId="77777777" w:rsidR="00EF58BC" w:rsidRDefault="00EF58BC" w:rsidP="00035937"/>
-    <w:p w14:paraId="269CFDD0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00FC0DDD" w:rsidP="00035937">
+    <w:p w14:paraId="21AE720A" w14:textId="77777777" w:rsidR="00EF58BC" w:rsidRDefault="00EF58BC" w:rsidP="00035937"/>
+    <w:p w14:paraId="3C59A19B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="007247A9" w:rsidRDefault="00FC0DDD" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc521501622"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc426891645"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Customise</w:t>
       </w:r>
       <w:r w:rsidR="00035937">
-        <w:t>d Queries</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6FC1D2C0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00035937">
+        <w:t xml:space="preserve"> Queries</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+    </w:p>
+    <w:p w14:paraId="55998515" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:t xml:space="preserve">Consider these points when constructing a </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t>d query for MedDRA-coded data:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79BF06CF" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> query for MedDRA-coded data:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D93654B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Those responsible for constructing a </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t>d query should:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3075252B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> query should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA1F951" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Have medical knowledge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191FA0BD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="52E650B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Know the structure and characteristics of MedDRA (e.g., hierarchy, </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t>ity) and the general content of MedDRA groupings (SOCs, HLGTs, and HLTs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D663C63" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="68B2A650" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Understand the characteristics and structure of the data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062797FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="28A32940" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>The specificity of the search should be defined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FE2EF5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="16723C17" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial focus should be on SOCs related to the condition of interest. For example, a </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">d search for a renal condition should start with SOC </w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> search for a renal condition should start with SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB318E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Renal and urinary disorders</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5C3E61" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="37780EE7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">non </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> SOCs (SOC</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB318E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Investigations</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB318E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Surgical and medical procedures</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB318E">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -13171,86 +13367,86 @@
         </w:rPr>
         <w:t>General disorders and administration site conditions</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4021">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Injury, poisoning and procedural complications</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4021">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D1CCC1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="13E097E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>It may be useful to identify relevant query terms by the following approaches:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A8E6D2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="2A2F2BB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>A “bottom-up” survey of MedDRA (terms at the LLT and PT levels initially)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FABF6E8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
+    <w:p w14:paraId="6EABEB6E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A4415D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>A “top-down” survey of MedDRA (starting at the SOC level and drilling down through the hierarchy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632BFC6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="5473DBC3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Consider looking at secondary links for </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> terms since additional relevant query terms could be found. For example, PT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dyspnoea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -13258,2375 +13454,2649 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">can be found with other respiratory symptoms PTs in its primary SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="001C0C25">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and it can also be found with related cardiac symptoms in its secondary SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cardiac disorders</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297F826B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="7BC2AAF7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Include grouping terms (HLGTs, HLTs) when possible (remembering the caveats described in Section 2.5.1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBB0BC7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="7625D1D8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>In general, queries should be built on PTs and grouping terms. Unless very specific concepts (e.g., bacterial species) are needed, avoid using LLTs to build queries.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BFA104" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+    <w:p w14:paraId="23F03F16" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Consider saving the </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t>d query for future use; maintenance is necessary for MedDRA version changes.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F90FA7B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001B41B1" w:rsidRDefault="00035937" w:rsidP="00A327C4">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> query for future use; maintenance is necessary for MedDRA version changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B0ECF5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001B41B1" w:rsidRDefault="00035937" w:rsidP="00A327C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0DDD">
         <w:t>customise</w:t>
       </w:r>
       <w:r>
-        <w:t>d query that may be useful to other MedDRA users can be submitted to the MSSO as a Change request for possible development as an SMQ.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57E62D67" w14:textId="77777777" w:rsidR="00EF58BC" w:rsidRDefault="00EF58BC">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> query that may be useful to other MedDRA users can be submitted to the MSSO as a Change request for possible development as an SMQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687F5528" w14:textId="77777777" w:rsidR="00EF58BC" w:rsidRDefault="00EF58BC">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3468B7C3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="77F2DDC8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc521501623"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc426891646"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>APPENDIX</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="305E8A88" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:bookmarkEnd w:id="164"/>
+    </w:p>
+    <w:p w14:paraId="3B334455" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc521501624"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc426891647"/>
       <w:r>
         <w:t>Links and References</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="35F56351" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
+      <w:bookmarkEnd w:id="165"/>
+    </w:p>
+    <w:p w14:paraId="38D14254" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t>The following documents and tools can be found on the MedDRA website: (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00AD4841">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.meddra.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AD4841">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EFE116" w14:textId="7275504D" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+    <w:p w14:paraId="4EEA5500" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider document (also available on </w:t>
       </w:r>
       <w:r w:rsidR="005922C8">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD4841">
         <w:t>JMO</w:t>
       </w:r>
       <w:r w:rsidR="005922C8">
         <w:t xml:space="preserve"> website</w:t>
       </w:r>
       <w:r w:rsidR="007C4AC2">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00312962">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00312962" w:rsidRPr="00312962">
         <w:t>www.pmrj.jp/jmo/</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD4841">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A765FA3" w14:textId="751CE486" w:rsidR="001C4E38" w:rsidRPr="00393C19" w:rsidRDefault="001C4E38" w:rsidP="00A327C4">
+    <w:p w14:paraId="0ECBBB97" w14:textId="77777777" w:rsidR="00D71560" w:rsidRPr="00D71560" w:rsidRDefault="00D71560" w:rsidP="00D71560">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="0A9AC77C" w14:textId="349B7222" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D71560">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider Condensed Version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E85A7C" w14:textId="77777777" w:rsidR="00D71560" w:rsidRPr="00D71560" w:rsidRDefault="00D71560" w:rsidP="00D71560">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6EE3A641" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D71560">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Data Retrieval and Presentation: Points to Consider Condensed Version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E41D97" w14:textId="77777777" w:rsidR="001C4E38" w:rsidRPr="00393C19" w:rsidRDefault="001C4E38" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4841">
-[...3 lines deleted...]
-    <w:p w14:paraId="2E6DED05" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+      <w:r w:rsidRPr="00393C19">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MedDRA Points to Consider Companion Document (also available on the JMO website: www.pmrj.jp/jmo/)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4FFBD3" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
-        <w:t>MedDRA Change Request Information document</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A2AB7C0" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+        <w:t>MedDRA Introductory Guide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7CC2EA" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
-        <w:t>MedDRA Web-</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="63D81FE8" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+        <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164E6F31" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
-        <w:t>MedDRA Desktop Browser</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="754CFB58" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+        <w:t>MedDRA Change Request Information document</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0C58A8" w14:textId="77777777" w:rsidR="008234EA" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
-        <w:t>MedDRA Version Report (lists all changes in new version) *</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="255346AC" w14:textId="77777777" w:rsidR="00776362" w:rsidRPr="008B21B4" w:rsidRDefault="008234EA" w:rsidP="008B21B4">
+        <w:t>MedDRA Web-</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4671">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4841">
+        <w:t>ased Browser</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6320">
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B2052B" w14:textId="77777777" w:rsidR="000F25E5" w:rsidRPr="00AD4841" w:rsidRDefault="000F25E5" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:rPr>
+          <w:ins w:id="166" w:author="Author"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="167" w:author="Author">
+        <w:r>
+          <w:t>MedDRA Mobile Browser*</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="167CF7D3" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4841">
+        <w:t>MedDRA Desktop Browser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533C0BC7" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4841">
+        <w:t>MedDRA Version Report (lists all changes in new version) *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419CBEFD" w14:textId="77777777" w:rsidR="00776362" w:rsidRPr="008B21B4" w:rsidRDefault="008234EA" w:rsidP="008B21B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
         <w:t>MedDRA Version Analysis Tool (compares any two versions) *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CAF6F3" w14:textId="77777777" w:rsidR="00D95335" w:rsidRDefault="00D95335" w:rsidP="00D95335">
+    <w:p w14:paraId="3557C6C1" w14:textId="77777777" w:rsidR="00D95335" w:rsidRDefault="00D95335" w:rsidP="00D95335">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
         <w:t>MedDRA Best Practices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3370802D" w14:textId="77777777" w:rsidR="00744B84" w:rsidRPr="00744B84" w:rsidRDefault="00744B84" w:rsidP="00A327C4">
+    <w:p w14:paraId="0370A199" w14:textId="77777777" w:rsidR="00744B84" w:rsidRPr="00744B84" w:rsidRDefault="00744B84" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Transition Date for the Next MedDRA Version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF20527" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+    <w:p w14:paraId="12F42900" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t>Production SMQ spreadsheet*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BC9BF5" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+    <w:p w14:paraId="3BD5A43D" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t>List of system tools that support SMQs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B7EA56" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
+    <w:p w14:paraId="0E0A9DB1" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
       <w:r w:rsidRPr="00AD4841">
         <w:t>*   Requires user ID and password to access</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A5A109" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
+    <w:p w14:paraId="4850477F" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="008234EA">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t>The following document can be found on the ICH website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00AD4841">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.ich.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AD4841">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651FAE29" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
+    <w:p w14:paraId="4AD3B5D1" w14:textId="77777777" w:rsidR="008234EA" w:rsidRPr="00AD4841" w:rsidRDefault="008234EA" w:rsidP="00A327C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4841">
         <w:t>ICH E2E: Pharmacovigilance Planning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B693736" w14:textId="77777777" w:rsidR="0096481B" w:rsidRPr="00333B7A" w:rsidRDefault="00560BFC" w:rsidP="004D27FA">
+    <w:p w14:paraId="36F2F53C" w14:textId="77777777" w:rsidR="0096481B" w:rsidRPr="00333B7A" w:rsidRDefault="00560BFC" w:rsidP="004D27FA">
       <w:r w:rsidRPr="00333B7A">
         <w:t xml:space="preserve">     The following report can be found on the CIOMS website (www.cioms.ch)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E77BDB3" w14:textId="77777777" w:rsidR="00560BFC" w:rsidRPr="00333B7A" w:rsidRDefault="00560BFC" w:rsidP="00560BFC">
+    <w:p w14:paraId="21B6BE43" w14:textId="77777777" w:rsidR="00560BFC" w:rsidRPr="00333B7A" w:rsidRDefault="00560BFC" w:rsidP="00560BFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333B7A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Development and Rational Use of Standardised MedDRA Queries (SMQs): Retrieving Adverse Drug Reactions with MedDRA. Second edition. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B566E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="743879F6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7AADE468" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="7C206256" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35ABC35C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0169877D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197276F7" w14:textId="77777777" w:rsidR="009B0C9F" w:rsidRDefault="009B0C9F">
+    <w:p w14:paraId="487F7ED5" w14:textId="77777777" w:rsidR="009B0C9F" w:rsidRDefault="009B0C9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEEC5CE" w14:textId="77777777" w:rsidR="00486719" w:rsidRPr="00BF77C9" w:rsidRDefault="00486719" w:rsidP="00035937">
+    <w:p w14:paraId="5E31829A" w14:textId="77777777" w:rsidR="00486719" w:rsidRPr="00BF77C9" w:rsidRDefault="00486719" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C276925" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2C6C2F5B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc521501625"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc426891648"/>
       <w:r>
         <w:t>Figures</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="168"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3183"/>
         <w:gridCol w:w="1273"/>
         <w:gridCol w:w="3081"/>
         <w:gridCol w:w="1273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="50BE26AB" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="11C5B121" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="717"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF98D33" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4D616EA1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">OTHER TERMINOLOGY </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46AAD8C9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2DDDF5A6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Bold"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PREFERRED TERMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="234B6938" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3725AF02" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No. of EVENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1046CA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3BB7A111" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">MedDRA Version </w:t>
             </w:r>
+            <w:ins w:id="169" w:author="Author">
+              <w:r w:rsidR="00360836">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="170" w:author="Author">
+              <w:r w:rsidR="00B8558C" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00B8558C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>19.0</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E7864C3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAACBA4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PREFERRED TERMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BBE5B36" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="49530A79" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="0023027B" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023027B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No. of EVENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="6B495DA5" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="743FE212" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2285"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE584C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="68290B6A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51EE1DD8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="09A7C5D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FBD730" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="045D84E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Upper respiratory tract infection</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="767B1F9B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="12C04373" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Nasopharyngitis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C786EF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="74E848B9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Infection</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6346356D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0E3AD905" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Lower respiratory tract infection</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="177C70E4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="02A45961" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Skin infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C038996" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="7605996E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EC20028" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="4FDBFDD5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="038CCF02" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="45A5C24C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BEE3659" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="031BC95C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CA7DE22" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5C08898A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F01841D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="4E915909" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18360422" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3911A050" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="1AB10490" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="336FFF4E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1052"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="789A8636" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="51D0B18B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Abdominal pain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1BCECF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4E37F5A4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D9CB84" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="53D76DBE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">Abdominal pain </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42616B82" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0A99F1B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Abdominal pain upper</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E662AED" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4EDA84DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Abdominal tenderness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208991A1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="302829DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58A4848F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0FDAEEBC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A7E4F32" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5D0567E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="41118B3C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="002F6AA7" w14:paraId="6AF42544" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1402"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1408C229" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6AA22CDF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Accidental injury</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0D5B10" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6AA06989" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6B492F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="26FD96A5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Injury</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64E357C7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="004065B6" w:rsidP="00D5138D">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="698904AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="002D725D" w:rsidP="00D5138D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:ins w:id="171" w:author="Author">
+              <w:r>
+                <w:t>Skin l</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="172" w:author="Author">
+              <w:r w:rsidR="004065B6" w:rsidDel="002D725D">
+                <w:delText>L</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:t>aceration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00AB66FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4884EDF6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Ligament sprain</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A9A5E0F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2EA9C80A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Back injury</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F174C1B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="426C0106" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BCF60E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="44701168" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DC5677E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1A588E89" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="592023FD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5260E9BF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="59174CF8" w14:textId="77777777" w:rsidR="00F35BFD" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="33469C96" w14:textId="77777777" w:rsidR="00F35BFD" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1 – How </w:t>
       </w:r>
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">data coded to a single </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>concept</w:t>
       </w:r>
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> from another terminology may be expressed by several PTs in MedDRA</w:t>
       </w:r>
       <w:r w:rsidR="005F67EF">
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC">
-        <w:t>Example as of MedDRA Version 19.0</w:t>
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="173" w:author="Author">
+        <w:r w:rsidR="00360836">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="174" w:author="Author">
+        <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC" w:rsidDel="00360836">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC">
+        <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00F35BFD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF0AD91" w14:textId="77777777" w:rsidR="00333B7A" w:rsidRDefault="00333B7A">
+    <w:p w14:paraId="36F1FC23" w14:textId="77777777" w:rsidR="00333B7A" w:rsidRDefault="00333B7A">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453F8DF5" w14:textId="77777777" w:rsidR="005F67EF" w:rsidRPr="005F67EF" w:rsidRDefault="005F67EF" w:rsidP="00035937"/>
+    <w:p w14:paraId="7C6295CA" w14:textId="77777777" w:rsidR="005F67EF" w:rsidRPr="005F67EF" w:rsidRDefault="005F67EF" w:rsidP="00035937"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9528" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2074"/>
         <w:gridCol w:w="1938"/>
         <w:gridCol w:w="1732"/>
         <w:gridCol w:w="1964"/>
         <w:gridCol w:w="1820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="36B91A3D" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5A5556B3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="236"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3235DAA1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="6D1966BC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="5711182C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="028719FC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>OTHER TERMINOLOGY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3784" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="45D926FA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00E13CB0">
+          <w:p w14:paraId="13FC8A61" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00E13CB0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MedDRA Version </w:t>
             </w:r>
+            <w:ins w:id="175" w:author="Author">
+              <w:r w:rsidR="00360836">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:snapToGrid w:val="0"/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="176" w:author="Author">
+              <w:r w:rsidR="002660B1" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:snapToGrid w:val="0"/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="002660B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7AED0AF6" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="073490F2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="416"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="763072B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="16EBE8FF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>Reported Event</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BACFD04" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="73563B8D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>(% subjects)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76736116" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4E3783E9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>Coded Term</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="436072A4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="42CC6CDE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>(% subjects)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661ADBE9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="377957B7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>Body System/SOC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F736DC9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4526E3DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>(% subjects)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A478052" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="00009411" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>PT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2412D4DC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="313D108A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>(% subjects)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="017CB432" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0EB0591A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>SOC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2819A574" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1E56E8FA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>(% subjects)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6D1070A8" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="1272F0D8" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72CA7111" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="06A94A64" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>Hyperglycaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B609EC6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="279793D4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>Hyperglyc</w:t>
             </w:r>
             <w:r w:rsidR="008C0F9B">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t>emia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> (10.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24B7E6AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="7D0EFA03" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Metabolism &amp; nutritional disorders (10.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E193F08" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="429A48AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:t>Hyperglycaemia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> (4.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6993FAFB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="33E27A19" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Metabolism and nutrition disorders (4.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7EEEA68F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6FEF0591" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABED871" w14:textId="77777777" w:rsidR="004F39EA" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5E8E4730" w14:textId="77777777" w:rsidR="004F39EA" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1757"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>Increased blood sugar (2.7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="768220D1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="134DE989" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7931F3D9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="2F04F23B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C64CAD7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="6BCD8385" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11C64917" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="463B6719" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="1799D5C4" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7ABEADB0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2478A66D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3FB58390" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Glucose increased (2.2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43955B6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="3184F6C4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E0FE13" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="54FB93AB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="797FEF72" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="525CF87D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C11F2BB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="53B5A66E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="769EB54B" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2E05C415" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03AA6DEA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="001A3014" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Blood glucose high (1.0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4755D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="07B31B8D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17B4FCEA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="7D34B11C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15574E63" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="697B72ED" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Blood glucose increased (6.4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5166FA57" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3FF4D114" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Investigations (6.4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5ACFE011" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3E795679" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="419DE858" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2E402EF9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>Increasing glucoses (0.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E75999" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="6F56DC06" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0365366D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="7243BCA6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE5A007" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="2BA930DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703921BA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="14C4017A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73D3E3FC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="004D27FA" w:rsidRDefault="00971EF0" w:rsidP="00035937">
+    <w:p w14:paraId="4FF73FCA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="004D27FA" w:rsidRDefault="00971EF0" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 2 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Multiple MedDRA terms may be used to code similar medical conditions included in a “disorder SOC”; associated laboratory findings are in SOC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Investigations</w:t>
       </w:r>
       <w:r w:rsidR="005F67EF">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC">
-        <w:t>Example as of MedDRA Version 19.0</w:t>
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="177" w:author="Author">
+        <w:r w:rsidR="00360836">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="178" w:author="Author">
+        <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC" w:rsidDel="00360836">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00F35BFD" w:rsidRPr="00D228CC">
+        <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00F35BFD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DE2566" w14:textId="77777777" w:rsidR="000114E0" w:rsidRDefault="000114E0" w:rsidP="00035937">
+    <w:p w14:paraId="5B570E6F" w14:textId="77777777" w:rsidR="000114E0" w:rsidRDefault="000114E0" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10278" w:type="dxa"/>
         <w:tblInd w:w="-492" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2448"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5EEE61B0" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="284B2F62" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4D6E6E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="35D1A14D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Preferred Terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="18924A87" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4625CCCE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Events/Cases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F41EB58" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="332EDFC4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="1F570050" w14:textId="77777777">
+      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="3A127400" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7A268B27" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="67657986" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="33B55ECA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="003E6B32" w:rsidP="00E13CB0">
+          <w:p w14:paraId="3AF3E8FD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="003E6B32" w:rsidP="00E13CB0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">MedDRA </w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
             <w:r w:rsidR="005B3209">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> 18.1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:ins w:id="179" w:author="Author">
+              <w:r w:rsidR="00D539B3">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>22</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="180" w:author="Author">
+              <w:r w:rsidR="005B3209" w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:delText>18</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidR="005B3209">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="50023C88" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="003E6B32" w:rsidP="00E13CB0">
+          <w:p w14:paraId="3A3E0D8C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="003E6B32" w:rsidP="00E13CB0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">MedDRA </w:t>
             </w:r>
             <w:r w:rsidR="00817C94" w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
             <w:r w:rsidR="005B3209">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> 19.0</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:ins w:id="181" w:author="Author">
+              <w:r w:rsidR="00D539B3">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="182" w:author="Author">
+              <w:r w:rsidR="005B3209" w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidR="005B3209">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="00D8FC63" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="799A9351" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="2F3D63C0" w14:textId="77777777">
+      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="4FD5F64E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67B3C631" w14:textId="77777777" w:rsidR="004F39EA" w:rsidRPr="005964C5" w:rsidRDefault="00EA01CE" w:rsidP="00D5138D">
-[...21 lines deleted...]
-            <w:bookmarkEnd w:id="70"/>
+          <w:p w14:paraId="70F8FB4A" w14:textId="77777777" w:rsidR="00233789" w:rsidRDefault="00D539B3" w:rsidP="00A477C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="183" w:name="OLE_LINK18"/>
+            <w:ins w:id="184" w:author="Author">
+              <w:r w:rsidRPr="00D539B3">
+                <w:t xml:space="preserve">Fractured ischium </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="185" w:author="Author">
+              <w:r w:rsidR="00EA01CE" w:rsidRPr="00D539B3" w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Metastatic pain </w:delText>
+              </w:r>
+              <w:r w:rsidR="00E6015E" w:rsidRPr="00D539B3" w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="183"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C735EE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1ACD372D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="536CD1D0" w14:textId="77777777" w:rsidR="0046531A" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4DCA8566" w14:textId="77777777" w:rsidR="0046531A" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2232"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B9F733" w14:textId="77777777" w:rsidR="0046531A" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6D6C81E7" w14:textId="77777777" w:rsidR="0046531A" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2232"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>(no longer a PT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="494D22D0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="005B3209" w:rsidP="00D5138D">
+          <w:p w14:paraId="76C071AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="005B3209" w:rsidP="00D539B3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">In MedDRA Version </w:t>
             </w:r>
+            <w:ins w:id="186" w:author="Author">
+              <w:r w:rsidR="00D539B3">
+                <w:t>22</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="187" w:author="Author">
+              <w:r w:rsidDel="00D539B3">
+                <w:delText>18</w:delText>
+              </w:r>
+            </w:del>
             <w:r>
-              <w:t>18.1</w:t>
+              <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:ins w:id="188" w:author="Author">
+              <w:r w:rsidR="00D539B3" w:rsidRPr="00D539B3">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Fractured ischium</w:t>
+              </w:r>
+              <w:r w:rsidR="00D539B3" w:rsidRPr="00D539B3">
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="189" w:author="Author">
+              <w:r w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Metastatic pain</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="005964C5" w:rsidDel="00D539B3">
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005964C5">
+              <w:t xml:space="preserve">was a PT and in Version </w:t>
+            </w:r>
+            <w:ins w:id="190" w:author="Author">
+              <w:r w:rsidR="00D539B3">
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="191" w:author="Author">
+              <w:r w:rsidDel="00D539B3">
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve"> it was demoted to an LLT under PT </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:ins w:id="192" w:author="Author">
+              <w:r w:rsidR="00184B29">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Pelvic fracture</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="193" w:author="Author">
+              <w:r w:rsidDel="00184B29">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText>Ca</w:delText>
+              </w:r>
+              <w:r w:rsidDel="00D539B3">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:delText xml:space="preserve">ncer pain </w:delText>
+              </w:r>
+            </w:del>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="116A13F0" w14:textId="77777777">
+      <w:tr w:rsidR="00B578D1" w:rsidRPr="00504E79" w14:paraId="0E93C517" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61287C96" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00EA01CE" w:rsidP="00D5138D">
-[...7 lines deleted...]
-            <w:bookmarkEnd w:id="71"/>
+          <w:p w14:paraId="5E56DCEF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00306F9A" w:rsidP="00D5138D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="194" w:name="OLE_LINK19"/>
+            <w:ins w:id="195" w:author="Author">
+              <w:r>
+                <w:t>Pelvic fracture</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="196" w:author="Author">
+              <w:r w:rsidR="00EA01CE" w:rsidDel="00306F9A">
+                <w:delText xml:space="preserve">Cancer pain </w:delText>
+              </w:r>
+            </w:del>
+            <w:bookmarkEnd w:id="194"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69407D67" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00DC75D7" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="4566AB6B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00DC75D7" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC75D7">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A17BC5F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00971EF0" w:rsidP="00D5138D">
+          <w:p w14:paraId="0ECB059C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00971EF0" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2BA26E31" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00D5138D">
+          <w:p w14:paraId="1DA2EE11" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D8B9244" w14:textId="77777777" w:rsidR="0010097E" w:rsidRDefault="00971EF0" w:rsidP="00035937">
+    <w:p w14:paraId="55FCBEB3" w14:textId="77777777" w:rsidR="0010097E" w:rsidRDefault="00971EF0" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Impact of MedDRA version changes – demotion of a PT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E76F765" w14:textId="77777777" w:rsidR="005B3209" w:rsidRPr="005B3209" w:rsidRDefault="005E61A7" w:rsidP="00035937">
+    <w:p w14:paraId="5C2CAD78" w14:textId="77777777" w:rsidR="005B3209" w:rsidRPr="005B3209" w:rsidRDefault="005E61A7" w:rsidP="00035937">
       <w:r w:rsidRPr="00A1236C">
-        <w:t>Example as of MedDRA Version 18.1 and 19.0</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14FDBC7B" w14:textId="77777777" w:rsidR="0010097E" w:rsidRDefault="0010097E" w:rsidP="00035937">
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="197" w:author="Author">
+        <w:r w:rsidR="00184B29">
+          <w:t>22</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="198" w:author="Author">
+        <w:r w:rsidRPr="00A1236C" w:rsidDel="00184B29">
+          <w:delText>18</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00A1236C">
+        <w:t xml:space="preserve">.1 and </w:t>
+      </w:r>
+      <w:ins w:id="199" w:author="Author">
+        <w:r w:rsidR="00184B29">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="200" w:author="Author">
+        <w:r w:rsidRPr="00A1236C" w:rsidDel="00184B29">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00A1236C">
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3907C9A2" w14:textId="77777777" w:rsidR="0010097E" w:rsidRDefault="0010097E" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6534658A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
+    <w:p w14:paraId="7ACF1B0C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="OLE_LINK3"/>
+      <w:bookmarkStart w:id="201" w:name="OLE_LINK3"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="410C7EAB" wp14:editId="17643EB0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E1D8F9C" wp14:editId="0F1B2EDD">
             <wp:extent cx="5692140" cy="4518660"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print"/>
+                    <a:blip r:embed="rId23" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5692140" cy="4518660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="26285B71" w14:textId="77777777" w:rsidR="008E394E" w:rsidRDefault="00035937">
+      <w:bookmarkEnd w:id="201"/>
+    </w:p>
+    <w:p w14:paraId="764D9B55" w14:textId="77777777" w:rsidR="008E394E" w:rsidRDefault="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure 4 – Primary SOC output listing</w:t>
       </w:r>
       <w:r w:rsidR="006B447C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, MedDRA Version 17.1</w:t>
       </w:r>
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15637,2236 +16107,2257 @@
       <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> example</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">.  Note that some PTs are </w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>multiaxial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, however, this figure shows only the primary SOC assignments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7548BEA3" w14:textId="77777777" w:rsidR="00333B7A" w:rsidRDefault="00333B7A">
+    <w:p w14:paraId="1A4D1560" w14:textId="77777777" w:rsidR="00333B7A" w:rsidRDefault="00333B7A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C66316" w14:textId="77777777" w:rsidR="00537ECA" w:rsidRDefault="00537ECA">
+    <w:p w14:paraId="1A39C358" w14:textId="77777777" w:rsidR="00537ECA" w:rsidRDefault="00537ECA">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9339" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4462"/>
         <w:gridCol w:w="4877"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="678E3D42" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="40869C5B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="255"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD3FDD0" w14:textId="524091D0" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="008E394E" w:rsidP="00D5138D">
+          <w:p w14:paraId="3507B4AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="008E394E" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="00817C94" w:rsidRPr="00D5138D">
-[...32 lines deleted...]
-          <w:p w14:paraId="52BCDE98" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+            <w:ins w:id="202" w:author="Author">
+              <w:r w:rsidR="00360836" w:rsidRPr="00D5138D" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="203" w:author="Author">
+              <w:r w:rsidR="00817C94" w:rsidRPr="00D5138D" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText xml:space="preserve">MedDRA Version </w:delText>
+              </w:r>
+              <w:r w:rsidR="003E6B32" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+              <w:r w:rsidR="00F91742" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>2.</w:delText>
+              </w:r>
+              <w:r w:rsidR="00142F77" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>1</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="03AB230C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>English Alphabetical Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B44962" w14:textId="1226C2AA" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="576C40CD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:del w:id="204" w:author="Author">
+              <w:r w:rsidRPr="00D5138D" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText xml:space="preserve">MedDRA Version </w:delText>
+              </w:r>
+              <w:r w:rsidR="003E6B32" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+              <w:r w:rsidR="00F91742" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>2.</w:delText>
+              </w:r>
+              <w:r w:rsidR="00684C98" w:rsidDel="00360836">
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText>1</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="6EFED036" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">MedDRA Version </w:t>
-[...41 lines deleted...]
-              </w:rPr>
               <w:t>Internationally Agreed Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="1204DBFF" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="59F17775" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="133"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D10D2E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="072928E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Blood and lymphatic system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF36F62" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5112D13A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Infections and infestations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="65D6F097" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="6AD3B9EF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F786D7F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1F80B818" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Cardiac disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0D9341" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="28233C79" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="11A0DE5C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3B686CF2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="178"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D8B1BE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5790E6B5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Congenital, familial and genetic disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7127742D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6CEF8258" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Blood and lymphatic system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3B46416F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="1E7545F7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="178"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637F2B23" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="302846DF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ear and labyrinth disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20A6D501" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1433B361" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Immune system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="11F4EBA5" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="5224EC42" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="169"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11491066" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="1409D147" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Endocrine disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B06E110" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="57AE3B47" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Endocrine disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3A5284FC" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="5ACCD9C0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="169"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C00E1B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6D88752B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Eye disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48DF51D0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2703E09E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Metabolism and nutrition disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="33FCA1E6" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="5274035E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="160"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC48B05" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="7FCA781B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gastrointestinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3115FFA1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="156EB074" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Psychiatric disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="1A710AC3" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3D1D619B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="124"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDBC94C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="47B213F3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>General disorders and administration site conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73C65328" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="15B43336" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nervous system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="74C77950" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="645F700A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="187"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB69D99" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2B36399F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Hepatobiliary disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C8F0B7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5A4D5915" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Eye disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="540AE30E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="42A2EC90" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="178"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2385F44A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="3C5A21AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Immune system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F98908" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="68CAAEDB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ear and labyrinth disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3C89EB2C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="5DF000F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="178"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40B5602F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="7F5A2474" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Infections and infestations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0937CB96" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="403575AB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Cardiac disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="67411793" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="108862A1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="214"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="120FBADF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5B6176B1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Injury, poisoning and procedural complications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0080C639" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="45134D46" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Vascular disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="5A7274F8" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="347476A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="160"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47325C50" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5B3C790D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="720C3C4E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="39FCDB43" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="38E4A9BF" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="050FD4E8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="142"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73FE3903" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="72F7B76E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Metabolism and nutrition disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ADE3002" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2444F8F7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gastrointestinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="285F123C" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="08B47F0D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="196"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3750E951" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="4B676C19" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Musculoskeletal and connective tissue disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3613959A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="59AACE2D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Hepatobiliary disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="16F6F6DB" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="6F6B6028" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624B40BE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0F7ABC04" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFF94A8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="728B91F5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Skin and subcutaneous tissue disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="2DD324C3" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="396EF773" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="142"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B68F2EC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="0554DDFD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nervous system disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="243C0687" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="23D4E557" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Musculoskeletal and connective tissue disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="51FE2880" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="72EA7381" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="196"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18361DC4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="7117BD22" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F20A245" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="36BFB0B2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Renal and urinary disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="392D4602" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="75C28BBF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="169"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E64A506" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="275E09B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Product issues</w:t>
             </w:r>
             <w:r w:rsidR="005E361B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="161B8796" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="5DA749AE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="1AD79BBA" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="140CF347" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="142"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18E37D44" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="43782209" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Psychiatric disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A495891" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="72BE92A7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Reproductive system and breast disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="6079B357" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="34AA07DD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="124"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7DFB5F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="4FDD9FC4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Renal and urinary disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68214C51" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="04470C28" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Congenital, familial and genetic disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3713607E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="4DA56116" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="187"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E1EA5F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="79FC7F00" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Reproductive system and breast disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70E90936" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="66A11B68" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>General disorders and administration site conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="04C375CB" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="7180C9FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="160"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D698F9F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="002A7828">
+          <w:p w14:paraId="5C8A6FF1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="002A7828">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55B7BC66" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="45F5606B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="6ECD20BA" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="69BE7CC4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="142"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598A8CF7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="74D1653E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Skin and subcutaneous tissue disorders</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334EBD9E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2025EB3E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Injury, poisoning and procedural complications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="4173DAB1" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="3CF1E293" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="196"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6D609A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="4BC563D6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Social circumstances</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="551FD67A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="6E93F383" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Surgical and medical procedures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="6198C599" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00D5138D" w14:paraId="56585EBC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="169"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14998003" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="268DF027" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Surgical and medical procedures</w:t>
             </w:r>
             <w:r w:rsidRPr="00D5138D" w:rsidDel="002A7828">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD0A00C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
+          <w:p w14:paraId="2E42DE56" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00D5138D" w:rsidRDefault="00817C94" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Social circumstances</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7828" w:rsidRPr="00D5138D" w14:paraId="3EA770F9" w14:textId="77777777">
+      <w:tr w:rsidR="002A7828" w:rsidRPr="00D5138D" w14:paraId="7A54673F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="169"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE1653C" w14:textId="77777777" w:rsidR="002A7828" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="173735CE" w14:textId="77777777" w:rsidR="002A7828" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="70"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5138D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Vascular disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="10" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF582CB" w14:textId="77777777" w:rsidR="002A7828" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
+          <w:p w14:paraId="3C17DBB4" w14:textId="77777777" w:rsidR="002A7828" w:rsidRPr="00D5138D" w:rsidRDefault="002A7828" w:rsidP="00D5138D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Product issues</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38A5E862" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
-      <w:pPr>
+    <w:p w14:paraId="1309DA72" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00360836" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:r w:rsidRPr="009922FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009922FE">
+        <w:t>Figure 5 – The alphabetical SOC order (in English) and the Internationally Agreed Order of SOCs</w:t>
+      </w:r>
+      <w:ins w:id="205" w:author="Author">
+        <w:r w:rsidR="00360836">
+          <w:rPr>
+            <w:i/>
+          </w:rPr>
+          <w:t xml:space="preserve">. </w:t>
+        </w:r>
+        <w:r w:rsidR="00360836">
+          <w:t xml:space="preserve">Example as of MedDRA Version 23.0. </w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7C0DF2F2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Figure 5 – The alphabetical SOC order (in English) and the Internationally Agreed Order of SOCs</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FD0CEF8" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2E1C35" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18A0D1FE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="09FD057C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BC5B43C" wp14:editId="6AA05AE1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20E189F0" wp14:editId="077571C4">
             <wp:extent cx="5486400" cy="3832860"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23" cstate="print"/>
+                    <a:blip r:embed="rId24" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3832860"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082E441F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4AC80C8F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure 6 – Example of a graphical display (frequency by primary SOC)</w:t>
       </w:r>
       <w:r w:rsidRPr="001D49E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F7FFD9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00340FBB" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7796B1B9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00340FBB" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521F1693" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
+    <w:p w14:paraId="6B2CF5FF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00142F77" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24CB57F6" wp14:editId="27FA3343">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Picture 4" descr="socmultg_a"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F9A1ACF" wp14:editId="1603504B">
+            <wp:extent cx="5575300" cy="4914900"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="19" name="Picture 19" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.49.32 PM.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="socmultg_a"/>
+                    <pic:cNvPr id="0" name="Picture 19" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.49.32 PM.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print"/>
+                    <a:blip r:embed="rId25"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="5943600"/>
+                      <a:ext cx="5575300" cy="4914900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB1F13A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="36E63824" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 7 – Example of a graphical display (frequency by primary and secondary SOC) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E800027" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="39048456" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F92E051" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7D55A71D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10B4388E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="6CEA4ABE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
+    <w:p w14:paraId="59F8F580" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="3EEF13FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="448D6256" wp14:editId="7F0264A4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="182BFF9A" wp14:editId="6AF96CD1">
             <wp:extent cx="5486400" cy="2933700"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25" cstate="print"/>
+                    <a:blip r:embed="rId26" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="2933700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73424CD6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="74DE4DE9" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure 8 – Example of a tabular</w:t>
       </w:r>
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> display (frequency by primary SOC)</w:t>
       </w:r>
       <w:r w:rsidRPr="001D49E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518AAAA6" w14:textId="77777777" w:rsidR="00F4567C" w:rsidRDefault="00F4567C" w:rsidP="00035937"/>
-    <w:p w14:paraId="4FC1745A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0F5FD9A9" w14:textId="77777777" w:rsidR="00F4567C" w:rsidRDefault="00F4567C" w:rsidP="00035937"/>
+    <w:p w14:paraId="6B2DDF2A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B997690" w14:textId="77777777" w:rsidR="0096481B" w:rsidRDefault="00EE60DB" w:rsidP="004D27FA">
+    <w:p w14:paraId="59D745FE" w14:textId="77777777" w:rsidR="0096481B" w:rsidRDefault="00EE60DB" w:rsidP="004D27FA">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19DBDAE5" wp14:editId="22694BA6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DD07EC4" wp14:editId="429C1452">
             <wp:extent cx="6362700" cy="3779520"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26" cstate="print"/>
+                    <a:blip r:embed="rId27" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6362700" cy="3779520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -17875,1897 +18366,1963 @@
       <w:r w:rsidR="00035937" w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>a – The upper bar of each pair represents numbers of reports from Consumers (blue) and the lower bar reports from Health Care Professionals (red) (Population 1)</w:t>
       </w:r>
       <w:r w:rsidR="00F4567C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5966524B" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00F4567C">
+    <w:p w14:paraId="32A5054E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00EE60DB" w:rsidP="00F4567C">
       <w:pPr>
         <w:ind w:left="-480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C87EB95" wp14:editId="45658985">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78C47603" wp14:editId="23F04455">
             <wp:extent cx="6454140" cy="3512820"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27" cstate="print"/>
+                    <a:blip r:embed="rId28" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6454140" cy="3512820"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456FFB3C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7FC9479D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="00DE4D4B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>b – The upper bar of each pair represents numbers of reports from Consumers (blue) and the lower bar reports from Health Care Professionals (red) (Population 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74060D87" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="67CD60C5" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2741E0FE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4D0666D1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="256127F2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
+    <w:p w14:paraId="09A3466E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="001D49E8" w:rsidRDefault="00EE60DB" w:rsidP="00035937">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63599DB6" wp14:editId="00044CA0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="537A3271" wp14:editId="11EDF06C">
             <wp:extent cx="6019800" cy="4000500"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28" cstate="print"/>
+                    <a:blip r:embed="rId29" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6019800" cy="4000500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidR="00035937">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00035937" w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> – For a small dataset, a display of PTs may be adequate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B46472F" w14:textId="77777777" w:rsidR="00F4567C" w:rsidRDefault="00F4567C">
-[...4 lines deleted...]
-    <w:p w14:paraId="72258880" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00460E08" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="57D1B005" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="225A834A" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="056B6EB3" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="05828114" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="7A9E8AA5" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="2F39C67E" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="56808EA3" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="1CECEC44" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="4830B981" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="10496AAD" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="6B8E1608" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="44F03109" w14:textId="77777777" w:rsidR="0031559A" w:rsidRDefault="0031559A"/>
+    <w:p w14:paraId="4D95F11F" w14:textId="77777777" w:rsidR="00F4567C" w:rsidRDefault="00F4567C"/>
+    <w:p w14:paraId="0C501DB6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00460E08" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460E08">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SOC </w:t>
       </w:r>
       <w:r w:rsidRPr="00460E08">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Infections and infestations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F279B5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="789094B9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504E79">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Primary SOC Analysis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5697"/>
         <w:gridCol w:w="1547"/>
         <w:gridCol w:w="1566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="705E2FD9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="55E5AC16" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0533DB1E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EB64B9">
+          <w:p w14:paraId="5DA67398" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EB64B9">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Adverse Event (MedDRA v</w:t>
             </w:r>
+            <w:ins w:id="206" w:author="Author">
+              <w:r w:rsidR="002D725D">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="207" w:author="Author">
+              <w:r w:rsidR="00161787" w:rsidDel="002D725D">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00161787">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3169B084" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="55AD67C2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">25 mg </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>MyDrug</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (N=44)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA58EA5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="787259A3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Placebo (N=15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="242E71C3" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="0912B14D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685E84DA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="6707BB28" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Infections and infestations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1B8421" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2EA3CE57" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>14 (31.8%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73A88CCC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="5D2FAD28" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>4 (26.7%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7ED1912F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="4AB37EE3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24CEFEDD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2D287B50" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Upper respiratory tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34142087" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="050F8994" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0330B662" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="401D9A41" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="505398CB" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7B1E935F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BBB222" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="6317AB0C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Sinusitis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63ADAF12" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="1E09CA5F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192234E3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="78A55E46" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="50913FF4" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="43F68F2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="321983A8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="5F088BBC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Urinary tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17DC8AB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="65E59E9C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02C166CC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3502B56B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="233537A9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2227AD55" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4F550C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="64DFB239" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Ear infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="517EA34C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="74C51EBA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024B70DB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="4938C699" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6B29A864" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="34630405" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA5076B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="67314FDF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Viral infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="151A671F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="69D20E7A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F2BC2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3A8250D0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6CF7916D" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="49720B2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382DFE50" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="559E0018" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Bronchitis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="578211D0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="29766F1D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33F22EBB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3F916F92" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5F0A53D0" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5008E11B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7092E61A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3723C711" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Influenza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9255AD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7298AB78" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEDACC8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="65F701B1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2B4F3895" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7FA6E613" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3E46A1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7FB0A1AC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Localised</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32284FD4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="36372DA9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8B3A7A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7DDF6EB4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="52AC0604" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="257FA3D2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="193A72F0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="40D55C51" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Lower respiratory tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72582D9D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="54435B2D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDAC45D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="370DBFB0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3C27F7A7" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="290672DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6FA650" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2CBC83CF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Pneumonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="524C2341" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="571971D7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF1466F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="0631368D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3F78CF68" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3BE28672" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645487A6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7770CE70" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Tooth abscess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E4DE2C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3DAC9633" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2C02EA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="210AF194" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18B9A120" w14:textId="77777777" w:rsidR="005F67EF" w:rsidRPr="005F67EF" w:rsidRDefault="005F67EF" w:rsidP="005F67EF">
+    <w:p w14:paraId="7C4C886B" w14:textId="77777777" w:rsidR="005F67EF" w:rsidRPr="005F67EF" w:rsidRDefault="005F67EF" w:rsidP="005F67EF">
       <w:r w:rsidRPr="005F67EF">
-        <w:t xml:space="preserve">Example as of MedDRA Version 19.0 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24670206" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="208" w:author="Author">
+        <w:r w:rsidR="002D725D">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="209" w:author="Author">
+        <w:r w:rsidRPr="005F67EF" w:rsidDel="002D725D">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="005F67EF">
+        <w:t xml:space="preserve">.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1A7C3D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC558E7" w14:textId="77777777" w:rsidR="008F5BE2" w:rsidRDefault="008F5BE2">
+    <w:p w14:paraId="561D044E" w14:textId="77777777" w:rsidR="008F5BE2" w:rsidRDefault="008F5BE2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F05CA7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00971EF0" w:rsidP="00035937">
+    <w:p w14:paraId="323AFD80" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00504E79" w:rsidRDefault="00971EF0" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Secondary SOC Analysis (same data as above)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1551"/>
         <w:gridCol w:w="1571"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="13A012FD" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="373A5A31" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="071F3821" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EB64B9">
+          <w:p w14:paraId="1C1BF730" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="00EB64B9">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Adverse Event (MedDRA v</w:t>
             </w:r>
+            <w:ins w:id="210" w:author="Author">
+              <w:r w:rsidR="002D725D">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="211" w:author="Author">
+              <w:r w:rsidR="00161787" w:rsidDel="002D725D">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:delText>19</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00161787">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>19.0</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="53B90C13" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="77E69E30" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">25 mg </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>MyDrug</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (N=44)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1116AE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="654F88A7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Placebo (N=15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="073A2ACF" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="06071325" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7F053E76" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="54A2D660" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="47F93F3F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2618E165" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D88F714" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="587625FE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Upper respiratory tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7B96BA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="479C59EA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22523CF5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="54323B46" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="4417B44A" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="74E47B9A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFC2F3A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="238BA7ED" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Sinusitis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48AC87A8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3FB5E678" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDD0BBB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="40576C59" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6FF5D620" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="07468082" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6C4CEE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7C66CB03" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Bronchitis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41D01C54" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="0E872CE7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67DBA27F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="72D2424D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="4A606178" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="0603B9D7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45246A5C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="36BCAA82" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Influenza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21111215" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7EE6084D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26EF6E1F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="59D97253" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7FD7D431" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5A8711D8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8819FF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="57FD1EDB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Lower respiratory tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="765A50EE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2495A8C7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01DFC010" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="1C789F61" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="0037AB59" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="17D94B66" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15F4465B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="0AC481DC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Pneumonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="573BC07D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2FB68819" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A54546D" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="0890033F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2BE5739F" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3A77567F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="72B52F53" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="062E54C9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>SOC</w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Infections and infestations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="7C05F4A2" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="56EF0561" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C91755A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="0F3E17D0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Viral infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134FC854" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="5C243996" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C4EEB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="74C22414" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="6F560F90" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="5A86A292" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B86E045" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="2AAE4CA8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Localised</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50565C74" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7BBF8A84" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C25C07C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7E31E0B6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="3C810DCF" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="79C7DE97" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="53A00232" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7A17B000" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Renal and urinary disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="59634BD9" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="57550B54" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFB8947" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="03B34AF5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Urinary tract infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75CE42C7" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="104F5579" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E4D245" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="4E8ECCD6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="2D0991B2" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="491C3065" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5161B92B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="74A06A55" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Ear and labyrinth disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="0607280E" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="030CADBA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="632722CB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="597973B9" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Ear infection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F6EAA5F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="235962AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="038AFC8C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="372AE129" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="009FEB14" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00504E79" w14:paraId="514265EE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5B986678" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="18716528" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">SOC </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Gastrointestinal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035937" w:rsidRPr="00460E08" w14:paraId="2A8DB11B" w14:textId="77777777">
+      <w:tr w:rsidR="00035937" w:rsidRPr="00460E08" w14:paraId="35A4CED8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120A1DCF" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="7B4D475B" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t xml:space="preserve">      PT </w:t>
             </w:r>
             <w:r w:rsidRPr="00F656FF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Tooth abscess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292642E0" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="5EB75D7A" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE064F4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
+          <w:p w14:paraId="3B89EF0E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="005964C5" w:rsidRDefault="00817C94" w:rsidP="008D21F1">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="005964C5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18D02D7B" w14:textId="77777777" w:rsidR="0054279E" w:rsidRPr="005F67EF" w:rsidRDefault="0054279E" w:rsidP="00035937">
+    <w:p w14:paraId="0E9FF762" w14:textId="77777777" w:rsidR="0054279E" w:rsidRPr="005F67EF" w:rsidRDefault="0054279E" w:rsidP="00035937">
       <w:r w:rsidRPr="005F67EF">
-        <w:t xml:space="preserve">Example as of MedDRA Version 19.0 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="056D84E7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+        <w:t xml:space="preserve">Example as of MedDRA Version </w:t>
+      </w:r>
+      <w:ins w:id="212" w:author="Author">
+        <w:r w:rsidR="004C7143">
+          <w:t>23</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="213" w:author="Author">
+        <w:r w:rsidRPr="005F67EF" w:rsidDel="004C7143">
+          <w:delText>19</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="005F67EF">
+        <w:t xml:space="preserve">.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E225F2" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure 11</w:t>
       </w:r>
       <w:r w:rsidRPr="001D49E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Programmed primary and secondary SOC outputs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559054C1" w14:textId="77777777" w:rsidR="007D60D6" w:rsidRDefault="007D60D6">
+    <w:p w14:paraId="63D6895B" w14:textId="77777777" w:rsidR="007D60D6" w:rsidRDefault="007D60D6">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D104ADB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="38605D19" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Asthma/bronchospasm (SMQ) Cases –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Narrow</w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Search</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151465C3" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="63E05748" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(since 1-JAN-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>08)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A90B824" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="30813EC6" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF50FCD" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6951EEB2" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="506BF354" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="073F086C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ID        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MedDRA_PT</w:t>
       </w:r>
@@ -19779,338 +20336,348 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">REPORT_VERBATIM         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>DATE_CREATED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5862BEC5" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1832BDFA" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-------------------------------------------------------------------------------------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-----------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3D82ED" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6DAECFC6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55D4A57F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6665C25C" w14:textId="2CE41351" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>045</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Asthma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> attack</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009910B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">01-APR-2008                          </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DDEC73" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="68DE1EC2" w14:textId="44C5C28C" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Severe asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009910B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">10-JUN-2008                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C4E686" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="2C4EE26D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>060</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Asthma exercise induced </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma when exercising</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">30-MAY-2008           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CC67FC" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6951434A" w14:textId="71C55092" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">091 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bronchospasm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Spasms, bronchial                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>12-AUG-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BE2F6C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6D8F69F6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>074</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bronchospasm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -20132,236 +20699,236 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Bronchoconstriction  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">03-JUL-2008               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582E2C42" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="31E0FAC7" w14:textId="39B0D777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial hyperreactivity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Airways hyperreactive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">20-SEP-2008             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E64BAA3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="1F017A3D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>069</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial hyperreactivity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Reactive airways disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">21-JUN-2008         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7958F72C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="16BB36C0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="650F4BD7" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="27302D42" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16DD76DC" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7E44F7B8" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Asthma/bronchospasm (SMQ) Cases –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Broad</w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Search</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4925A426" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="36E03745" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(since 1-JAN-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>08)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4417118F" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="52B51B6C" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="440966ED" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="08E9D169" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37BE72FB" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="0D134E16" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ID        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MedDRA_PT</w:t>
       </w:r>
@@ -20375,343 +20942,358 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">REPORT_VERBATIM         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>DATE_CREATED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204DDBB4" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="38A76A86" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-------------------------------------------------------------------------------------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-----------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F25E08" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="09AE69EE" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0E4A5A" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="03227B5F" w14:textId="70EF05F3" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001B24EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Allergic respiratory disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00537ECA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Respiratory (allergy) disorder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>18-FEB-2008</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25471253" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="5CE3AFEB" w14:textId="5046D5C2" w:rsidR="00035937" w:rsidRPr="00452BBC" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>045</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Asthma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> attack</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009910B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">01-APR-2008                          </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3296B366" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="25E0C45C" w14:textId="48835209" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Severe asthma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009910B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">10-JUN-2008                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6D2133" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="3AD9BCD0" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>060</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Asthma exercise induced </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Asthma when exercising</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">30-MAY-2008           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279F96DE" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4E2D44AA" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial obstruction</w:t>
       </w:r>
       <w:r>
@@ -20731,51 +21313,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>16-JAN-2008</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306B875C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="39B00413" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>039</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial obstruction</w:t>
       </w:r>
       <w:r>
@@ -20790,109 +21372,109 @@
         </w:rPr>
         <w:tab/>
         <w:t>Bronchus obstruction</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">14-MAR-2008   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28349D8E" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="30993055" w14:textId="1CC41D96" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">091 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bronchospasm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Spasms, bronchial                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>12-AUG-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058D0EDB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="7FE00823" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>074</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bronchospasm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -20914,291 +21496,284 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Bronchoconstriction  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">03-JUL-2008               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F7F98DD" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="50A5300F" w14:textId="2AAFC2F5" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial hyperreactivity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Airways hyperreactive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">20-SEP-2008             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D181DB1" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="6C318756" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>069</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bronchial hyperreactivity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Reactive airways disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">21-JUN-2008         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1137ED1D" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="4321F0EB" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>088</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Obstructive airways disorder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00537ECA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Obstructive airways disorder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006354AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>29-JUL-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299034E6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="082438D2" w14:textId="33D70513" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>049</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Obstructive airways disorder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00537ECA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00537ECA">
+        <w:t xml:space="preserve"> Obstructed airways dis.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Obstructed airways dis.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:tab/>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>20-APR-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4A1A59" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="70A494C5" w14:textId="5AEA7C19" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Wheezing</w:t>
       </w:r>
       <w:r>
@@ -21222,64 +21797,64 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00161787">
+      <w:r w:rsidR="00A477C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>16-FEB-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E1840C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="74EC4A84" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Wheezing</w:t>
       </w:r>
       <w:r>
@@ -21305,51 +21880,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>02-MAR-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2393B7A6" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="27F39B06" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Wheezing</w:t>
       </w:r>
       <w:r>
@@ -21382,51 +21957,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>28-SEP-2008</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F9155F" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="478EEC67" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>046</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00281193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Wheezing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -21459,442 +22034,470 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>06-APR-2008</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B5D4F3" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
-    <w:p w14:paraId="64B7366E" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00466621" w:rsidRDefault="00035937" w:rsidP="00035937">
+    <w:p w14:paraId="5110003C" w14:textId="77777777" w:rsidR="00035937" w:rsidRDefault="00035937" w:rsidP="00035937"/>
+    <w:p w14:paraId="6DE5EF50" w14:textId="77777777" w:rsidR="00035937" w:rsidRPr="00466621" w:rsidRDefault="00035937" w:rsidP="00035937">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Figure 12 – Results of Narrow and Broad SMQ Searches</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00035937" w:rsidRPr="00466621" w:rsidSect="0023027B">
-      <w:headerReference w:type="default" r:id="rId29"/>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1000" w:right="1620" w:bottom="1000" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E325C71" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="00035937">
+    <w:p w14:paraId="5ACEA22B" w14:textId="77777777" w:rsidR="00EF00F3" w:rsidRDefault="00EF00F3" w:rsidP="00035937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="061E97E9" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="00035937">
+    <w:p w14:paraId="09642BA6" w14:textId="77777777" w:rsidR="00EF00F3" w:rsidRDefault="00EF00F3" w:rsidP="00035937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marlett">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正舒体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPS-BoldMT">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3E391547" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRPr="00BA2745" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="5763948E" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1501B697" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRPr="00BA2745" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2EF21318" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
-[...21 lines deleted...]
-  <w:p w14:paraId="08990965" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="7DC68908" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="06D2A88A" w14:textId="1245C7AB" w:rsidR="008D1CDD" w:rsidRPr="00BA2745" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="5B1D2BCA" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="0925BAA1" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3E3A21E0" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRPr="00BA2745" w:rsidRDefault="00C91BFD" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="0071543F">
+    <w:r w:rsidR="00306F9A" w:rsidRPr="00306F9A">
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>ii</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5A987B97" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="573270FB" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="36DEEA1E" w14:textId="49FE49CD" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="3D906044" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="00C91BFD" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00306F9A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="20C85C50" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008D21F1">
+  <w:p w14:paraId="66C9E465" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008D21F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="79BA18D2" w14:textId="4F71C546" w:rsidR="008D1CDD" w:rsidRPr="00BA2745" w:rsidRDefault="008D1CDD" w:rsidP="0023027B">
+  <w:p w14:paraId="47E5BB12" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRPr="00BA2745" w:rsidRDefault="00C91BFD" w:rsidP="0023027B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="0071543F">
+    <w:r w:rsidR="00306F9A" w:rsidRPr="00306F9A">
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>32</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="73571EF5" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="0023027B">
+  <w:p w14:paraId="53467D1A" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="0023027B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1315C601" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="00035937">
+    <w:p w14:paraId="702D0AC4" w14:textId="77777777" w:rsidR="00EF00F3" w:rsidRDefault="00EF00F3" w:rsidP="00035937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="214E6987" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="00035937">
+    <w:p w14:paraId="0AAAC35E" w14:textId="77777777" w:rsidR="00EF00F3" w:rsidRDefault="00EF00F3" w:rsidP="00035937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="26EA89BF" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="008E2C0E">
+  <w:p w14:paraId="76FBF250" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:pBdr>
-[...1 lines deleted...]
-      </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="210E80E9" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="00245364">
+  <w:p w14:paraId="22AFDED6" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="008E2C0E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6DEB03F8" w14:textId="77777777" w:rsidR="008D1CDD" w:rsidRDefault="008D1CDD" w:rsidP="0023027B">
+  <w:p w14:paraId="14CF6790" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="00245364">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7EAD67F9" w14:textId="77777777" w:rsidR="007C5EA1" w:rsidRDefault="007C5EA1" w:rsidP="0023027B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F192FBA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Section %1 –"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -25194,202 +25797,221 @@
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="148"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E01CF"/>
     <w:rsid w:val="00001972"/>
     <w:rsid w:val="000075A4"/>
     <w:rsid w:val="000114E0"/>
     <w:rsid w:val="000124DB"/>
     <w:rsid w:val="00013B0E"/>
     <w:rsid w:val="00013DBE"/>
     <w:rsid w:val="00016D92"/>
+    <w:rsid w:val="00027516"/>
     <w:rsid w:val="00035937"/>
     <w:rsid w:val="000371D5"/>
     <w:rsid w:val="00037955"/>
     <w:rsid w:val="00040DDB"/>
     <w:rsid w:val="000558E1"/>
     <w:rsid w:val="000603E2"/>
     <w:rsid w:val="000617C6"/>
     <w:rsid w:val="000638E8"/>
     <w:rsid w:val="00064AE8"/>
     <w:rsid w:val="0007086F"/>
     <w:rsid w:val="00071552"/>
     <w:rsid w:val="00072931"/>
+    <w:rsid w:val="0007681A"/>
+    <w:rsid w:val="00085069"/>
+    <w:rsid w:val="00085EFA"/>
     <w:rsid w:val="0009260D"/>
     <w:rsid w:val="000A2B9D"/>
     <w:rsid w:val="000B10FE"/>
     <w:rsid w:val="000B2B10"/>
     <w:rsid w:val="000B4644"/>
     <w:rsid w:val="000D0AAB"/>
     <w:rsid w:val="000D71FA"/>
     <w:rsid w:val="000E41BF"/>
     <w:rsid w:val="000F01EC"/>
     <w:rsid w:val="000F0443"/>
+    <w:rsid w:val="000F25E5"/>
     <w:rsid w:val="0010097E"/>
     <w:rsid w:val="0010429A"/>
     <w:rsid w:val="00104AD7"/>
+    <w:rsid w:val="00110B41"/>
+    <w:rsid w:val="00113B0D"/>
     <w:rsid w:val="00115AAE"/>
     <w:rsid w:val="00116B4C"/>
     <w:rsid w:val="00127196"/>
     <w:rsid w:val="001312A5"/>
     <w:rsid w:val="00136C00"/>
+    <w:rsid w:val="00142F77"/>
+    <w:rsid w:val="001467D1"/>
     <w:rsid w:val="00152A9C"/>
+    <w:rsid w:val="00152D6F"/>
     <w:rsid w:val="00161787"/>
     <w:rsid w:val="00165180"/>
     <w:rsid w:val="001664AC"/>
     <w:rsid w:val="00167EF1"/>
     <w:rsid w:val="001740A3"/>
     <w:rsid w:val="001762F8"/>
     <w:rsid w:val="00181972"/>
     <w:rsid w:val="00181F46"/>
     <w:rsid w:val="001836FC"/>
+    <w:rsid w:val="00184B29"/>
     <w:rsid w:val="001900ED"/>
     <w:rsid w:val="00195E8E"/>
     <w:rsid w:val="001978FE"/>
     <w:rsid w:val="001A24D7"/>
     <w:rsid w:val="001A3DDA"/>
     <w:rsid w:val="001A7448"/>
     <w:rsid w:val="001B39B3"/>
     <w:rsid w:val="001C3CDF"/>
     <w:rsid w:val="001C4579"/>
     <w:rsid w:val="001C4E38"/>
     <w:rsid w:val="001C5857"/>
     <w:rsid w:val="001D32B3"/>
     <w:rsid w:val="001D4E85"/>
     <w:rsid w:val="001D72AB"/>
     <w:rsid w:val="001E1B8D"/>
     <w:rsid w:val="001E20E2"/>
     <w:rsid w:val="001E3800"/>
     <w:rsid w:val="001E6E8D"/>
     <w:rsid w:val="001F4F01"/>
     <w:rsid w:val="001F5D48"/>
     <w:rsid w:val="001F7E84"/>
     <w:rsid w:val="002021F2"/>
     <w:rsid w:val="00204A99"/>
     <w:rsid w:val="002079C9"/>
     <w:rsid w:val="0021566E"/>
     <w:rsid w:val="0021757A"/>
     <w:rsid w:val="00226DE5"/>
     <w:rsid w:val="0023027B"/>
     <w:rsid w:val="002336A2"/>
+    <w:rsid w:val="00233789"/>
     <w:rsid w:val="00234B6C"/>
     <w:rsid w:val="00242B95"/>
     <w:rsid w:val="00245364"/>
     <w:rsid w:val="00252957"/>
     <w:rsid w:val="00260CCD"/>
     <w:rsid w:val="00264273"/>
+    <w:rsid w:val="0026475C"/>
     <w:rsid w:val="002660B1"/>
     <w:rsid w:val="0027244F"/>
     <w:rsid w:val="00277689"/>
     <w:rsid w:val="00280170"/>
     <w:rsid w:val="00280C6B"/>
     <w:rsid w:val="00284B52"/>
     <w:rsid w:val="00285F45"/>
     <w:rsid w:val="00291397"/>
     <w:rsid w:val="00291ECF"/>
     <w:rsid w:val="00292465"/>
     <w:rsid w:val="00294F30"/>
     <w:rsid w:val="002A1A0C"/>
     <w:rsid w:val="002A353A"/>
     <w:rsid w:val="002A7828"/>
     <w:rsid w:val="002B1057"/>
     <w:rsid w:val="002B6227"/>
     <w:rsid w:val="002C5B46"/>
+    <w:rsid w:val="002D725D"/>
     <w:rsid w:val="002D7BB9"/>
     <w:rsid w:val="002E495E"/>
     <w:rsid w:val="002E49C8"/>
     <w:rsid w:val="002F0B1E"/>
     <w:rsid w:val="002F269F"/>
     <w:rsid w:val="002F3660"/>
+    <w:rsid w:val="002F3EB4"/>
     <w:rsid w:val="0030369C"/>
     <w:rsid w:val="0030392D"/>
     <w:rsid w:val="00306402"/>
+    <w:rsid w:val="00306F9A"/>
     <w:rsid w:val="0031284B"/>
     <w:rsid w:val="00312962"/>
+    <w:rsid w:val="0031559A"/>
     <w:rsid w:val="0031621D"/>
     <w:rsid w:val="003205E2"/>
     <w:rsid w:val="00322497"/>
+    <w:rsid w:val="003321A5"/>
     <w:rsid w:val="003327DE"/>
     <w:rsid w:val="00333B7A"/>
     <w:rsid w:val="00336EE6"/>
     <w:rsid w:val="0034287F"/>
     <w:rsid w:val="00350027"/>
     <w:rsid w:val="0035095A"/>
     <w:rsid w:val="003518EC"/>
+    <w:rsid w:val="00360836"/>
     <w:rsid w:val="0036428F"/>
     <w:rsid w:val="00364EAB"/>
     <w:rsid w:val="00364EE6"/>
     <w:rsid w:val="00365D12"/>
     <w:rsid w:val="00367D4D"/>
     <w:rsid w:val="00370E2B"/>
     <w:rsid w:val="003814E2"/>
     <w:rsid w:val="003837F0"/>
     <w:rsid w:val="00391461"/>
     <w:rsid w:val="00393C19"/>
     <w:rsid w:val="003A0089"/>
     <w:rsid w:val="003A7213"/>
     <w:rsid w:val="003B0789"/>
     <w:rsid w:val="003B21A9"/>
     <w:rsid w:val="003B2DAD"/>
     <w:rsid w:val="003B3748"/>
     <w:rsid w:val="003B4AF1"/>
     <w:rsid w:val="003B5092"/>
     <w:rsid w:val="003C183F"/>
     <w:rsid w:val="003C73AF"/>
     <w:rsid w:val="003D4112"/>
     <w:rsid w:val="003E251E"/>
     <w:rsid w:val="003E6B32"/>
     <w:rsid w:val="003E72A4"/>
     <w:rsid w:val="003F14C6"/>
@@ -25403,177 +26025,193 @@
     <w:rsid w:val="00433F27"/>
     <w:rsid w:val="00435CE0"/>
     <w:rsid w:val="00436EDD"/>
     <w:rsid w:val="00442584"/>
     <w:rsid w:val="00443215"/>
     <w:rsid w:val="004449FC"/>
     <w:rsid w:val="004531E4"/>
     <w:rsid w:val="0046531A"/>
     <w:rsid w:val="00470B71"/>
     <w:rsid w:val="00472676"/>
     <w:rsid w:val="00472DD9"/>
     <w:rsid w:val="00482C13"/>
     <w:rsid w:val="00482CD7"/>
     <w:rsid w:val="00484E4D"/>
     <w:rsid w:val="00486719"/>
     <w:rsid w:val="00491175"/>
     <w:rsid w:val="00491BD5"/>
     <w:rsid w:val="00493D4C"/>
     <w:rsid w:val="00495671"/>
     <w:rsid w:val="0049708E"/>
     <w:rsid w:val="004A0FA4"/>
     <w:rsid w:val="004B2444"/>
     <w:rsid w:val="004B4A29"/>
     <w:rsid w:val="004B7677"/>
     <w:rsid w:val="004C3D4D"/>
+    <w:rsid w:val="004C7143"/>
     <w:rsid w:val="004D27FA"/>
     <w:rsid w:val="004D5B65"/>
     <w:rsid w:val="004E009C"/>
     <w:rsid w:val="004E3963"/>
+    <w:rsid w:val="004E4148"/>
     <w:rsid w:val="004E5D0B"/>
     <w:rsid w:val="004F203D"/>
     <w:rsid w:val="004F39EA"/>
     <w:rsid w:val="004F5AC9"/>
     <w:rsid w:val="00504E79"/>
     <w:rsid w:val="00504FBC"/>
     <w:rsid w:val="005117E2"/>
     <w:rsid w:val="005137F8"/>
     <w:rsid w:val="00514511"/>
     <w:rsid w:val="00514D9F"/>
     <w:rsid w:val="00515183"/>
     <w:rsid w:val="0052758D"/>
+    <w:rsid w:val="005305EC"/>
     <w:rsid w:val="0053168F"/>
     <w:rsid w:val="005331B6"/>
     <w:rsid w:val="00535C56"/>
     <w:rsid w:val="00537ECA"/>
     <w:rsid w:val="0054016C"/>
     <w:rsid w:val="0054279E"/>
     <w:rsid w:val="00542E34"/>
     <w:rsid w:val="005470CD"/>
     <w:rsid w:val="0055461D"/>
     <w:rsid w:val="00560BFC"/>
     <w:rsid w:val="00560E9D"/>
     <w:rsid w:val="005734C4"/>
     <w:rsid w:val="005848E4"/>
     <w:rsid w:val="00585422"/>
     <w:rsid w:val="005922C8"/>
     <w:rsid w:val="00593E5D"/>
     <w:rsid w:val="00596114"/>
     <w:rsid w:val="005964C5"/>
     <w:rsid w:val="005A215E"/>
+    <w:rsid w:val="005A6791"/>
     <w:rsid w:val="005A6EEB"/>
     <w:rsid w:val="005B0478"/>
     <w:rsid w:val="005B3209"/>
     <w:rsid w:val="005C2470"/>
     <w:rsid w:val="005C2858"/>
     <w:rsid w:val="005C76E3"/>
     <w:rsid w:val="005C7CC9"/>
     <w:rsid w:val="005E26F7"/>
     <w:rsid w:val="005E361B"/>
+    <w:rsid w:val="005E4435"/>
     <w:rsid w:val="005E61A7"/>
     <w:rsid w:val="005E6927"/>
     <w:rsid w:val="005F1004"/>
     <w:rsid w:val="005F1AD7"/>
     <w:rsid w:val="005F67EF"/>
     <w:rsid w:val="006006DC"/>
     <w:rsid w:val="00600FC5"/>
     <w:rsid w:val="00605362"/>
     <w:rsid w:val="00607AD0"/>
     <w:rsid w:val="00610C18"/>
     <w:rsid w:val="006110E3"/>
     <w:rsid w:val="006130C3"/>
     <w:rsid w:val="006138D0"/>
     <w:rsid w:val="00616897"/>
     <w:rsid w:val="0062224F"/>
     <w:rsid w:val="006233A3"/>
     <w:rsid w:val="00623888"/>
     <w:rsid w:val="00630E8F"/>
+    <w:rsid w:val="00632436"/>
     <w:rsid w:val="00633642"/>
+    <w:rsid w:val="006354AB"/>
     <w:rsid w:val="00645A88"/>
     <w:rsid w:val="00645C66"/>
     <w:rsid w:val="006477A4"/>
+    <w:rsid w:val="006545B3"/>
     <w:rsid w:val="006600A0"/>
     <w:rsid w:val="0066029E"/>
     <w:rsid w:val="006635F7"/>
     <w:rsid w:val="00670739"/>
     <w:rsid w:val="0068145E"/>
     <w:rsid w:val="00681ED4"/>
     <w:rsid w:val="00684357"/>
+    <w:rsid w:val="00684C98"/>
     <w:rsid w:val="0069396C"/>
+    <w:rsid w:val="006A1CB7"/>
     <w:rsid w:val="006B4088"/>
     <w:rsid w:val="006B447C"/>
     <w:rsid w:val="006B54CC"/>
     <w:rsid w:val="006B76F6"/>
     <w:rsid w:val="006C0F05"/>
     <w:rsid w:val="006C1C3B"/>
+    <w:rsid w:val="006C37F6"/>
     <w:rsid w:val="006C3871"/>
     <w:rsid w:val="006C5C72"/>
     <w:rsid w:val="006C6B25"/>
     <w:rsid w:val="006D5A79"/>
     <w:rsid w:val="006E1741"/>
     <w:rsid w:val="006E6A5A"/>
     <w:rsid w:val="006E76BF"/>
     <w:rsid w:val="006F2F1C"/>
     <w:rsid w:val="006F357E"/>
     <w:rsid w:val="00701EBE"/>
     <w:rsid w:val="00710A04"/>
+    <w:rsid w:val="00711079"/>
     <w:rsid w:val="00711267"/>
     <w:rsid w:val="00711BB9"/>
     <w:rsid w:val="00711EFB"/>
     <w:rsid w:val="0071543F"/>
     <w:rsid w:val="007230E6"/>
     <w:rsid w:val="00724542"/>
     <w:rsid w:val="00724F04"/>
     <w:rsid w:val="007250C2"/>
     <w:rsid w:val="00725E74"/>
     <w:rsid w:val="00732A1E"/>
     <w:rsid w:val="00734FD7"/>
     <w:rsid w:val="007359C2"/>
     <w:rsid w:val="00744B84"/>
     <w:rsid w:val="007459BE"/>
     <w:rsid w:val="0074678C"/>
+    <w:rsid w:val="00751C54"/>
+    <w:rsid w:val="00753071"/>
     <w:rsid w:val="00756759"/>
     <w:rsid w:val="00757DC7"/>
     <w:rsid w:val="0076221A"/>
     <w:rsid w:val="007660F1"/>
     <w:rsid w:val="0077289B"/>
     <w:rsid w:val="00775C11"/>
     <w:rsid w:val="00776362"/>
     <w:rsid w:val="00787E9D"/>
     <w:rsid w:val="0079006E"/>
     <w:rsid w:val="0079030E"/>
     <w:rsid w:val="007975B2"/>
     <w:rsid w:val="007A0F91"/>
     <w:rsid w:val="007A466F"/>
+    <w:rsid w:val="007A52E4"/>
     <w:rsid w:val="007B2B93"/>
     <w:rsid w:val="007B3CBD"/>
     <w:rsid w:val="007B5478"/>
     <w:rsid w:val="007B5D23"/>
     <w:rsid w:val="007B73F1"/>
     <w:rsid w:val="007C195F"/>
     <w:rsid w:val="007C4AC2"/>
     <w:rsid w:val="007C4D23"/>
+    <w:rsid w:val="007C5EA1"/>
     <w:rsid w:val="007D00D4"/>
     <w:rsid w:val="007D0D77"/>
     <w:rsid w:val="007D5CFA"/>
     <w:rsid w:val="007D60D6"/>
     <w:rsid w:val="007E2AC5"/>
     <w:rsid w:val="007E4671"/>
     <w:rsid w:val="007F42FF"/>
     <w:rsid w:val="00814D56"/>
     <w:rsid w:val="00817C94"/>
     <w:rsid w:val="00822B61"/>
     <w:rsid w:val="008234EA"/>
     <w:rsid w:val="008267F0"/>
     <w:rsid w:val="0083583A"/>
     <w:rsid w:val="00835B5B"/>
     <w:rsid w:val="00843714"/>
     <w:rsid w:val="00850D78"/>
     <w:rsid w:val="008545A6"/>
     <w:rsid w:val="00856574"/>
     <w:rsid w:val="0086353D"/>
     <w:rsid w:val="00863732"/>
     <w:rsid w:val="008700E7"/>
     <w:rsid w:val="00872398"/>
     <w:rsid w:val="00873508"/>
     <w:rsid w:val="00874A9F"/>
     <w:rsid w:val="00875011"/>
@@ -25586,379 +26224,422 @@
     <w:rsid w:val="008B21B4"/>
     <w:rsid w:val="008B5E16"/>
     <w:rsid w:val="008B74C8"/>
     <w:rsid w:val="008C047C"/>
     <w:rsid w:val="008C0F9B"/>
     <w:rsid w:val="008C4985"/>
     <w:rsid w:val="008C6718"/>
     <w:rsid w:val="008D1954"/>
     <w:rsid w:val="008D1CDD"/>
     <w:rsid w:val="008D21F1"/>
     <w:rsid w:val="008D2C4D"/>
     <w:rsid w:val="008D590E"/>
     <w:rsid w:val="008D6B8A"/>
     <w:rsid w:val="008E01CF"/>
     <w:rsid w:val="008E0EB5"/>
     <w:rsid w:val="008E216A"/>
     <w:rsid w:val="008E2C0E"/>
     <w:rsid w:val="008E2EA2"/>
     <w:rsid w:val="008E394E"/>
     <w:rsid w:val="008F2703"/>
     <w:rsid w:val="008F5BE2"/>
     <w:rsid w:val="00901C88"/>
     <w:rsid w:val="0090562D"/>
     <w:rsid w:val="00906518"/>
     <w:rsid w:val="00906F71"/>
+    <w:rsid w:val="00910BC1"/>
     <w:rsid w:val="00913A90"/>
     <w:rsid w:val="0091572A"/>
     <w:rsid w:val="009215C8"/>
     <w:rsid w:val="00922C63"/>
     <w:rsid w:val="00930452"/>
+    <w:rsid w:val="00944873"/>
+    <w:rsid w:val="00947451"/>
     <w:rsid w:val="009479B5"/>
+    <w:rsid w:val="00951A7A"/>
     <w:rsid w:val="0096481B"/>
     <w:rsid w:val="00966599"/>
     <w:rsid w:val="00966CBF"/>
     <w:rsid w:val="0096709A"/>
     <w:rsid w:val="00971EF0"/>
     <w:rsid w:val="00974331"/>
     <w:rsid w:val="0097586F"/>
     <w:rsid w:val="00975C62"/>
     <w:rsid w:val="00975F92"/>
+    <w:rsid w:val="00976D1F"/>
+    <w:rsid w:val="00980EF1"/>
     <w:rsid w:val="009856F1"/>
+    <w:rsid w:val="009910B0"/>
     <w:rsid w:val="009919F2"/>
     <w:rsid w:val="00994FFA"/>
     <w:rsid w:val="009961AA"/>
     <w:rsid w:val="009A39E1"/>
     <w:rsid w:val="009B0C9F"/>
     <w:rsid w:val="009B2814"/>
     <w:rsid w:val="009B6FBD"/>
     <w:rsid w:val="009C01D9"/>
     <w:rsid w:val="009C0AED"/>
     <w:rsid w:val="009C3AEF"/>
     <w:rsid w:val="009C6BB1"/>
     <w:rsid w:val="009D273C"/>
     <w:rsid w:val="009D34AB"/>
     <w:rsid w:val="009D3802"/>
     <w:rsid w:val="009D52B2"/>
     <w:rsid w:val="009D5DD3"/>
     <w:rsid w:val="009E1F65"/>
     <w:rsid w:val="009E44EB"/>
     <w:rsid w:val="009E73B0"/>
     <w:rsid w:val="009F2B38"/>
+    <w:rsid w:val="00A007E4"/>
     <w:rsid w:val="00A01EF1"/>
+    <w:rsid w:val="00A01FC8"/>
     <w:rsid w:val="00A04919"/>
     <w:rsid w:val="00A054DD"/>
     <w:rsid w:val="00A1236C"/>
     <w:rsid w:val="00A12D4D"/>
     <w:rsid w:val="00A12FA1"/>
     <w:rsid w:val="00A17003"/>
     <w:rsid w:val="00A27E65"/>
     <w:rsid w:val="00A300D5"/>
     <w:rsid w:val="00A3162D"/>
     <w:rsid w:val="00A327C4"/>
     <w:rsid w:val="00A33A3A"/>
     <w:rsid w:val="00A4232E"/>
     <w:rsid w:val="00A4415D"/>
     <w:rsid w:val="00A443B4"/>
     <w:rsid w:val="00A463AD"/>
     <w:rsid w:val="00A46F74"/>
+    <w:rsid w:val="00A477C9"/>
     <w:rsid w:val="00A52853"/>
     <w:rsid w:val="00A55F0F"/>
     <w:rsid w:val="00A60BF4"/>
     <w:rsid w:val="00A62A10"/>
     <w:rsid w:val="00A845D7"/>
     <w:rsid w:val="00A84717"/>
     <w:rsid w:val="00A95655"/>
     <w:rsid w:val="00AC5620"/>
     <w:rsid w:val="00AD172A"/>
+    <w:rsid w:val="00AD728D"/>
     <w:rsid w:val="00AE1640"/>
     <w:rsid w:val="00AF43F4"/>
     <w:rsid w:val="00AF61CE"/>
     <w:rsid w:val="00AF6320"/>
     <w:rsid w:val="00AF6B16"/>
     <w:rsid w:val="00B032C8"/>
     <w:rsid w:val="00B0446C"/>
     <w:rsid w:val="00B106B5"/>
     <w:rsid w:val="00B10B80"/>
+    <w:rsid w:val="00B112EE"/>
     <w:rsid w:val="00B13781"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32ED2"/>
     <w:rsid w:val="00B35573"/>
     <w:rsid w:val="00B35593"/>
     <w:rsid w:val="00B40F53"/>
     <w:rsid w:val="00B40F73"/>
     <w:rsid w:val="00B41085"/>
     <w:rsid w:val="00B42FF0"/>
     <w:rsid w:val="00B432FD"/>
     <w:rsid w:val="00B450A5"/>
     <w:rsid w:val="00B45860"/>
     <w:rsid w:val="00B50583"/>
     <w:rsid w:val="00B57017"/>
     <w:rsid w:val="00B578D1"/>
     <w:rsid w:val="00B71104"/>
     <w:rsid w:val="00B8558C"/>
     <w:rsid w:val="00B87410"/>
     <w:rsid w:val="00B90662"/>
     <w:rsid w:val="00B91A25"/>
     <w:rsid w:val="00B921CB"/>
     <w:rsid w:val="00B92F65"/>
     <w:rsid w:val="00B974A4"/>
     <w:rsid w:val="00BA24F3"/>
     <w:rsid w:val="00BA2745"/>
     <w:rsid w:val="00BB3FF0"/>
     <w:rsid w:val="00BB60DB"/>
     <w:rsid w:val="00BC0708"/>
     <w:rsid w:val="00BC120F"/>
     <w:rsid w:val="00BC2FC8"/>
     <w:rsid w:val="00BC5996"/>
     <w:rsid w:val="00BD09D3"/>
     <w:rsid w:val="00BD15B7"/>
+    <w:rsid w:val="00BE10E5"/>
     <w:rsid w:val="00BE6039"/>
     <w:rsid w:val="00BE6391"/>
     <w:rsid w:val="00BF0EC6"/>
     <w:rsid w:val="00BF1AD4"/>
     <w:rsid w:val="00BF45EB"/>
     <w:rsid w:val="00BF55F7"/>
     <w:rsid w:val="00BF6813"/>
     <w:rsid w:val="00BF7235"/>
     <w:rsid w:val="00BF77C9"/>
     <w:rsid w:val="00C0599D"/>
     <w:rsid w:val="00C07876"/>
     <w:rsid w:val="00C144FC"/>
+    <w:rsid w:val="00C1537A"/>
     <w:rsid w:val="00C15E99"/>
     <w:rsid w:val="00C213C1"/>
+    <w:rsid w:val="00C22BA3"/>
     <w:rsid w:val="00C25B16"/>
     <w:rsid w:val="00C326AC"/>
     <w:rsid w:val="00C33293"/>
     <w:rsid w:val="00C33BF3"/>
+    <w:rsid w:val="00C42C25"/>
     <w:rsid w:val="00C42F19"/>
     <w:rsid w:val="00C4503E"/>
     <w:rsid w:val="00C5061B"/>
     <w:rsid w:val="00C55C76"/>
+    <w:rsid w:val="00C5742C"/>
+    <w:rsid w:val="00C6027D"/>
     <w:rsid w:val="00C61F8D"/>
+    <w:rsid w:val="00C64AFF"/>
     <w:rsid w:val="00C665DE"/>
     <w:rsid w:val="00C67631"/>
     <w:rsid w:val="00C7131B"/>
     <w:rsid w:val="00C808C2"/>
+    <w:rsid w:val="00C91BFD"/>
     <w:rsid w:val="00C93219"/>
     <w:rsid w:val="00C93EBA"/>
     <w:rsid w:val="00C94F63"/>
     <w:rsid w:val="00C9732A"/>
     <w:rsid w:val="00CA0560"/>
+    <w:rsid w:val="00CA0BBC"/>
+    <w:rsid w:val="00CA1B85"/>
     <w:rsid w:val="00CA2636"/>
     <w:rsid w:val="00CA3019"/>
     <w:rsid w:val="00CB0B6C"/>
     <w:rsid w:val="00CB157D"/>
     <w:rsid w:val="00CB2ED8"/>
+    <w:rsid w:val="00CB69CE"/>
     <w:rsid w:val="00CC2327"/>
     <w:rsid w:val="00CC5ECB"/>
+    <w:rsid w:val="00CC6507"/>
+    <w:rsid w:val="00CC6EFF"/>
+    <w:rsid w:val="00CC79E6"/>
     <w:rsid w:val="00CD2AA7"/>
     <w:rsid w:val="00CE0DA4"/>
     <w:rsid w:val="00CE731F"/>
     <w:rsid w:val="00D06433"/>
     <w:rsid w:val="00D0740B"/>
     <w:rsid w:val="00D07926"/>
     <w:rsid w:val="00D13B15"/>
     <w:rsid w:val="00D14140"/>
     <w:rsid w:val="00D177A5"/>
     <w:rsid w:val="00D228CC"/>
     <w:rsid w:val="00D25726"/>
     <w:rsid w:val="00D27139"/>
     <w:rsid w:val="00D27876"/>
     <w:rsid w:val="00D30D39"/>
     <w:rsid w:val="00D367BD"/>
     <w:rsid w:val="00D37801"/>
     <w:rsid w:val="00D4212D"/>
     <w:rsid w:val="00D4499B"/>
     <w:rsid w:val="00D5138D"/>
+    <w:rsid w:val="00D539B3"/>
     <w:rsid w:val="00D553D9"/>
     <w:rsid w:val="00D605D6"/>
+    <w:rsid w:val="00D60906"/>
     <w:rsid w:val="00D6630F"/>
     <w:rsid w:val="00D66AF0"/>
+    <w:rsid w:val="00D677A4"/>
+    <w:rsid w:val="00D71560"/>
     <w:rsid w:val="00D73738"/>
     <w:rsid w:val="00D73AE8"/>
     <w:rsid w:val="00D74B32"/>
     <w:rsid w:val="00D75283"/>
     <w:rsid w:val="00D85B8E"/>
     <w:rsid w:val="00D93CF0"/>
     <w:rsid w:val="00D95335"/>
+    <w:rsid w:val="00D95D8C"/>
+    <w:rsid w:val="00DA2164"/>
     <w:rsid w:val="00DA4AE7"/>
     <w:rsid w:val="00DB227E"/>
     <w:rsid w:val="00DB2386"/>
     <w:rsid w:val="00DB6410"/>
     <w:rsid w:val="00DC287F"/>
     <w:rsid w:val="00DC323E"/>
     <w:rsid w:val="00DC3DEC"/>
     <w:rsid w:val="00DC75D7"/>
     <w:rsid w:val="00DD78EF"/>
     <w:rsid w:val="00DE3A96"/>
     <w:rsid w:val="00DE4D4B"/>
     <w:rsid w:val="00DF0C21"/>
     <w:rsid w:val="00E03387"/>
     <w:rsid w:val="00E05049"/>
     <w:rsid w:val="00E07CB5"/>
     <w:rsid w:val="00E129EB"/>
     <w:rsid w:val="00E13CB0"/>
     <w:rsid w:val="00E24F3D"/>
     <w:rsid w:val="00E2557F"/>
     <w:rsid w:val="00E34848"/>
     <w:rsid w:val="00E41883"/>
+    <w:rsid w:val="00E4502B"/>
     <w:rsid w:val="00E53704"/>
     <w:rsid w:val="00E56281"/>
     <w:rsid w:val="00E573A4"/>
     <w:rsid w:val="00E6015E"/>
     <w:rsid w:val="00E62443"/>
     <w:rsid w:val="00E63E4C"/>
     <w:rsid w:val="00E65A5F"/>
+    <w:rsid w:val="00E72D63"/>
     <w:rsid w:val="00E7519E"/>
     <w:rsid w:val="00E807BB"/>
     <w:rsid w:val="00E93A3A"/>
     <w:rsid w:val="00E972D8"/>
     <w:rsid w:val="00EA01CE"/>
     <w:rsid w:val="00EA2671"/>
     <w:rsid w:val="00EA73C6"/>
     <w:rsid w:val="00EA796C"/>
     <w:rsid w:val="00EB1360"/>
     <w:rsid w:val="00EB64B9"/>
     <w:rsid w:val="00EB7E55"/>
+    <w:rsid w:val="00EC1AFF"/>
     <w:rsid w:val="00ED6CA8"/>
     <w:rsid w:val="00EE60DB"/>
     <w:rsid w:val="00EE6DD2"/>
+    <w:rsid w:val="00EF00F3"/>
     <w:rsid w:val="00EF1030"/>
     <w:rsid w:val="00EF1955"/>
     <w:rsid w:val="00EF58BC"/>
     <w:rsid w:val="00EF6A35"/>
     <w:rsid w:val="00F03CC3"/>
     <w:rsid w:val="00F10739"/>
     <w:rsid w:val="00F1457E"/>
     <w:rsid w:val="00F22320"/>
     <w:rsid w:val="00F2668D"/>
     <w:rsid w:val="00F322C3"/>
     <w:rsid w:val="00F32F02"/>
+    <w:rsid w:val="00F3381B"/>
     <w:rsid w:val="00F350A5"/>
     <w:rsid w:val="00F35BFD"/>
     <w:rsid w:val="00F36033"/>
     <w:rsid w:val="00F372EE"/>
     <w:rsid w:val="00F419B0"/>
     <w:rsid w:val="00F4556C"/>
     <w:rsid w:val="00F4567C"/>
     <w:rsid w:val="00F507D1"/>
     <w:rsid w:val="00F512AA"/>
     <w:rsid w:val="00F518ED"/>
     <w:rsid w:val="00F54DEA"/>
     <w:rsid w:val="00F62A13"/>
     <w:rsid w:val="00F64A13"/>
     <w:rsid w:val="00F656FF"/>
     <w:rsid w:val="00F708C3"/>
     <w:rsid w:val="00F72494"/>
     <w:rsid w:val="00F74760"/>
     <w:rsid w:val="00F76F5F"/>
     <w:rsid w:val="00F86D02"/>
+    <w:rsid w:val="00F91742"/>
     <w:rsid w:val="00F92570"/>
+    <w:rsid w:val="00F93F53"/>
     <w:rsid w:val="00FA142B"/>
+    <w:rsid w:val="00FA2003"/>
     <w:rsid w:val="00FA49F3"/>
     <w:rsid w:val="00FA7645"/>
     <w:rsid w:val="00FC0DDD"/>
     <w:rsid w:val="00FC410D"/>
+    <w:rsid w:val="00FC523A"/>
     <w:rsid w:val="00FD0C6F"/>
     <w:rsid w:val="00FD300E"/>
     <w:rsid w:val="00FE2BA3"/>
     <w:rsid w:val="00FE2DA6"/>
     <w:rsid w:val="00FE4832"/>
     <w:rsid w:val="00FE4E5B"/>
+    <w:rsid w:val="00FE793F"/>
     <w:rsid w:val="00FF0051"/>
     <w:rsid w:val="00FF01C2"/>
+    <w:rsid w:val="00FF63AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="09173146"/>
+  <w14:docId w14:val="45966960"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26144,59 +26825,50 @@
     <w:lsdException w:name="Dark List Accent 5"/>
     <w:lsdException w:name="Colorful Shading Accent 5"/>
     <w:lsdException w:name="Colorful List Accent 5"/>
     <w:lsdException w:name="Colorful Grid Accent 5"/>
     <w:lsdException w:name="Light Shading Accent 6"/>
     <w:lsdException w:name="Light List Accent 6"/>
     <w:lsdException w:name="Light Grid Accent 6"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6"/>
     <w:lsdException w:name="Medium List 1 Accent 6"/>
     <w:lsdException w:name="Medium List 2 Accent 6"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6"/>
     <w:lsdException w:name="Dark List Accent 6"/>
     <w:lsdException w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -26252,57 +26924,58 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A215E"/>
+    <w:rsid w:val="00D95D8C"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000A2B9D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1620"/>
       </w:tabs>
       <w:spacing w:before="480"/>
@@ -26512,73 +27185,73 @@
     <w:rsid w:val="000A2B9D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="24"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A215E"/>
+    <w:rsid w:val="00D95D8C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A215E"/>
+    <w:rsid w:val="00D95D8C"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
@@ -26916,50 +27589,51 @@
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
       </w:tabs>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B13781"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B13781"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B13781"/>
@@ -27244,50 +27918,135 @@
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B13781"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1537A"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="960"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1537A"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1537A"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1537A"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1680"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1537A"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1920"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="149448078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1131095782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -27336,51 +28095,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1927226486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ich.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meddramsso.com/subscriber_download_tools_thirdparty.asp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.meddra.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org?subject=PTC" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ich.org/products/guidelines/multidisciplinary/article/multidisciplinary-guidelines.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.meddra.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org?subject=PTC" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ich.org/products/guidelines/multidisciplinary/article/multidisciplinary-guidelines.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meddramsso.com/subscriber_download_tools_thirdparty.asp" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ich.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -27633,86 +28392,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC10CD01-C127-4DD9-ADF7-E1548044AA74}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7E2EC2B-D33E-4195-AD93-1B0C87AE9E2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>44</Pages>
-  <Words>10073</Words>
-  <Characters>57420</Characters>
+  <Words>10122</Words>
+  <Characters>57699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>478</Lines>
-  <Paragraphs>134</Paragraphs>
+  <Lines>480</Lines>
+  <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>67359</CharactersWithSpaces>
+  <CharactersWithSpaces>67686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="432" baseType="variant">
       <vt:variant>
         <vt:i4>2686985</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>384</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://meddramsso.com/subscriber_download_tools_thirdparty.asp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5701738</vt:i4>
       </vt:variant>
       <vt:variant>