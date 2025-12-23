--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1,86679 +1,3293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="236542B5" w14:textId="77777777" w:rsidR="00430A86" w:rsidRPr="00464B3B" w:rsidRDefault="00062729" w:rsidP="00B7626B">
+    <w:p w:rsidR="00A03621" w:rsidRDefault="000E0300" w:rsidP="001A3E26">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ja-JP"/>
-[...141 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11CB6A7B" wp14:editId="43C09C84">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-177165</wp:posOffset>
+                  <wp:posOffset>4187190</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>351154</wp:posOffset>
+                  <wp:posOffset>-415925</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5943600" cy="0"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="1743075" cy="609600"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="Line 1106"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="1" name="テキスト ボックス 1"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5943600" cy="0"/>
+                          <a:ext cx="1743075" cy="609600"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...6 lines deleted...]
-                          <a:tailEnd/>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
+                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="000E0300" w:rsidRPr="000E0300" w:rsidRDefault="000E0300" w:rsidP="000E0300">
+                            <w:pPr>
+                              <w:pBdr>
+                                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                              </w:pBdr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="000E0300">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Redlined </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="000E0300">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>文書</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="000E0300" w:rsidRDefault="000E0300"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...2 lines deleted...]
-                <wp14:sizeRelV relativeFrom="page">
+                <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="001FF8EA" id="Line 1106" o:spid="_x0000_s1026" style="position:absolute;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-13.95pt,27.65pt" to="454.05pt,27.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbQbn2sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypViNOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJWmy3YT4Ikkg+vfdIr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz+eHD5+l&#10;4Aheg0NvWnkyLO/W79+tptCYBQ7otCGRQDw3U2jlEGNoqorVYEbgGQbjU7BDGiGmI/WVJpgS+uiq&#10;RV3fVBOSDoTKMKfb+5egXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+vToFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5GiCYoiWZw+FqE/8/WPX9sPFbytTV0T+FR1S/WHjc&#10;DOB7Uwg8n0Jq3DxbVU2Bm2tJPnDYkthN31CnHNhHLC4cOxozZNInjsXs09Vsc4xCpcvl7aePN3Xq&#10;ibrEKmguhYE4fjU4irxppbM++wANHB45ZiLQXFLytccH61zppfNiauXtcrEsBYzO6hzMaUz9buNI&#10;HCBPQ/mKqhR5m0a497qADQb0l/M+gnUv+/S482czsv48bNzsUJ+2dDEptauwPI9Wnoe351L9+gOs&#10;fwMAAP//AwBQSwMEFAAGAAgAAAAhAOodWFTeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wkAQhu8mvsNmTLwQ2KUEhNotMWpvXASN16E7to3d2dJdoPr0rPGgx5n58s/3Z+vBtuJEvW8ca5hO&#10;FAji0pmGKw2vu2K8BOEDssHWMWn4Ig/r/Poqw9S4M7/QaRsqEUPYp6ihDqFLpfRlTRb9xHXE8fbh&#10;eoshjn0lTY/nGG5bmSi1kBYbjh9q7OixpvJze7QafPFGh+J7VI7U+6xylByeNs+o9e3N8HAPItAQ&#10;/mD40Y/qkEenvTuy8aLVME7uVhHVMJ/PQERgpZZTEPvfhcwz+b9BfgEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAbQbn2sAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDqHVhU3gAAAAkBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;"/>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="テキスト ボックス 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:329.7pt;margin-top:-32.75pt;width:137.25pt;height:48pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+MHYkqQIAAJsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l91AgBKxQWkQVSUE&#10;qFBxdrx2sqrX49pOdtMjkVAfoq9Q9dzn2Rfp2Lv5KeVC1cvu2PPn+eabOT2rS0UWwroCdEZ7eykl&#10;QnPICz3N6Ke7izdvKXGe6Zwp0CKjS+Ho2fD1q9PKDMQ+zEDlwhIMot2gMhmdeW8GSeL4TJTM7YER&#10;GpUSbMk8Hu00yS2rMHqpkv00PUoqsLmxwIVzeHveKukwxpdScH8tpROeqIzi23z82vidhG8yPGWD&#10;qWVmVvDuGewfXlGyQmPSTahz5hmZ2+KvUGXBLTiQfo9DmYCUBRexBqymlz6p5nbGjIi1IDjObGBy&#10;/y8sv1rcWFLk2DtKNCuxRc3qsXn40Tz8albfSLP63qxWzcNPPJNegKsyboBetwb9fP0O6uDa3Tu8&#10;DCjU0pbhj/UR1CPwyw3YovaEB6fj/kF6fEgJR91RenKUxm4kW29jnX8voCRByKjFZkaM2eLSecyI&#10;pmuTkMyBKvKLQql4CAQSY2XJgmHrlY9vRI8/rJQmFSY/OExjYA3BvY2sdAgjIoW6dKHytsIo+aUS&#10;wUbpj0IihLHQZ3IzzoXe5I/WwUpiqpc4dvbbV73Eua0DPWJm0H7jXBYabKw+ztwWsvzzGjLZ2iPg&#10;O3UH0deTuuv8BPIlEsJCO2HO8IsCu3bJnL9hFkcKOYBrwl/jRypA1KGTKJmB/frcfbBHpqOWkgpH&#10;NKPuy5xZQYn6oHEGTnr9fpjpeOgfHu/jwe5qJrsaPS/HgFRAnuProhjsvVqL0kJ5j9tkFLKiimmO&#10;uTPq1+LYt4sDtxEXo1E0wik2zF/qW8ND6ABv4ORdfc+s6YjrkfJXsB5mNnjC39Y2eGoYzT3IIpI7&#10;ANyi2gGPGyByvttWYcXsnqPVdqcOfwMAAP//AwBQSwMEFAAGAAgAAAAhAFh9DC3hAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj01PhDAURfcm/ofmmbgxM0VrUZAyMUadxJ2DH3HXoU8g0ldCO4D/&#10;3rrS5cs9ufe8YrPYnk04+s6RgvN1AgypdqajRsFL9bC6BuaDJqN7R6jgGz1syuOjQufGzfSM0y40&#10;LJaQz7WCNoQh59zXLVrt125AitmnG60O8RwbbkY9x3Lb84skSbnVHcWFVg9412L9tTtYBR9nzfuT&#10;Xx5fZyHFcL+dqqs3Uyl1erLc3gALuIQ/GH71ozqU0WnvDmQ86xWkMruMqIJVKiWwSGRCZMD2CkQi&#10;gZcF//9C+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+MHYkqQIAAJsFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBYfQwt4QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="000E0300" w:rsidRPr="000E0300" w:rsidRDefault="000E0300" w:rsidP="000E0300">
+                      <w:pPr>
+                        <w:pBdr>
+                          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                        </w:pBdr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="000E0300">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Redlined </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="000E0300">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>文書</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="000E0300" w:rsidRDefault="000E0300">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F801BF" w14:textId="77777777" w:rsidR="00430A86" w:rsidRPr="00FD7129" w:rsidRDefault="00430A86" w:rsidP="00B7626B">
+    <w:p w:rsidR="000E0300" w:rsidRDefault="000E0300" w:rsidP="00F3428B">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:spacing w:beforeLines="150" w:before="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4067D4A7" w14:textId="77777777" w:rsidR="00FD6A1E" w:rsidRPr="00FD7129" w:rsidRDefault="004816D7" w:rsidP="00B7626B">
+    <w:p w:rsidR="001A3E26" w:rsidRPr="003E5D28" w:rsidRDefault="001A3E26" w:rsidP="001A3E26">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="Century"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD7129">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="Century" w:hint="eastAsia"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E5D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:eastAsia="ja-JP"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="Century" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E5D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:eastAsia="ja-JP"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="Century" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E5D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:eastAsia="ja-JP"/>
-[...1 lines deleted...]
-        <w:t>情報</w:t>
+        </w:rPr>
+        <w:t>用語選択：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A55E375" w14:textId="40DFE1EF" w:rsidR="002241B9" w:rsidRPr="00FD7129" w:rsidRDefault="00257AA8" w:rsidP="00B7626B">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="001A3E26" w:rsidP="001A3E26">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD7129">
-[...77 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidRPr="003E5D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>考慮事項</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C03E2B5" w14:textId="77777777" w:rsidR="00430E7A" w:rsidRPr="00FD7129" w:rsidRDefault="008915FF" w:rsidP="00B7626B">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...1 lines deleted...]
-        <w:ind w:hanging="22"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A3E26" w:rsidRDefault="001A3E26" w:rsidP="001A3E26">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
           <w:b/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="36"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>ICH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A867E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>活動で作成された</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A867E8">
+        <w:rPr>
           <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
           <w:b/>
-          <w:noProof/>
-[...71 lines deleted...]
-        </mc:AlternateContent>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A867E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>ユーザー</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A867E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A867E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>のためのガイド</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1D267A" w14:textId="77777777" w:rsidR="00430E7A" w:rsidRPr="00FD7129" w:rsidRDefault="00430E7A" w:rsidP="00B7626B">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4559DF60" w14:textId="77777777" w:rsidR="00430E7A" w:rsidRPr="009111DA" w:rsidRDefault="00430E7A" w:rsidP="00B7626B">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23DB438A" w14:textId="77777777" w:rsidR="00430E7A" w:rsidRPr="00FD7129" w:rsidRDefault="00430E7A" w:rsidP="00B7626B">
+    <w:p w:rsidR="00FB73F9" w:rsidRDefault="00F774FB" w:rsidP="00383AD0">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>公表版</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1E84">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383AD0" w:rsidRPr="00F774FB" w:rsidRDefault="00F774FB" w:rsidP="00383AD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00383AD0" w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00383AD0" w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Version 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00696651">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00383AD0" w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00696651">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F774FB">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>対応）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DBABA8F" w14:textId="539F9CB3" w:rsidR="00AA7170" w:rsidRDefault="00AA4597" w:rsidP="0046435A">
+    <w:p w:rsidR="001A3E26" w:rsidRPr="00336D9F" w:rsidRDefault="00FE1E84" w:rsidP="001A3E26">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:pStyle w:val="Body"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
+          <w:b/>
+          <w:sz w:val="36"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD7129">
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
+          <w:b/>
+          <w:sz w:val="36"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="006B23C0">
-[...24 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2111" w:rsidRPr="00FD7129">
-[...24 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
+      <w:r w:rsidR="001A3E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F93C6FB" w14:textId="77777777" w:rsidR="00744499" w:rsidRDefault="00744499">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13456C85" w14:textId="77777777" w:rsidR="00744499" w:rsidRDefault="00744499">
+    <w:p w:rsidR="00383AD0" w:rsidRPr="00D57FCA" w:rsidRDefault="00383AD0" w:rsidP="00F774FB">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Redlined </w:t>
+      </w:r>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>文書</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6960DBFE" w14:textId="77777777" w:rsidR="00744499" w:rsidRDefault="00744499">
+    <w:p w:rsidR="002E120F" w:rsidRPr="00D57FCA" w:rsidRDefault="002E120F" w:rsidP="00F774FB">
       <w:pPr>
-        <w:rPr>
-[...63 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-          <w:noProof/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00F774FB" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Redlined</w:t>
+      </w:r>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>文書は</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>バージョンアップによる</w:t>
+      </w:r>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00F650C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00F650C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00054CAA" w:rsidRPr="00F650C7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00383AD0" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>用語選択：考慮事項」の改</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F774FB" w:rsidRPr="00D57FCA" w:rsidRDefault="00F650C7" w:rsidP="00F774FB">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLineChars="100" w:firstLine="220"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>訂</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57FCA" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>履</w:t>
+      </w:r>
+      <w:r w:rsidR="00F774FB" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>歴</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1A85">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>付きの文書であ</w:t>
+      </w:r>
+      <w:r w:rsidR="002E120F" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>る。</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0684" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>本文書には</w:t>
+      </w:r>
+      <w:r w:rsidR="002E120F" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>前バージョン</w:t>
+      </w:r>
+      <w:r w:rsidR="00F774FB" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>と最新バージョンを比較した</w:t>
+      </w:r>
+      <w:r w:rsidR="002E120F" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>変</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00F650C7" w:rsidP="00F774FB">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLineChars="100" w:firstLine="220"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>更</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1A85" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>箇</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57FCA" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>所・</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0684" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>履歴が</w:t>
+      </w:r>
+      <w:r w:rsidR="00631E50" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>明</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0684" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>示</w:t>
+      </w:r>
+      <w:r w:rsidR="00F774FB" w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>されている。</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00771120" w:rsidRDefault="00771120" w:rsidP="00771120">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>JMO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>注：今回の</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6629">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>改訂</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57FCA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>による</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>本文（表紙、目次、</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6629">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="0060663F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>新旧</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ICH PTC-WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00771120" w:rsidP="00771120">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="36"/>
-          <w:lang w:eastAsia="ja-JP"/>
-[...56 lines deleted...]
-        </w:drawing>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>のメンバー</w:t>
+      </w:r>
+      <w:r w:rsidR="0060663F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>表</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>を除く）中の主な</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6629">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>追加・</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>変更のみ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56FEC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>抜粋</w:t>
+      </w:r>
+      <w:r w:rsidR="008627D5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>した</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289D9BF4" w14:textId="77777777" w:rsidR="00744499" w:rsidRDefault="00744499">
+    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0"/>
+    <w:p w:rsidR="00A03621" w:rsidRDefault="00A03621">
       <w:pPr>
-        <w:rPr>
-[...27 lines deleted...]
-          <w:pgMar w:top="1276" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="170" w:gutter="0"/>
+        <w:widowControl/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A03621" w:rsidSect="00A03621">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1135" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="299"/>
+          <w:cols w:space="425"/>
+          <w:titlePg/>
+          <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="189C4661" w14:textId="77777777" w:rsidR="002F19AF" w:rsidRDefault="00772531" w:rsidP="00631475">
+    <w:p w:rsidR="00993939" w:rsidRDefault="00993939" w:rsidP="0073369C">
       <w:pPr>
-        <w:tabs>
-[...27 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:spacing w:beforeLines="50" w:before="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BCBDAD9" w14:textId="3C3EDA61" w:rsidR="001D3F22" w:rsidRPr="00FD7129" w:rsidRDefault="002F19AF" w:rsidP="00BE6558">
+    <w:p w:rsidR="00443E07" w:rsidRPr="00443E07" w:rsidRDefault="008A6629" w:rsidP="0073369C">
       <w:pPr>
-        <w:snapToGrid w:val="0"/>
-[...568 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+        <w:spacing w:beforeLines="50" w:before="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...54 lines deleted...]
-        </w:drawing>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>本文中の</w:t>
+      </w:r>
+      <w:r w:rsidR="0073369C" w:rsidRPr="0073369C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>主な</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>追加・</w:t>
+      </w:r>
+      <w:r w:rsidR="0073369C" w:rsidRPr="0073369C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>変更</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7198AEA9" w14:textId="77777777" w:rsidR="005C4A31" w:rsidRDefault="005C4A31" w:rsidP="002F19AF">
-[...8748 lines deleted...]
-    <w:p w14:paraId="278795E9" w14:textId="77777777" w:rsidR="008D00A1" w:rsidRPr="002678FD" w:rsidRDefault="008D00A1" w:rsidP="002678FD">
+    <w:p w:rsidR="00443E07" w:rsidRPr="00634716" w:rsidRDefault="00443E07" w:rsidP="00443E07">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:rPr>
+        <w:spacing w:beforeLines="100" w:before="360"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc395259272"/>
-[...12 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc417899253"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc428273392"/>
+      <w:r w:rsidRPr="00634716">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.28 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00634716">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>製品品質</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>に関する</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00634716">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>問題</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00FC0054">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00227790">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>〔</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0054">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>追加箇所：</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0054" w:rsidRPr="00836531">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0054" w:rsidRPr="00836531">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0054" w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00227790">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>〕</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="178EC14C" w14:textId="77777777" w:rsidR="006726F4" w:rsidRPr="00C501AC" w:rsidRDefault="0047423F" w:rsidP="00B7626B">
+    <w:p w:rsidR="00443E07" w:rsidRPr="002A5C2F" w:rsidRDefault="00443E07" w:rsidP="00443E07">
       <w:pPr>
-        <w:pStyle w:val="a"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="21"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="50" w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc395259435"/>
-[...91 lines deleted...]
-        <w:instrText xml:space="preserve">STYLEREF </w:instrText>
+      <w:r w:rsidRPr="00593E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>製品品質に関する問題は患者の安全性に関連を持つ可能性があるということを認識しておくことが重要である。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-[...42 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>それらは</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00593E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>、有害事象</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-[...26 lines deleted...]
-        <w:instrText xml:space="preserve">SEQ 表 \* ARABIC \s </w:instrText>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>との関連で</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00593E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>、あるいは製品品質監視システム</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-[...47 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>の一環</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>として報告される可能性がある。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00443E07" w:rsidRPr="002A5C2F" w:rsidRDefault="00443E07" w:rsidP="00443E07">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>製品品質に関する問題は、製造</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>表示、包装、輸送、製品の取扱いあるいは保存の過程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>で引き起こされる異常な状態と定義される。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>これらは臨床的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>に</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>影響を生じるかもしれないし、生じないかもしれない。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>こうした概念は用語選択にとっては難題であるかもしれない。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00443E07" w:rsidRPr="00827478" w:rsidRDefault="00443E07" w:rsidP="00443E07">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>SOC</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2B3C" w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:strike/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>一般・全身障害および投与部位の</w:t>
+      </w:r>
+      <w:r w:rsidR="003217D1" w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:strike/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>状態</w:t>
+      </w:r>
+      <w:r w:rsidR="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>製品の問題</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>」の下位の</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLGT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「製品品質</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>供給、流通、製造</w:t>
+      </w:r>
+      <w:r w:rsidR="003217D1" w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:strike/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>に関連する</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>および品質システムの</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>問題」にリンクしている用語を十分に理解しておくことが、これらの用語選択には必須である。この</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLGT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>の下位には</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「製品包装に関する問題」、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「製品物性に関する問題」</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>製造施設および装置の</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>問題」、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>HLT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>模造製品、偽造製品および規格外製品</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>」</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>等の製品品質に関連した特別な分類がある。</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>MedDRA</w:t>
       </w:r>
-      <w:r w:rsidR="006726F4" w:rsidRPr="00C501AC">
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>の階層構造に従って適切な</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>LLT</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>まで下</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>層</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>展開（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Navigating down</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>）することが用語選択の最適な方法である。</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...1987 lines deleted...]
-    <w:p w14:paraId="45A8388D" w14:textId="02C64783" w:rsidR="003B64EA" w:rsidRPr="00B46513" w:rsidRDefault="003B64EA" w:rsidP="00B46513">
+    <w:p w:rsidR="00443E07" w:rsidRPr="00827478" w:rsidRDefault="00443E07" w:rsidP="00443E07">
       <w:pPr>
-        <w:ind w:firstLineChars="140" w:firstLine="308"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="21"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B46513">
-[...18 lines deleted...]
-          <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>特定の製品品質</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>の</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>用語（例えば「製品コー</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS" w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>デ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>ィングの不完全」）の利用に関する説明は</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>MedDRA</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2FA7" w:rsidRPr="00B46513">
-[...50 lines deleted...]
-        <w:t>。</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>手引書の付録</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>「用語概念の記述」に記述されている。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64328173" w14:textId="77777777" w:rsidR="008E45D2" w:rsidRPr="00FD7129" w:rsidRDefault="008E45D2" w:rsidP="00B7626B">
-[...2956 lines deleted...]
-    <w:p w14:paraId="29F9864F" w14:textId="77777777" w:rsidR="00B244A2" w:rsidRPr="00C501AC" w:rsidRDefault="00834B99" w:rsidP="00C501AC">
+    <w:p w:rsidR="00993939" w:rsidRDefault="00993939" w:rsidP="00511EF1">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:rPr>
+        <w:spacing w:beforeLines="100" w:before="360"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc395259273"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc395710514"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc417899261"/>
     </w:p>
-    <w:p w14:paraId="64A24E34" w14:textId="77777777" w:rsidR="00A114EB" w:rsidRPr="008E45D2" w:rsidRDefault="0047423F" w:rsidP="00B7626B">
-[...68014 lines deleted...]
-      <w:docGrid w:linePitch="288" w:charSpace="5258"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:sectPr w:rsidR="00993939" w:rsidSect="00A03621">
+      <w:footerReference w:type="first" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1276" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="425"/>
+      <w:titlePg/>
+      <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08616F30" w14:textId="77777777" w:rsidR="00B71D4D" w:rsidRDefault="00B71D4D">
+    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BEE0413" w14:textId="77777777" w:rsidR="00B71D4D" w:rsidRDefault="00B71D4D">
+    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century">
+    <w:panose1 w:val="02040604050505020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Comic Sans MS">
+    <w:panose1 w:val="030F0702030302020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...320 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1793207696"/>
+      <w:id w:val="1479259314"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0CC50C81" w14:textId="77777777" w:rsidR="00E10D47" w:rsidRDefault="00E10D47" w:rsidP="00A3628C">
+      <w:p w:rsidR="00A03621" w:rsidRPr="004C31E0" w:rsidRDefault="00A03621">
         <w:pPr>
-          <w:pStyle w:val="a6"/>
-[...142 lines deleted...]
-          <w:jc w:val="right"/>
+          <w:pStyle w:val="a7"/>
+          <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00A3628C">
+        <w:r w:rsidRPr="004C31E0">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00A3628C">
+        <w:r w:rsidRPr="004C31E0">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00A3628C">
+        <w:r w:rsidRPr="004C31E0">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006E5E4C" w:rsidRPr="006E5E4C">
+        <w:r w:rsidR="00443E07" w:rsidRPr="00443E07">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="ja-JP" w:eastAsia="ja-JP"/>
+            <w:lang w:val="ja-JP"/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A3628C">
+        <w:r w:rsidRPr="004C31E0">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
+  <w:p w:rsidR="00A03621" w:rsidRDefault="00A03621">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="12FF0E82" w14:textId="77777777" w:rsidR="00E10D47" w:rsidRPr="0042470A" w:rsidRDefault="00E10D47" w:rsidP="003B0007">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:id w:val="1543639217"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidR="00993939" w:rsidRPr="004C31E0" w:rsidRDefault="00993939">
+        <w:pPr>
+          <w:pStyle w:val="a7"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="004C31E0">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="004C31E0">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="004C31E0">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00F650C7" w:rsidRPr="00F650C7">
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ja-JP"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004C31E0">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00993939" w:rsidRDefault="00993939">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
-    <w:r w:rsidRPr="0042470A">
-[...144 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43806EF8" w14:textId="77777777" w:rsidR="00B71D4D" w:rsidRDefault="00B71D4D">
+    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B83DB60" w14:textId="77777777" w:rsidR="00B71D4D" w:rsidRDefault="00B71D4D">
+    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...271 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="19946FD8"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="68A728AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F432B666"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Listing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...32 lines deleted...]
-        <w:ind w:left="1260" w:hanging="420"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1680" w:hanging="420"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2100" w:hanging="420"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2520" w:hanging="420"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2940" w:hanging="420"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3360" w:hanging="420"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3780" w:hanging="420"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...574 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1921215105">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...49 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="ja-JP" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
-[...8 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="ja-JP" w:vendorID="5" w:dllVersion="512" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-[...3 lines deleted...]
-  <w:drawingGridVerticalSpacing w:val="144"/>
+  <w:defaultTabStop w:val="840"/>
+  <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="0"/>
-[...1 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="12289">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
-      <o:colormru v:ext="edit" colors="#0c9"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0022198D"/>
-[...954 lines deleted...]
-    <w:rsid w:val="00FF3594"/>
+    <w:rsidRoot w:val="00383AD0"/>
+    <w:rsid w:val="000025D4"/>
+    <w:rsid w:val="00010687"/>
+    <w:rsid w:val="00010711"/>
+    <w:rsid w:val="00010795"/>
+    <w:rsid w:val="000123A2"/>
+    <w:rsid w:val="00012F25"/>
+    <w:rsid w:val="0001335D"/>
+    <w:rsid w:val="00014EFD"/>
+    <w:rsid w:val="00021E68"/>
+    <w:rsid w:val="00023621"/>
+    <w:rsid w:val="00026072"/>
+    <w:rsid w:val="00030B42"/>
+    <w:rsid w:val="000314D4"/>
+    <w:rsid w:val="000362CB"/>
+    <w:rsid w:val="00037445"/>
+    <w:rsid w:val="00043699"/>
+    <w:rsid w:val="0004408F"/>
+    <w:rsid w:val="0004574D"/>
+    <w:rsid w:val="00052603"/>
+    <w:rsid w:val="00054676"/>
+    <w:rsid w:val="00054CAA"/>
+    <w:rsid w:val="00054D90"/>
+    <w:rsid w:val="00063B65"/>
+    <w:rsid w:val="00070F35"/>
+    <w:rsid w:val="00073AD2"/>
+    <w:rsid w:val="00073D30"/>
+    <w:rsid w:val="000815CF"/>
+    <w:rsid w:val="00085ED5"/>
+    <w:rsid w:val="000861A2"/>
+    <w:rsid w:val="00090206"/>
+    <w:rsid w:val="00092571"/>
+    <w:rsid w:val="00093305"/>
+    <w:rsid w:val="00095933"/>
+    <w:rsid w:val="00096704"/>
+    <w:rsid w:val="000A296B"/>
+    <w:rsid w:val="000A2970"/>
+    <w:rsid w:val="000A321A"/>
+    <w:rsid w:val="000B5467"/>
+    <w:rsid w:val="000B5C08"/>
+    <w:rsid w:val="000C1D6D"/>
+    <w:rsid w:val="000C38D6"/>
+    <w:rsid w:val="000C55B8"/>
+    <w:rsid w:val="000C5921"/>
+    <w:rsid w:val="000C78C4"/>
+    <w:rsid w:val="000D3B38"/>
+    <w:rsid w:val="000D3FAC"/>
+    <w:rsid w:val="000D574C"/>
+    <w:rsid w:val="000D6112"/>
+    <w:rsid w:val="000E02ED"/>
+    <w:rsid w:val="000E0300"/>
+    <w:rsid w:val="000E23BB"/>
+    <w:rsid w:val="000E4ACE"/>
+    <w:rsid w:val="000F11AF"/>
+    <w:rsid w:val="000F12FA"/>
+    <w:rsid w:val="000F66FE"/>
+    <w:rsid w:val="001005ED"/>
+    <w:rsid w:val="00102E9E"/>
+    <w:rsid w:val="001053F7"/>
+    <w:rsid w:val="00106AB9"/>
+    <w:rsid w:val="00112FAB"/>
+    <w:rsid w:val="00116F67"/>
+    <w:rsid w:val="00117603"/>
+    <w:rsid w:val="00122445"/>
+    <w:rsid w:val="00123957"/>
+    <w:rsid w:val="001253D1"/>
+    <w:rsid w:val="00130E01"/>
+    <w:rsid w:val="00133E82"/>
+    <w:rsid w:val="001405A7"/>
+    <w:rsid w:val="00141604"/>
+    <w:rsid w:val="00144136"/>
+    <w:rsid w:val="00144799"/>
+    <w:rsid w:val="001468A1"/>
+    <w:rsid w:val="00150D72"/>
+    <w:rsid w:val="00151120"/>
+    <w:rsid w:val="00151546"/>
+    <w:rsid w:val="00151F04"/>
+    <w:rsid w:val="001546DD"/>
+    <w:rsid w:val="0015550D"/>
+    <w:rsid w:val="0016067A"/>
+    <w:rsid w:val="001626C6"/>
+    <w:rsid w:val="0017316E"/>
+    <w:rsid w:val="00175C35"/>
+    <w:rsid w:val="00184281"/>
+    <w:rsid w:val="00185EBC"/>
+    <w:rsid w:val="00197635"/>
+    <w:rsid w:val="001A183C"/>
+    <w:rsid w:val="001A18AB"/>
+    <w:rsid w:val="001A3E26"/>
+    <w:rsid w:val="001B1E7A"/>
+    <w:rsid w:val="001B2C9B"/>
+    <w:rsid w:val="001B3412"/>
+    <w:rsid w:val="001B3632"/>
+    <w:rsid w:val="001B55D0"/>
+    <w:rsid w:val="001C12F9"/>
+    <w:rsid w:val="001C153F"/>
+    <w:rsid w:val="001C45F6"/>
+    <w:rsid w:val="001C50BF"/>
+    <w:rsid w:val="001C740F"/>
+    <w:rsid w:val="001D53FF"/>
+    <w:rsid w:val="001D7A9E"/>
+    <w:rsid w:val="001E0776"/>
+    <w:rsid w:val="001E64B5"/>
+    <w:rsid w:val="001F3635"/>
+    <w:rsid w:val="001F4081"/>
+    <w:rsid w:val="001F490B"/>
+    <w:rsid w:val="001F5478"/>
+    <w:rsid w:val="001F65F2"/>
+    <w:rsid w:val="00202BE5"/>
+    <w:rsid w:val="00207548"/>
+    <w:rsid w:val="00212B4D"/>
+    <w:rsid w:val="00213FCC"/>
+    <w:rsid w:val="002147DC"/>
+    <w:rsid w:val="00224BF1"/>
+    <w:rsid w:val="00226A4F"/>
+    <w:rsid w:val="00227790"/>
+    <w:rsid w:val="00230326"/>
+    <w:rsid w:val="00230916"/>
+    <w:rsid w:val="00232EB5"/>
+    <w:rsid w:val="002345EB"/>
+    <w:rsid w:val="00237A00"/>
+    <w:rsid w:val="002471CB"/>
+    <w:rsid w:val="002478F3"/>
+    <w:rsid w:val="00251B02"/>
+    <w:rsid w:val="00252421"/>
+    <w:rsid w:val="002530B8"/>
+    <w:rsid w:val="002602F9"/>
+    <w:rsid w:val="00260E45"/>
+    <w:rsid w:val="0026224C"/>
+    <w:rsid w:val="00262F4E"/>
+    <w:rsid w:val="0026330A"/>
+    <w:rsid w:val="00266035"/>
+    <w:rsid w:val="00273EFC"/>
+    <w:rsid w:val="00274C21"/>
+    <w:rsid w:val="00276CBB"/>
+    <w:rsid w:val="00282147"/>
+    <w:rsid w:val="00283E59"/>
+    <w:rsid w:val="00285479"/>
+    <w:rsid w:val="002860FC"/>
+    <w:rsid w:val="00286D2F"/>
+    <w:rsid w:val="00290C22"/>
+    <w:rsid w:val="00292388"/>
+    <w:rsid w:val="00295384"/>
+    <w:rsid w:val="002964E9"/>
+    <w:rsid w:val="002A0D78"/>
+    <w:rsid w:val="002A4665"/>
+    <w:rsid w:val="002A4DAE"/>
+    <w:rsid w:val="002B0684"/>
+    <w:rsid w:val="002B0A64"/>
+    <w:rsid w:val="002B24EE"/>
+    <w:rsid w:val="002B2D7F"/>
+    <w:rsid w:val="002B5AF3"/>
+    <w:rsid w:val="002B636B"/>
+    <w:rsid w:val="002B7169"/>
+    <w:rsid w:val="002B7A2E"/>
+    <w:rsid w:val="002B7F6A"/>
+    <w:rsid w:val="002C14C6"/>
+    <w:rsid w:val="002C6F77"/>
+    <w:rsid w:val="002C766A"/>
+    <w:rsid w:val="002D1519"/>
+    <w:rsid w:val="002D39FC"/>
+    <w:rsid w:val="002D5E9E"/>
+    <w:rsid w:val="002D6939"/>
+    <w:rsid w:val="002D6CC2"/>
+    <w:rsid w:val="002E120F"/>
+    <w:rsid w:val="002E1E54"/>
+    <w:rsid w:val="002F0AC7"/>
+    <w:rsid w:val="002F25E9"/>
+    <w:rsid w:val="002F3FA0"/>
+    <w:rsid w:val="00300920"/>
+    <w:rsid w:val="00305642"/>
+    <w:rsid w:val="00315120"/>
+    <w:rsid w:val="00315335"/>
+    <w:rsid w:val="00316901"/>
+    <w:rsid w:val="003217D1"/>
+    <w:rsid w:val="003261E7"/>
+    <w:rsid w:val="00341655"/>
+    <w:rsid w:val="00341C65"/>
+    <w:rsid w:val="00341E64"/>
+    <w:rsid w:val="00344377"/>
+    <w:rsid w:val="003448D9"/>
+    <w:rsid w:val="00345F91"/>
+    <w:rsid w:val="00346E6F"/>
+    <w:rsid w:val="003474C3"/>
+    <w:rsid w:val="00350AE7"/>
+    <w:rsid w:val="00353AF3"/>
+    <w:rsid w:val="0036229B"/>
+    <w:rsid w:val="00367990"/>
+    <w:rsid w:val="003722E7"/>
+    <w:rsid w:val="00372303"/>
+    <w:rsid w:val="00381259"/>
+    <w:rsid w:val="00381F03"/>
+    <w:rsid w:val="00382CED"/>
+    <w:rsid w:val="00383AD0"/>
+    <w:rsid w:val="00383BF0"/>
+    <w:rsid w:val="003A2922"/>
+    <w:rsid w:val="003A4520"/>
+    <w:rsid w:val="003A5C68"/>
+    <w:rsid w:val="003A642A"/>
+    <w:rsid w:val="003B1935"/>
+    <w:rsid w:val="003B26D9"/>
+    <w:rsid w:val="003B7019"/>
+    <w:rsid w:val="003C32D3"/>
+    <w:rsid w:val="003C504A"/>
+    <w:rsid w:val="003D0130"/>
+    <w:rsid w:val="003D5BC3"/>
+    <w:rsid w:val="003D6576"/>
+    <w:rsid w:val="003E0B7E"/>
+    <w:rsid w:val="003E190B"/>
+    <w:rsid w:val="003E6F85"/>
+    <w:rsid w:val="003F22AF"/>
+    <w:rsid w:val="003F5893"/>
+    <w:rsid w:val="003F612F"/>
+    <w:rsid w:val="00401303"/>
+    <w:rsid w:val="00401E81"/>
+    <w:rsid w:val="00402C91"/>
+    <w:rsid w:val="00402E62"/>
+    <w:rsid w:val="0040606B"/>
+    <w:rsid w:val="00406624"/>
+    <w:rsid w:val="00407548"/>
+    <w:rsid w:val="00414830"/>
+    <w:rsid w:val="00425A78"/>
+    <w:rsid w:val="004266A8"/>
+    <w:rsid w:val="004308A5"/>
+    <w:rsid w:val="00433247"/>
+    <w:rsid w:val="00434D64"/>
+    <w:rsid w:val="0044102B"/>
+    <w:rsid w:val="00443E07"/>
+    <w:rsid w:val="004447B8"/>
+    <w:rsid w:val="00445285"/>
+    <w:rsid w:val="0045169F"/>
+    <w:rsid w:val="004516D0"/>
+    <w:rsid w:val="004538D3"/>
+    <w:rsid w:val="00457211"/>
+    <w:rsid w:val="004624FD"/>
+    <w:rsid w:val="004723E0"/>
+    <w:rsid w:val="00473010"/>
+    <w:rsid w:val="00475E84"/>
+    <w:rsid w:val="004809A4"/>
+    <w:rsid w:val="00480EA7"/>
+    <w:rsid w:val="004827C1"/>
+    <w:rsid w:val="00483048"/>
+    <w:rsid w:val="0048594C"/>
+    <w:rsid w:val="0049244B"/>
+    <w:rsid w:val="00492682"/>
+    <w:rsid w:val="00496333"/>
+    <w:rsid w:val="00497CBA"/>
+    <w:rsid w:val="004A2CDA"/>
+    <w:rsid w:val="004A3F54"/>
+    <w:rsid w:val="004A5C87"/>
+    <w:rsid w:val="004A5DFF"/>
+    <w:rsid w:val="004A63DE"/>
+    <w:rsid w:val="004B0E64"/>
+    <w:rsid w:val="004B1433"/>
+    <w:rsid w:val="004B4539"/>
+    <w:rsid w:val="004C0DC0"/>
+    <w:rsid w:val="004C1259"/>
+    <w:rsid w:val="004C31E0"/>
+    <w:rsid w:val="004C7F19"/>
+    <w:rsid w:val="004E0FF4"/>
+    <w:rsid w:val="004E164B"/>
+    <w:rsid w:val="004E2907"/>
+    <w:rsid w:val="004E33F0"/>
+    <w:rsid w:val="004E3FDF"/>
+    <w:rsid w:val="004E5000"/>
+    <w:rsid w:val="004E64DD"/>
+    <w:rsid w:val="004E7BEF"/>
+    <w:rsid w:val="004F68C8"/>
+    <w:rsid w:val="00500B7C"/>
+    <w:rsid w:val="005025F2"/>
+    <w:rsid w:val="00502C1B"/>
+    <w:rsid w:val="00502E27"/>
+    <w:rsid w:val="00502EFC"/>
+    <w:rsid w:val="0050446D"/>
+    <w:rsid w:val="00504D4B"/>
+    <w:rsid w:val="00507140"/>
+    <w:rsid w:val="005105E3"/>
+    <w:rsid w:val="00510FF8"/>
+    <w:rsid w:val="00511081"/>
+    <w:rsid w:val="00511EF1"/>
+    <w:rsid w:val="00512170"/>
+    <w:rsid w:val="00512EB3"/>
+    <w:rsid w:val="00513128"/>
+    <w:rsid w:val="005167F7"/>
+    <w:rsid w:val="005174D5"/>
+    <w:rsid w:val="005208E1"/>
+    <w:rsid w:val="00527F58"/>
+    <w:rsid w:val="005303B0"/>
+    <w:rsid w:val="00530BE6"/>
+    <w:rsid w:val="00532BFF"/>
+    <w:rsid w:val="00535CBA"/>
+    <w:rsid w:val="00540DC2"/>
+    <w:rsid w:val="00556463"/>
+    <w:rsid w:val="00561286"/>
+    <w:rsid w:val="005624EB"/>
+    <w:rsid w:val="0056562E"/>
+    <w:rsid w:val="005767A7"/>
+    <w:rsid w:val="00581FBB"/>
+    <w:rsid w:val="0058224B"/>
+    <w:rsid w:val="00584B66"/>
+    <w:rsid w:val="0059298D"/>
+    <w:rsid w:val="005A3645"/>
+    <w:rsid w:val="005B189D"/>
+    <w:rsid w:val="005B7927"/>
+    <w:rsid w:val="005C0B95"/>
+    <w:rsid w:val="005C1050"/>
+    <w:rsid w:val="005C2EF7"/>
+    <w:rsid w:val="005C534F"/>
+    <w:rsid w:val="005C6753"/>
+    <w:rsid w:val="005D37E0"/>
+    <w:rsid w:val="005D5180"/>
+    <w:rsid w:val="005D77D4"/>
+    <w:rsid w:val="005E04A1"/>
+    <w:rsid w:val="005E0AA0"/>
+    <w:rsid w:val="005E1F99"/>
+    <w:rsid w:val="005E2189"/>
+    <w:rsid w:val="005E2A65"/>
+    <w:rsid w:val="005F0CEA"/>
+    <w:rsid w:val="005F2CC8"/>
+    <w:rsid w:val="006002E9"/>
+    <w:rsid w:val="00603A49"/>
+    <w:rsid w:val="0060663F"/>
+    <w:rsid w:val="00607350"/>
+    <w:rsid w:val="00610119"/>
+    <w:rsid w:val="00623737"/>
+    <w:rsid w:val="00624059"/>
+    <w:rsid w:val="0062618C"/>
+    <w:rsid w:val="00631E50"/>
+    <w:rsid w:val="006335F9"/>
+    <w:rsid w:val="006344D6"/>
+    <w:rsid w:val="006357D8"/>
+    <w:rsid w:val="00635B64"/>
+    <w:rsid w:val="00635D35"/>
+    <w:rsid w:val="006372E3"/>
+    <w:rsid w:val="00641288"/>
+    <w:rsid w:val="00643C6A"/>
+    <w:rsid w:val="00647E57"/>
+    <w:rsid w:val="006516BC"/>
+    <w:rsid w:val="00653DAB"/>
+    <w:rsid w:val="00655E05"/>
+    <w:rsid w:val="0065779F"/>
+    <w:rsid w:val="00660F51"/>
+    <w:rsid w:val="00661654"/>
+    <w:rsid w:val="006661F6"/>
+    <w:rsid w:val="0067245E"/>
+    <w:rsid w:val="00676D37"/>
+    <w:rsid w:val="006776E8"/>
+    <w:rsid w:val="0068348C"/>
+    <w:rsid w:val="006861A0"/>
+    <w:rsid w:val="00690AE4"/>
+    <w:rsid w:val="006934C8"/>
+    <w:rsid w:val="00693B69"/>
+    <w:rsid w:val="00694497"/>
+    <w:rsid w:val="00696651"/>
+    <w:rsid w:val="006A206D"/>
+    <w:rsid w:val="006A4FA4"/>
+    <w:rsid w:val="006A52ED"/>
+    <w:rsid w:val="006A667C"/>
+    <w:rsid w:val="006B2068"/>
+    <w:rsid w:val="006B3150"/>
+    <w:rsid w:val="006B41CC"/>
+    <w:rsid w:val="006B529A"/>
+    <w:rsid w:val="006B586D"/>
+    <w:rsid w:val="006B71E5"/>
+    <w:rsid w:val="006C167D"/>
+    <w:rsid w:val="006C4C1E"/>
+    <w:rsid w:val="006D1E4E"/>
+    <w:rsid w:val="006D21A5"/>
+    <w:rsid w:val="006D33E1"/>
+    <w:rsid w:val="006D7B4C"/>
+    <w:rsid w:val="006E0C58"/>
+    <w:rsid w:val="006E353D"/>
+    <w:rsid w:val="006E3B85"/>
+    <w:rsid w:val="006E565C"/>
+    <w:rsid w:val="006E7A68"/>
+    <w:rsid w:val="006F06BE"/>
+    <w:rsid w:val="006F2B99"/>
+    <w:rsid w:val="006F2C43"/>
+    <w:rsid w:val="007063F3"/>
+    <w:rsid w:val="00724ECE"/>
+    <w:rsid w:val="00724F11"/>
+    <w:rsid w:val="0073369C"/>
+    <w:rsid w:val="007347DF"/>
+    <w:rsid w:val="0073638E"/>
+    <w:rsid w:val="00736B1E"/>
+    <w:rsid w:val="007400B1"/>
+    <w:rsid w:val="007465BE"/>
+    <w:rsid w:val="007529BA"/>
+    <w:rsid w:val="0075460C"/>
+    <w:rsid w:val="00756E56"/>
+    <w:rsid w:val="007573FB"/>
+    <w:rsid w:val="00771120"/>
+    <w:rsid w:val="007802DC"/>
+    <w:rsid w:val="00780413"/>
+    <w:rsid w:val="00781913"/>
+    <w:rsid w:val="00782CB5"/>
+    <w:rsid w:val="007832DF"/>
+    <w:rsid w:val="007836EC"/>
+    <w:rsid w:val="00783783"/>
+    <w:rsid w:val="007846D7"/>
+    <w:rsid w:val="007849B2"/>
+    <w:rsid w:val="00784C30"/>
+    <w:rsid w:val="007910FA"/>
+    <w:rsid w:val="00793DF6"/>
+    <w:rsid w:val="00793EFD"/>
+    <w:rsid w:val="00794951"/>
+    <w:rsid w:val="0079524D"/>
+    <w:rsid w:val="00797F1B"/>
+    <w:rsid w:val="007A09A9"/>
+    <w:rsid w:val="007A27E4"/>
+    <w:rsid w:val="007A3542"/>
+    <w:rsid w:val="007B2AF2"/>
+    <w:rsid w:val="007B3CE4"/>
+    <w:rsid w:val="007C2009"/>
+    <w:rsid w:val="007C42FD"/>
+    <w:rsid w:val="007C4827"/>
+    <w:rsid w:val="007D0FFA"/>
+    <w:rsid w:val="007D2283"/>
+    <w:rsid w:val="007D3C20"/>
+    <w:rsid w:val="007E18B0"/>
+    <w:rsid w:val="007E45FF"/>
+    <w:rsid w:val="007E6A3B"/>
+    <w:rsid w:val="007F014B"/>
+    <w:rsid w:val="007F49C4"/>
+    <w:rsid w:val="007F53FD"/>
+    <w:rsid w:val="007F5649"/>
+    <w:rsid w:val="00800E4B"/>
+    <w:rsid w:val="008021E7"/>
+    <w:rsid w:val="00802C59"/>
+    <w:rsid w:val="00803C3C"/>
+    <w:rsid w:val="00805E5F"/>
+    <w:rsid w:val="0081245F"/>
+    <w:rsid w:val="00812A31"/>
+    <w:rsid w:val="00813902"/>
+    <w:rsid w:val="00814C5F"/>
+    <w:rsid w:val="0081724C"/>
+    <w:rsid w:val="00823A6F"/>
+    <w:rsid w:val="00824EE8"/>
+    <w:rsid w:val="008274B0"/>
+    <w:rsid w:val="008308E3"/>
+    <w:rsid w:val="00833AF0"/>
+    <w:rsid w:val="00834152"/>
+    <w:rsid w:val="00836531"/>
+    <w:rsid w:val="00837CDB"/>
+    <w:rsid w:val="00846D41"/>
+    <w:rsid w:val="00847AEE"/>
+    <w:rsid w:val="008627D5"/>
+    <w:rsid w:val="00864F5C"/>
+    <w:rsid w:val="008664F4"/>
+    <w:rsid w:val="0087151A"/>
+    <w:rsid w:val="00873D5F"/>
+    <w:rsid w:val="00875348"/>
+    <w:rsid w:val="00876EB7"/>
+    <w:rsid w:val="008803E3"/>
+    <w:rsid w:val="008818CA"/>
+    <w:rsid w:val="00882DDF"/>
+    <w:rsid w:val="00882E3A"/>
+    <w:rsid w:val="00883C8E"/>
+    <w:rsid w:val="008840C8"/>
+    <w:rsid w:val="00885A16"/>
+    <w:rsid w:val="00890445"/>
+    <w:rsid w:val="008925D6"/>
+    <w:rsid w:val="0089361C"/>
+    <w:rsid w:val="00895968"/>
+    <w:rsid w:val="008A4A51"/>
+    <w:rsid w:val="008A5283"/>
+    <w:rsid w:val="008A6629"/>
+    <w:rsid w:val="008B4311"/>
+    <w:rsid w:val="008C0723"/>
+    <w:rsid w:val="008C128F"/>
+    <w:rsid w:val="008C185C"/>
+    <w:rsid w:val="008C1CC8"/>
+    <w:rsid w:val="008C39D3"/>
+    <w:rsid w:val="008C3E72"/>
+    <w:rsid w:val="008C5FFC"/>
+    <w:rsid w:val="008C663B"/>
+    <w:rsid w:val="008C7A75"/>
+    <w:rsid w:val="008C7E3E"/>
+    <w:rsid w:val="008D090B"/>
+    <w:rsid w:val="008D2B94"/>
+    <w:rsid w:val="008E146F"/>
+    <w:rsid w:val="008F00E5"/>
+    <w:rsid w:val="008F0C26"/>
+    <w:rsid w:val="008F7956"/>
+    <w:rsid w:val="009012D8"/>
+    <w:rsid w:val="00906543"/>
+    <w:rsid w:val="00907690"/>
+    <w:rsid w:val="009100CC"/>
+    <w:rsid w:val="00912A4E"/>
+    <w:rsid w:val="0092594C"/>
+    <w:rsid w:val="00925E5A"/>
+    <w:rsid w:val="00927F40"/>
+    <w:rsid w:val="009309A3"/>
+    <w:rsid w:val="009340D0"/>
+    <w:rsid w:val="009412D6"/>
+    <w:rsid w:val="00953246"/>
+    <w:rsid w:val="00956D05"/>
+    <w:rsid w:val="0096144F"/>
+    <w:rsid w:val="00966001"/>
+    <w:rsid w:val="00967CA1"/>
+    <w:rsid w:val="00970A53"/>
+    <w:rsid w:val="00971BEB"/>
+    <w:rsid w:val="00972A33"/>
+    <w:rsid w:val="009745F6"/>
+    <w:rsid w:val="00981B71"/>
+    <w:rsid w:val="00982852"/>
+    <w:rsid w:val="009831CF"/>
+    <w:rsid w:val="00985F77"/>
+    <w:rsid w:val="0098673A"/>
+    <w:rsid w:val="00986CA5"/>
+    <w:rsid w:val="00986FFE"/>
+    <w:rsid w:val="00993939"/>
+    <w:rsid w:val="0099420E"/>
+    <w:rsid w:val="00995596"/>
+    <w:rsid w:val="00997B3A"/>
+    <w:rsid w:val="009A41EF"/>
+    <w:rsid w:val="009A74B2"/>
+    <w:rsid w:val="009B1E4B"/>
+    <w:rsid w:val="009B6C1B"/>
+    <w:rsid w:val="009C2598"/>
+    <w:rsid w:val="009C3235"/>
+    <w:rsid w:val="009C48EC"/>
+    <w:rsid w:val="009C648D"/>
+    <w:rsid w:val="009D23F3"/>
+    <w:rsid w:val="009D2AF4"/>
+    <w:rsid w:val="009D2B3C"/>
+    <w:rsid w:val="009D3ADC"/>
+    <w:rsid w:val="009D61BD"/>
+    <w:rsid w:val="009E0EB3"/>
+    <w:rsid w:val="009F4B4A"/>
+    <w:rsid w:val="009F6220"/>
+    <w:rsid w:val="009F62A8"/>
+    <w:rsid w:val="009F6C66"/>
+    <w:rsid w:val="009F75D0"/>
+    <w:rsid w:val="009F7C21"/>
+    <w:rsid w:val="00A03621"/>
+    <w:rsid w:val="00A03901"/>
+    <w:rsid w:val="00A03CBE"/>
+    <w:rsid w:val="00A06ECC"/>
+    <w:rsid w:val="00A1226A"/>
+    <w:rsid w:val="00A126BC"/>
+    <w:rsid w:val="00A14130"/>
+    <w:rsid w:val="00A14D0A"/>
+    <w:rsid w:val="00A20201"/>
+    <w:rsid w:val="00A2219B"/>
+    <w:rsid w:val="00A24241"/>
+    <w:rsid w:val="00A2609E"/>
+    <w:rsid w:val="00A278F8"/>
+    <w:rsid w:val="00A3127A"/>
+    <w:rsid w:val="00A34DD0"/>
+    <w:rsid w:val="00A42A5B"/>
+    <w:rsid w:val="00A4480C"/>
+    <w:rsid w:val="00A4638F"/>
+    <w:rsid w:val="00A474E1"/>
+    <w:rsid w:val="00A51DFE"/>
+    <w:rsid w:val="00A52B16"/>
+    <w:rsid w:val="00A537A7"/>
+    <w:rsid w:val="00A53A68"/>
+    <w:rsid w:val="00A53D12"/>
+    <w:rsid w:val="00A573B6"/>
+    <w:rsid w:val="00A627E6"/>
+    <w:rsid w:val="00A64148"/>
+    <w:rsid w:val="00A6557E"/>
+    <w:rsid w:val="00A70D39"/>
+    <w:rsid w:val="00A8504E"/>
+    <w:rsid w:val="00A85111"/>
+    <w:rsid w:val="00A8794E"/>
+    <w:rsid w:val="00A9076A"/>
+    <w:rsid w:val="00A92C61"/>
+    <w:rsid w:val="00A96E6C"/>
+    <w:rsid w:val="00AA4376"/>
+    <w:rsid w:val="00AA4C51"/>
+    <w:rsid w:val="00AA53E6"/>
+    <w:rsid w:val="00AB02E1"/>
+    <w:rsid w:val="00AB26A2"/>
+    <w:rsid w:val="00AB2C9F"/>
+    <w:rsid w:val="00AC29E5"/>
+    <w:rsid w:val="00AC32E7"/>
+    <w:rsid w:val="00AC536F"/>
+    <w:rsid w:val="00AE02FC"/>
+    <w:rsid w:val="00AE27B8"/>
+    <w:rsid w:val="00AE3D3F"/>
+    <w:rsid w:val="00AE3E49"/>
+    <w:rsid w:val="00AE5CBA"/>
+    <w:rsid w:val="00AF0F9F"/>
+    <w:rsid w:val="00AF1338"/>
+    <w:rsid w:val="00AF3CFC"/>
+    <w:rsid w:val="00AF476F"/>
+    <w:rsid w:val="00B01E31"/>
+    <w:rsid w:val="00B02E53"/>
+    <w:rsid w:val="00B031BC"/>
+    <w:rsid w:val="00B031E1"/>
+    <w:rsid w:val="00B03CA3"/>
+    <w:rsid w:val="00B03E72"/>
+    <w:rsid w:val="00B04F08"/>
+    <w:rsid w:val="00B12CDE"/>
+    <w:rsid w:val="00B16951"/>
+    <w:rsid w:val="00B20E37"/>
+    <w:rsid w:val="00B21751"/>
+    <w:rsid w:val="00B218BB"/>
+    <w:rsid w:val="00B2461F"/>
+    <w:rsid w:val="00B306B5"/>
+    <w:rsid w:val="00B4118E"/>
+    <w:rsid w:val="00B46B06"/>
+    <w:rsid w:val="00B536BA"/>
+    <w:rsid w:val="00B53FD7"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B5756C"/>
+    <w:rsid w:val="00B62590"/>
+    <w:rsid w:val="00B70525"/>
+    <w:rsid w:val="00B70991"/>
+    <w:rsid w:val="00B73528"/>
+    <w:rsid w:val="00B75807"/>
+    <w:rsid w:val="00B76216"/>
+    <w:rsid w:val="00B83AFB"/>
+    <w:rsid w:val="00B90102"/>
+    <w:rsid w:val="00B90C6E"/>
+    <w:rsid w:val="00B92AB1"/>
+    <w:rsid w:val="00B92E71"/>
+    <w:rsid w:val="00B9522D"/>
+    <w:rsid w:val="00B96B1F"/>
+    <w:rsid w:val="00B96F25"/>
+    <w:rsid w:val="00BA11A6"/>
+    <w:rsid w:val="00BA1C38"/>
+    <w:rsid w:val="00BA27D3"/>
+    <w:rsid w:val="00BA2CE0"/>
+    <w:rsid w:val="00BA5E99"/>
+    <w:rsid w:val="00BB21E8"/>
+    <w:rsid w:val="00BB5E0A"/>
+    <w:rsid w:val="00BB637B"/>
+    <w:rsid w:val="00BB6BFE"/>
+    <w:rsid w:val="00BC1EF0"/>
+    <w:rsid w:val="00BC3AB5"/>
+    <w:rsid w:val="00BD028C"/>
+    <w:rsid w:val="00BD3522"/>
+    <w:rsid w:val="00BD3F5E"/>
+    <w:rsid w:val="00BD68A1"/>
+    <w:rsid w:val="00BD79C9"/>
+    <w:rsid w:val="00BE33F3"/>
+    <w:rsid w:val="00BE4DF7"/>
+    <w:rsid w:val="00BE6390"/>
+    <w:rsid w:val="00BF2DA1"/>
+    <w:rsid w:val="00BF346A"/>
+    <w:rsid w:val="00BF50DF"/>
+    <w:rsid w:val="00BF5287"/>
+    <w:rsid w:val="00BF5A4B"/>
+    <w:rsid w:val="00BF629F"/>
+    <w:rsid w:val="00C058FF"/>
+    <w:rsid w:val="00C07777"/>
+    <w:rsid w:val="00C136A1"/>
+    <w:rsid w:val="00C206A0"/>
+    <w:rsid w:val="00C245C4"/>
+    <w:rsid w:val="00C269D4"/>
+    <w:rsid w:val="00C27D7E"/>
+    <w:rsid w:val="00C31CE7"/>
+    <w:rsid w:val="00C31F56"/>
+    <w:rsid w:val="00C3437A"/>
+    <w:rsid w:val="00C36DF7"/>
+    <w:rsid w:val="00C37DA1"/>
+    <w:rsid w:val="00C40C51"/>
+    <w:rsid w:val="00C437C5"/>
+    <w:rsid w:val="00C4428E"/>
+    <w:rsid w:val="00C453EB"/>
+    <w:rsid w:val="00C51269"/>
+    <w:rsid w:val="00C52577"/>
+    <w:rsid w:val="00C53A1B"/>
+    <w:rsid w:val="00C54673"/>
+    <w:rsid w:val="00C61B31"/>
+    <w:rsid w:val="00C637F4"/>
+    <w:rsid w:val="00C72BC4"/>
+    <w:rsid w:val="00C74147"/>
+    <w:rsid w:val="00C74CE7"/>
+    <w:rsid w:val="00C8033E"/>
+    <w:rsid w:val="00C832B7"/>
+    <w:rsid w:val="00C84E2E"/>
+    <w:rsid w:val="00C90392"/>
+    <w:rsid w:val="00C904A2"/>
+    <w:rsid w:val="00C921E1"/>
+    <w:rsid w:val="00C94E70"/>
+    <w:rsid w:val="00C95726"/>
+    <w:rsid w:val="00CA0793"/>
+    <w:rsid w:val="00CA08A7"/>
+    <w:rsid w:val="00CA08E5"/>
+    <w:rsid w:val="00CA2503"/>
+    <w:rsid w:val="00CA305F"/>
+    <w:rsid w:val="00CA3B43"/>
+    <w:rsid w:val="00CA663F"/>
+    <w:rsid w:val="00CA69EE"/>
+    <w:rsid w:val="00CB3299"/>
+    <w:rsid w:val="00CB434B"/>
+    <w:rsid w:val="00CB5085"/>
+    <w:rsid w:val="00CC1FD8"/>
+    <w:rsid w:val="00CC21B4"/>
+    <w:rsid w:val="00CC2C9C"/>
+    <w:rsid w:val="00CC3EA5"/>
+    <w:rsid w:val="00CC78D3"/>
+    <w:rsid w:val="00CD1361"/>
+    <w:rsid w:val="00CE08FA"/>
+    <w:rsid w:val="00CE22F5"/>
+    <w:rsid w:val="00CE74C8"/>
+    <w:rsid w:val="00CF40CB"/>
+    <w:rsid w:val="00CF4F04"/>
+    <w:rsid w:val="00CF6963"/>
+    <w:rsid w:val="00D01564"/>
+    <w:rsid w:val="00D039DB"/>
+    <w:rsid w:val="00D03B08"/>
+    <w:rsid w:val="00D05690"/>
+    <w:rsid w:val="00D12C88"/>
+    <w:rsid w:val="00D1420C"/>
+    <w:rsid w:val="00D1551E"/>
+    <w:rsid w:val="00D15E15"/>
+    <w:rsid w:val="00D25A7F"/>
+    <w:rsid w:val="00D26736"/>
+    <w:rsid w:val="00D32CBD"/>
+    <w:rsid w:val="00D371FD"/>
+    <w:rsid w:val="00D373C0"/>
+    <w:rsid w:val="00D44304"/>
+    <w:rsid w:val="00D5340C"/>
+    <w:rsid w:val="00D54E19"/>
+    <w:rsid w:val="00D57FCA"/>
+    <w:rsid w:val="00D644F5"/>
+    <w:rsid w:val="00D66911"/>
+    <w:rsid w:val="00D66F2A"/>
+    <w:rsid w:val="00D7641A"/>
+    <w:rsid w:val="00D767D4"/>
+    <w:rsid w:val="00D779F9"/>
+    <w:rsid w:val="00D81D5D"/>
+    <w:rsid w:val="00D81E64"/>
+    <w:rsid w:val="00D83825"/>
+    <w:rsid w:val="00D9152C"/>
+    <w:rsid w:val="00D91970"/>
+    <w:rsid w:val="00D95EC8"/>
+    <w:rsid w:val="00D96B56"/>
+    <w:rsid w:val="00DA2348"/>
+    <w:rsid w:val="00DA5642"/>
+    <w:rsid w:val="00DB1E40"/>
+    <w:rsid w:val="00DB5E96"/>
+    <w:rsid w:val="00DC08A1"/>
+    <w:rsid w:val="00DD119B"/>
+    <w:rsid w:val="00DD316B"/>
+    <w:rsid w:val="00DE3088"/>
+    <w:rsid w:val="00DE410E"/>
+    <w:rsid w:val="00DE43D7"/>
+    <w:rsid w:val="00DE5955"/>
+    <w:rsid w:val="00DF6D8B"/>
+    <w:rsid w:val="00E033E4"/>
+    <w:rsid w:val="00E060A0"/>
+    <w:rsid w:val="00E0633B"/>
+    <w:rsid w:val="00E06779"/>
+    <w:rsid w:val="00E1120F"/>
+    <w:rsid w:val="00E129BB"/>
+    <w:rsid w:val="00E153E2"/>
+    <w:rsid w:val="00E176A4"/>
+    <w:rsid w:val="00E2763C"/>
+    <w:rsid w:val="00E37885"/>
+    <w:rsid w:val="00E40C17"/>
+    <w:rsid w:val="00E40FD7"/>
+    <w:rsid w:val="00E44DC1"/>
+    <w:rsid w:val="00E50E8E"/>
+    <w:rsid w:val="00E516C8"/>
+    <w:rsid w:val="00E541D4"/>
+    <w:rsid w:val="00E5691E"/>
+    <w:rsid w:val="00E56FEC"/>
+    <w:rsid w:val="00E6310E"/>
+    <w:rsid w:val="00E64BF2"/>
+    <w:rsid w:val="00E665C0"/>
+    <w:rsid w:val="00E70471"/>
+    <w:rsid w:val="00E708F8"/>
+    <w:rsid w:val="00E73817"/>
+    <w:rsid w:val="00E74CFA"/>
+    <w:rsid w:val="00E75835"/>
+    <w:rsid w:val="00E77841"/>
+    <w:rsid w:val="00E82675"/>
+    <w:rsid w:val="00E842FD"/>
+    <w:rsid w:val="00E865F0"/>
+    <w:rsid w:val="00EA5E40"/>
+    <w:rsid w:val="00EA7489"/>
+    <w:rsid w:val="00EB388B"/>
+    <w:rsid w:val="00EB3E2F"/>
+    <w:rsid w:val="00EC39A0"/>
+    <w:rsid w:val="00EC5E4D"/>
+    <w:rsid w:val="00EC7754"/>
+    <w:rsid w:val="00ED1F07"/>
+    <w:rsid w:val="00ED35BB"/>
+    <w:rsid w:val="00ED4F44"/>
+    <w:rsid w:val="00EE2379"/>
+    <w:rsid w:val="00EE41BE"/>
+    <w:rsid w:val="00EE442E"/>
+    <w:rsid w:val="00EE6115"/>
+    <w:rsid w:val="00EF13CC"/>
+    <w:rsid w:val="00EF2596"/>
+    <w:rsid w:val="00EF630A"/>
+    <w:rsid w:val="00F01B5A"/>
+    <w:rsid w:val="00F0536C"/>
+    <w:rsid w:val="00F12750"/>
+    <w:rsid w:val="00F137A2"/>
+    <w:rsid w:val="00F20006"/>
+    <w:rsid w:val="00F24CE3"/>
+    <w:rsid w:val="00F24FE5"/>
+    <w:rsid w:val="00F25BF6"/>
+    <w:rsid w:val="00F3428B"/>
+    <w:rsid w:val="00F435FC"/>
+    <w:rsid w:val="00F47C06"/>
+    <w:rsid w:val="00F5555C"/>
+    <w:rsid w:val="00F56BFF"/>
+    <w:rsid w:val="00F610E0"/>
+    <w:rsid w:val="00F61117"/>
+    <w:rsid w:val="00F62EC9"/>
+    <w:rsid w:val="00F6325A"/>
+    <w:rsid w:val="00F650C7"/>
+    <w:rsid w:val="00F7128A"/>
+    <w:rsid w:val="00F73250"/>
+    <w:rsid w:val="00F760FD"/>
+    <w:rsid w:val="00F774FB"/>
+    <w:rsid w:val="00F77C28"/>
+    <w:rsid w:val="00F820A8"/>
+    <w:rsid w:val="00F84875"/>
+    <w:rsid w:val="00F860D7"/>
+    <w:rsid w:val="00F9056F"/>
+    <w:rsid w:val="00F94BF6"/>
+    <w:rsid w:val="00FA1C35"/>
+    <w:rsid w:val="00FA2D68"/>
+    <w:rsid w:val="00FA5C64"/>
+    <w:rsid w:val="00FB229E"/>
+    <w:rsid w:val="00FB324C"/>
+    <w:rsid w:val="00FB73F9"/>
+    <w:rsid w:val="00FC0054"/>
+    <w:rsid w:val="00FC140A"/>
+    <w:rsid w:val="00FC5D8C"/>
+    <w:rsid w:val="00FC64D0"/>
+    <w:rsid w:val="00FC782B"/>
+    <w:rsid w:val="00FD0A12"/>
+    <w:rsid w:val="00FD1A85"/>
+    <w:rsid w:val="00FD2C65"/>
+    <w:rsid w:val="00FE0211"/>
+    <w:rsid w:val="00FE16CA"/>
+    <w:rsid w:val="00FE1E84"/>
+    <w:rsid w:val="00FE22C9"/>
+    <w:rsid w:val="00FE5190"/>
+    <w:rsid w:val="00FF1EAF"/>
+    <w:rsid w:val="00FF6940"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="12289">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
-      <o:colormru v:ext="edit" colors="#0c9"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="28E746ED"/>
-  <w15:docId w15:val="{DE343A6A-9B1F-4E90-A6DF-97EB5A85BD99}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0345996F-AD73-46A8-8114-7FFA558F5586}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -86689,76 +3303,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -86906,1756 +3520,685 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00382BB8"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00CC01AB"/>
+    <w:rsid w:val="00383AD0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:numPr>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="002678FD"/>
+    <w:rsid w:val="0073369C"/>
     <w:pPr>
-      <w:keepLines/>
-[...5 lines deleted...]
-      <w:suppressAutoHyphens/>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:snapToGrid w:val="0"/>
-[...1 lines deleted...]
-      <w:kern w:val="28"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CC01AB"/>
+    <w:rsid w:val="0073369C"/>
     <w:pPr>
       <w:keepNext/>
+      <w:ind w:leftChars="400" w:left="400"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...1 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
-[...28 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a2">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a3">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a4">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a">
-[...2 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseReference1">
+    <w:name w:val="Intense Reference1"/>
+    <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00C501AC"/>
+    <w:rsid w:val="00383AD0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="C0504D"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
+    <w:basedOn w:val="a3"/>
+    <w:rsid w:val="00B75807"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:widowControl/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a1">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B75807"/>
+    <w:rPr>
+      <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="書式なし (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00CC01AB"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B75807"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00CC01AB"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D5BC3"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="ヘッダー (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D5BC3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D5BC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CC01AB"/>
-[...18 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003D5BC3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="Title"/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00530BE6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...46 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ad">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="吹き出し (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00530BE6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="0073369C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36pt">
+    <w:name w:val="スタイル 見出し 3 + 段落前 :  6 pt"/>
+    <w:basedOn w:val="3"/>
+    <w:rsid w:val="0073369C"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="120"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="ＭＳ 明朝"/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0073369C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="0073369C"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="本文インデント 2 (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="002F19AF"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:link w:val="21"/>
+    <w:rsid w:val="0073369C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
+  <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00430E7A"/>
+    <w:rsid w:val="00511EF1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
-[...5 lines deleted...]
-    <w:rsid w:val="00E02244"/>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00511EF1"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:widowControl/>
+      <w:ind w:leftChars="400" w:left="840"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-[...54 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...52 lines deleted...]
-      <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="32775539">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Century"/>
+        <a:latin typeface="Century" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...3 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18F16919-20EE-408C-A953-F98768877774}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91174802-3DCC-484C-9BB9-30F2197D4E69}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4072EC5-5089-4476-9779-2BD95A587312}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>31</Pages>
-[...1 lines deleted...]
-  <Characters>27801</Characters>
+  <Pages>2</Pages>
+  <Words>132</Words>
+  <Characters>754</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>83</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MedDRA/J 配布ファイルフォーマット情報 バージョン24.1</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>(一財)医薬品医療機器レギュラトリーサイエンス財団</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41945</CharactersWithSpaces>
+  <CharactersWithSpaces>885</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...920 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MedDRA/J 配布ファイルフォーマット情報 バージョン28.1</dc:title>
-  <dc:creator>JMO事業部</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>高野充</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>