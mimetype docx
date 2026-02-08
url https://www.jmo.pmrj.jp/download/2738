--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -1,2175 +1,19602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A03621" w:rsidRDefault="000E0300" w:rsidP="001A3E26">
+    <w:p w14:paraId="0C0FC184" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
-[...176 lines deleted...]
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>MedDRA</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+        <w:t>DATA RETRIEVAL AND PRESENTATION:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>®</w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...10 lines deleted...]
-    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
+        <w:t>POINTS TO CONSIDER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537FA1B8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00383AD0" w:rsidRDefault="00383AD0" w:rsidP="00383AD0">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICH-Endorsed Guide for MedDRA Users </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626BF598" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="48"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00FB73F9" w:rsidRDefault="00F774FB" w:rsidP="00383AD0">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>on Data Output</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B9BBAE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A61FEE5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F774FB">
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Release 3.23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C5441" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B9433C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>公表版</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>4.1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t>March 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76555E4A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00383AD0" w:rsidRPr="00F774FB" w:rsidRDefault="00F774FB" w:rsidP="00383AD0">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Disclaimer and Copyright Notice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F22B6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This document is protected by copyright and may, with the exception of the MedDRA and ICH logos, be used, reproduced, incorporated into other works, adapted, modified, translated or distributed under a public license provided that ICH's copyright in the document is acknowledged at all times. In case of any adaption, modification or translation of the document, reasonable steps must be taken to clearly label, demarcate or otherwise identify that changes were made to or based on the original document. Any impression that the adaption, modification or translation of the original document is endorsed or sponsored by the ICH must be avoided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B37444" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The document is provided "as is" without warranty of any kind. In no event shall the ICH or the authors of the original document be liable for any claim, damages or other liability arising from the use of the document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66800781" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...169 lines deleted...]
-    <w:p w:rsidR="00383AD0" w:rsidRPr="00D57FCA" w:rsidRDefault="00383AD0" w:rsidP="00F774FB">
+      </w:pPr>
+      <w:r>
+        <w:t>The above-mentioned permissions do not apply to content supplied by third parties. Therefore, for documents where the copyright vests in a third party, permission for reproduction must be obtained from this copyright holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58ACBF8C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="002E120F" w:rsidRPr="00D57FCA" w:rsidRDefault="002E120F" w:rsidP="00F774FB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763D35F9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="120"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="00F774FB" w:rsidRPr="00D57FCA" w:rsidRDefault="00F650C7" w:rsidP="00F774FB">
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA® trademark is registered by ICH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254C82AD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="120"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00281129">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="994" w:right="1800" w:bottom="994" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033DEC03" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7993D54D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376ADD3E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 1 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>INTRODUCTION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891602 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B65E14" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Objectives of this Document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891603 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0443F4D8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Reasons to Use MedDRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891604 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E14B233" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>How to Use this Document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891605 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B051D0E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 2 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>GENERAL PRINCIPLES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891606 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E386359" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Quality of Source Data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891607 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64482F30" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Data conversion considerations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891608 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404726D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Impact of data conversion method</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891609 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A90CBA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Documentation of Data Retrieval and Presentation Practices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891610 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6459E527" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Do Not Alter MedDRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891611 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B9021A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Organisation-Specific Data Characteristics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891612 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F927FBB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Characteristics of MedDRA that Impact Data Retrieval and Analysis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891613 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AEC11" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Grouping terms (HLTs and HLGTs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891614 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597F3EC9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Granularity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891615 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0198938B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.5.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Multiaxiality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891616 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5560EBE6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2.6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>MedDRA Versioning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891617 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0246BD70" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 3 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>GENERAL QUERIES AND RETRIEVAL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891618 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDE1952" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>General Principles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891619 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597E625D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Graphical displays</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891620 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60907934" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Patient subpopulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891621 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21869D8E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overall Presentation of Safety Profiles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891622 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44570603" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overview by primary System Organ Class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891623 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598E681F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Overall presentations of small datasets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891624 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473D4E98" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.2.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Focused searches</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891625 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FCF530" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 4 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>STANDARDISED MedDRA QUERIES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891626 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2456EF5B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891627 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36294363" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Benefits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891628 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680AF1D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Limitations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891629 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EC02B9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Modifications and Organisation-Constructed Queries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891630 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2731293B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQs and MedDRA Version Changes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891631 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240794DA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQs – Impact of MedDRA Legacy Data Conversion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891632 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E62F8F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Change Requests</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891633 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BB5BEA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Technical Tools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891634 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC1E71D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Applications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891635 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CC2BD7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Clinical trials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891636 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BA8496" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.9.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Post-marketing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891637 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127D5226" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1067"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ Search Options</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891638 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC5459B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Narrow and broad searches</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891639 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670C4849" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Hierarchical SMQs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891640 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3E17D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1627"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.10.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Algorithmic SMQs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891641 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3224C46F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1067"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4.11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SMQ and MedDRA Grouping Terms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891642 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47909471" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 5 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>CUSTOMISED SEARCHES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891643 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109B7CC9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Modified MedDRA Query Based on an SMQ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891644 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380ED44E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Customised Queries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891645 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF39166" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1928"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>SECTION 6 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>APPENDIX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891646 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1DC076" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Links and References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891647 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226D3082" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="934"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Figures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc426891648 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EAA332" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3183A94E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00281129">
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="994" w:right="1800" w:bottom="994" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc268528998"/>
+    </w:p>
+    <w:p w14:paraId="2302DDA5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc426891602"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>INTRODUCTION</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="3FFDC148" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Med</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ical </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ictionary for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">egulatory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ctivities terminology (MedDRA)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>was designed for sharing regulatory information for human medical products. In order for MedDRA to harmonise the exchange of coded data, users should be consistent in the assignment of terms to verbatim reports of symptoms, signs, diseases, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ECC5CB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>MedDRA is a large terminology with very specific (“granular”) terms called Lowest Level Terms (LLTs) that serve to accurately record the reporter’s words (verbatim term). LLTs are generally synonyms linked to their parent terms known as Preferred Terms (PTs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>).PTs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> are also relatively specific and large in number. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6CC009" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">While a highly granular terminology such as MedDRA reduces the need for interpretation at data entry, it impacts the processes of data retrieval, sorting and presentation necessary for support of drug development, pharmacovigilance and risk management. The hierarchical structure of MedDRA facilitates data retrieval by providing grouping terms (High Level Terms [HLTs] and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>High Level</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Group Terms [HLGTs]) that aggregate the very specific terms used for coding into broader medical categories. MedDRA’s multiaxiality (assignment of a PT to more than one System Organ Class [SOC]) allows flexibility in data retrieval via primary and secondary paths. Whilst grouping terms and multiaxiality permit a reasonable first approach to data retrieval, the complexity of MedDRA requires guidance to optimise the results.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090FD118" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Data Retrieval and Presentation: Points to Consider</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) document is an ICH-endorsed guide for MedDRA users. It is updated annually in step with the March release of MedDRA (starting with MedDRA Version 23.0) and is support documentation for MedDRA. It was developed and is maintained by a working group charged by the ICH Management Committee. The working group consists of representatives of ICH regulatory and industry members, the World Health Organization, the MedDRA Maintenance and Support Services Organization (MSSO), and the Japanese Maintenance Organization (JMO) (see the M1 MedDRA Terminology page under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Multidisciplinary Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> on the ICH website for a list of current members). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED5458F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The principles described in this document are most effective when used in conjunction with the principles described in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t>document for data entry (coding). This document provides data retrieval and presentation options for either industry or regulatory purposes. Although MedDRA includes some data retrieval tools, this document addresses data retrieval in a broader context.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DA4F80" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Examples shown in this document are intended to facilitate reader understanding and are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> intended to imply regulatory requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50289F17" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Figures referenced in the text are found in the Appendix, Section 6.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416C1B09" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, the working group has developed a condensed version of the DRP:PTC document which focuses on the fundamental principles of data retrieval and is intended to support the implementation and use of MedDRA in the ICH regions and beyond (see Appendix, Section 6.1). It is available in all MedDRA languages except for English, Japanese and other languages with an available translation of the full </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">document. The full </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> document in its various translations will continue to be maintained and updated as the complete reference document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B55EE66" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc268528999"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc426891603"/>
+      <w:r>
+        <w:t>Objectives of this Document</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="5AA7BFDB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The objective of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document is to demonstrate how data retrieval options impact the accuracy and consistency of data output. For example, certain drugs or therapeutic areas may need a customised approach for data output. Options for data input described in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t>document – or in organisation-specific coding guidelines – should also be taken into consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707817B0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Organisations are encouraged to document their data retrieval and output strategies, methods and quality assurance procedures in organisation-specific guidelines which should be consistent with this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>DRP:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A31A0B1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc268529000"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc426891604"/>
+      <w:r>
+        <w:t>Reasons to Use MedDRA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="6CEE738D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>MedDRA is used to report adverse reaction/adverse event (AR/AE)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>terms in individual case reports – both on paper or electronically. Its structure allows for aggregation of those reported terms in medically meaningful groupings to facilitate analysis of safety data. MedDRA can also be used to list AR/AE data in reports (tables, line listings, etc.), compute frequencies of similar AR/AEs, and capture and analyse related data such as product indications, investigations, and medical and social history.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D3CC7B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc268529001"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc426891605"/>
+      <w:r>
+        <w:t>How to Use this Document</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62583FA8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The principles described in this document apply to all data encoded with MedDRA with a focus on aggregated data. This document does not address the use of MedDRA for single case reporting, labeling, medical evaluation and statistical methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8EF9FA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Points to Consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">document aims to help all MedDRA users, since the MedDRA terminology itself contains no specific guidelines for its use. The document provides a framework to foster </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">consistent </w:t>
+      </w:r>
+      <w:r>
+        <w:t>use of MedDRA for data analysis and presentation for medically meaningful review and analysis of clinical data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E18E5E0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">This document describes the features of MedDRA and highlights the impact of MedDRA’s structure, rules and conventions on data output. Examples and options described in the document are not intended to communicate specific regulatory reporting requirements or address specific database issues. This document cannot address every </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>situation,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> therefore, medical judgment should always be applied.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C37BE89" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The document is not a substitute for MedDRA training. It is essential for users to have knowledge of MedDRA’s structure and content. For optimal use of MedDRA, one should refer to the MedDRA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Introductory Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (see Appendix, Section 6.1), and the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>MedDRA Term Selection: Points to Consider</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> document).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc268529002"/>
+      <w:bookmarkStart w:id="9" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="10" w:name="OLE_LINK2"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21954080" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Users are invited to contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>MSSO Help Desk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> with any questions or comments about this DRP:PTC document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D820D9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Users may also wish to refer to the CIOMS report “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Development and Rational Use of Standardised MedDRA Queries (SMQs): Retrieving Adverse Drug Reactions with MedDRA” for additional information about the purpose and appropriate use of SMQs in safety surveillance activities. Please refer to the CIOMS website for more information on the second edition (2016) of this report, also known as the “Red Book”. See Appendix, Section 6.1 Links and References.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...226 lines deleted...]
-        <w:jc w:val="left"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F71276E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc426891606"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>GENERAL PRINCIPLES</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="330297E1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc268529003"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Toc426891607"/>
+      <w:r>
+        <w:t>Quality of Source Data</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="05896264" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">High quality data output </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">occurs when the quality of the information originally reported is maintained with consistent and appropriate term selection. Organisations should pursue continuous oversight of data quality.  Data quality issues are also addressed in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">document. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>For further information, please also refer to Section 2 of the MedDRA Points to Consider Companion Document which contains detailed examples and guidance on data quality (see Appendix, Section 6.1).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02904D08" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc268529004"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Toc426891608"/>
+      <w:r>
+        <w:t>Data conversion considerations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="74E7CFF2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Give special consideration to the method used to convert data from other terminologies into MedDRA. The methods used can impact retrieval and presentation strategies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C215EEA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Method 1 – Data converted from legacy terminology terms to MedDRA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27432C6C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Results will reflect the specificity of the previous terminology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570BF6FC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The benefits of the greater specificity of MedDRA are not attained</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010F13E4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3082"/>
+        <w:gridCol w:w="3072"/>
+        <w:gridCol w:w="2656"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="63BF4565" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7ACC59" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FE46DB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Legacy Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF0FA4E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MedDRA Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="02C4EA44" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD62356" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal ischaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21166672" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal Disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7364F2D6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="575BE32E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="7B27498E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Method 2 – Data converted from the original reported terms (verbatim terms) to MedDRA terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3DC85E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3082"/>
+        <w:gridCol w:w="3072"/>
+        <w:gridCol w:w="2656"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="545C22D7" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363C9AB0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0711ED" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Legacy Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00478F96" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MedDRA Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="46593424" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB17888" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal ischaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C69ED3F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal Disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BF5CD6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gastrointestinal ischaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="67321DF8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="08B4AB95" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Document the data conversion method used, including the date of the conversion and the MedDRA version used.                                                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1627299B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc268529005"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Toc426891609"/>
+      <w:r>
+        <w:t>Impact of data conversion method</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="7773D4CE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Combining the two conversion methods described above can affect interpretation of data output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B7D733" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="74C79CCF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="768F64A5" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D7B6DF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Data Output with Combined Data Conversion Methods</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="21A40991" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761513C3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>If data have been converted directly from legacy terminology terms to MedDRA terms (Method 1), and if newly acquired data are coded directly from reported terms to MedDRA, the resulting differences in specificity could make interpretation difficult.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2D0FBE8B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="500D9D2E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">When designing a search strategy, it may be useful to examine the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>reported terms</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for data converted using Method 1. If the search has been based on specific MedDRA terms, data previously coded to non-specific terms may be otherwise overlooked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3553E0E0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="4B1A22A0" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE6D22E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Impact of Method 1 Conversion on Search Strategy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0F832E68" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AF2DF7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If searching with MedDRA PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gastrointestinal ischaemia</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, cases of gastrointestinal ischaemia coded with the legacy term </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gastrointestinal disorder</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> would be missed. In this case, it would be important to know the date of the legacy data conversion and the MedDRA version used.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3697FECF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="0017196E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>To conduct a search requiring this level of detail, it might be necessary to review or recode from the reported terms. For legacy data, this information might be found in fields other than those for ARs/AEs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1137365A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc268529006"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc426891610"/>
+      <w:r>
+        <w:t>Documentation of Data Retrieval and Presentation Practices</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="0E2CE6AD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">It is important to document MedDRA term selection conventions, data retrieval and output strategies (including SMQs and other queries) and quality assurance procedures. Organisation-specific strategies should be consistent with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Points to Consider</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> documents and should include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9A4305" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MedDRA version used for the search </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180A0C1A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Search strategy methods (sufficiently detailed to be reproducible)   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547EF778" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Version update processes      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E88F03" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Processes for creating and maintaining customized MedDRA queries                                                                                                                                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C32674" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc268529007"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc426891611"/>
+      <w:r>
+        <w:t>Do Not Alter MedDRA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="0AA70B1B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">MedDRA is a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="48"/>
-[...176 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>standardised</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> terminology with a pre-defined term hierarchy that should not be altered. Users must not make </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ad hoc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> structural alterations to MedDRA, including changing the primary SOC allocation; doing so would compromise the integrity of this standard. If terms are found to be incorrectly placed in the MedDRA hierarchy, a change request should be submitted to the MSSO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4561D1EA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc268529008"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc426891612"/>
+      <w:r>
+        <w:t>Organisation-Specific Data Characteristics</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="54BEE64F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Although MedDRA is a standardised terminology, different organisations have implemented it in various ways. It is important to understand organisation-specific data characteristics and implementation strategies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A96388B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Each organisation should have access to a MedDRA specialist to provide expert advice and who has the knowledge of the following database characteristics:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30041027" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Database structure (how the MedDRA hierarchy is stored and used)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26EC71F9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Data storage (e.g., level of term, synonym/reported term)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DD3413" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Data conversion from other terminologies (if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2395D7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Coding practices over time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C384A3F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="7685375D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="623EB963" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA9DAE0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Impact of Coding Practices Over Time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0986FED2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5AE81A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Consider the impact of gender-specific terms when comparing MedDRA coded data to data coded with an older terminology that may not have had corresponding gender-specific terms. If the prior terminology had only a single, gender-neutral term for “breast cancer”, consider the impact of selecting gender-specific breast cancer terms in MedDRA for current data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1AEA7BCF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="309C6C8C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Limitations or restrictions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFD011C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="6031C74F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="34208F9A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Output or Display of Multiaxial PTs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5D64CCDD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B7FCA9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Do not assume that PTs in their secondary SOC locations will be seen when searching in a specific HLT or HLGT since the database configuration may not allow output or display by the secondary path.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F1422A8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="42828835" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="24B038CA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="177F6791" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="0DB4D269" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Term selection principles used</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF8CA7A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Selecting more than one term when coding a medical condition increases counts of terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7C9D56" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Selecting a diagnosis term only (and not terms for signs and symptoms) reduces the counts of terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AACBF31" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The adverse event profile resulting when both diagnosis and signs/symptoms terms are coded may appear different than when the diagnosis only is coded. Always consider the organisation’s coding conventions when using or comparing data from other databases (e.g., co-developing or co-marketing partners, regulatory authorities).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202F7133" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc268529009"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc426891613"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Characteristics of MedDRA that Impact Data Retrieval and Analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="5716866C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MedDRA’s structure, rules and conventions are detailed in the MedDRA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introductory Guide.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162FAF5C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Keep the following MedDRA characteristics in mind for data retrieval and presentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6712E5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc268529010"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00227790">
-[...11 lines deleted...]
-        <w:pStyle w:val="21"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc426891614"/>
+      <w:r>
+        <w:t>Grouping terms (HLTs and HLGTs)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="134CB70E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The HLT and HLGT levels are an additional tool for data analysis and retrieval as they provide clinically relevant groupings of terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01176217" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="12BF7A3C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="791AC333" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cardiac Arrhythmias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="19808CEB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C114CE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                           HLGT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cardiac arrhythmias</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                                                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484807D7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cardiac conduction disorders      </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                                         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E619741" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Rate and rhythm disorders NEC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F44B6A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Supraventricular arrhythmias</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46FE0131" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Ventricular arrhythmias and cardiac arrest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73AADE39" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve"> Example as of MedDRA Version 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1C1C27" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Review terms within a grouping term</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A70F04A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Review terms within the HLGT or HLT of interest to be sure that all terms therein are suited for the purpose of the output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BF24EC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="54F823A3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4E7BFD01" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="05A5F292" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4A579165" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="52BA92F6" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C71BF0A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Blood Pressure Terms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="05CAC744" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA4C746" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                           HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vascular tests NEC (incl blood pressure) </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                                                                                         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7DB572" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood pressure abnormal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37A6E1A2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182ACA36" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood pressure increased</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C9C4299" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood pressure measurement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B3BE46" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77976356" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Note that terms for increased </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> decreased blood pressure are grouped under a single HLT which also includes PTs for pulmonary arterial pressure, vascular resistance, haemodynamic tests, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F4B3A45" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Example as of MedDRA Version 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1407363F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="_Toc426891615"/>
+      <w:r>
+        <w:t>Granularity</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="73B8C5CE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3510"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA PTs are more specific (“granular”) than comparable terms in other terminologies. Figure 1 illustrates how data coded to a single concept from another terminology may be coded to several PTs in MedDRA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12897583" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Related events that may have been represented by a single term in another terminology may be represented by more than one MedDRA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PTs.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> The potential impact of this on signal detection should be kept in mind. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6DD7DD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="_Toc426891616"/>
+      <w:r>
+        <w:t>Multiaxiality</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="16FF18BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Multiaxiality means that a PT may exist in more than one SOC. This allows terms to be grouped in different, but medically appropriate, ways (e.g., by aetiology or organ system). Each PT is assigned one primary SOC; all other SOC assignments for that PT are called “secondary”. Having a single primary SOC prevents double counting of events when outputting data from all SOCs. All possible secondary SOC assignments for any given PT may not be present in MedDRA. However, new or revised SOC assignments can be created as a result of the change request process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53651A99" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Primary SOC assignment rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BA36CC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Primary SOC assignment rules are described in the MedDRA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Introductory Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.  These rules affect the way terms are placed in MedDRA and determine their data display by SOC. Because these rules allow for terms related to a particular medical condition to be in more than one SOC, users should be familiar with the general structure and content of all MedDRA SOCs to be sure that data are not overlooked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD51A6F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C63E47F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="2700"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="2B16E329" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F41C39D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Type of Disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FA3208" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Primary SOC Rule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="215E2823" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Example</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="34368847" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="731EE411" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28156DCB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Congenital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5921CCAD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">All terms for congenital disorders have as their primary SOC assignment SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B5F114" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital absence of bile ducts</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> has a primary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congenital, familial and genetic disorders </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">and a secondary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hepatobiliary disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEE32C7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The secondary SOC assignment for these terms is their “site of manifestation” SOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5A70EB0F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03205B70" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Neoplastic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B608386" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">All terms for malignant and benign neoplasms (except cysts and polyps) have as their primary SOC assignment SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A26920" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skin cancer </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">has a primary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and a secondary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Skin and subcutaneous tissue disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A7B8FF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cyst</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>polyp</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> terms are an exception to this rule. The primary SOC assignment for cyst and polyp terms is the “site of manifestation” SOC, and the secondary SOC is SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3E005E8A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F68D7E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Infectious</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="659EFBF4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">All terms for infectious disorders have as their primary SOC assignment SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Infections and infestations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F34B009" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Enterocolitis infectious</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> has a primary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Infections and infestations</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and a secondary SOC assignment of SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gastrointestinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43520E6E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>The secondary SOC assignment for these terms is their “site of manifestation” SOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F37A009" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>If a PT links to more than one of these three SOCs, the following priority is used to determine the primary SOC:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04035330" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Congenital, familial and genetic disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9B0AB8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF6E3BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Infections and infestations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568C0B59" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Non multiaxial SOCs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559C4400" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Terms in the following three SOCs do not have multiaxial links:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E998B4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Investigations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A941007" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Surgical and medical procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D379FD5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Social circumstances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FB6634" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This is important when designing queries and other retrieval strategies because one cannot rely on multiaxiality to locate all terms of interest in MedDRA.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8C98BB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="375468A4" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CC0E7C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Impact of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Non Multiaxial</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOCs on Data Queries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="60CEF6E9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F1AE5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">When querying a database for events or cases of thrombocytopenia, data coded to PTs in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood and lymphatic system disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> is a logical starting point. Additionally, data coded to terms in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – such as PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Platelet</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>count decreased</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – and data coded to terms in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Surgical and medical procedures</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> - such as PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Platelet transfusion</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – could also be of interest. Neither of these PTs has a link to SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blood and lymphatic system disorders. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF78953" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="425C0F97" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to consider data coded in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>non multiaxial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOCs could lead to incomplete analysis of thrombocytopenia.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7EE3276D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B6C782E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">As noted above, terms for test results are in SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigations </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and do not have multiaxial links to terms for corresponding medical conditions. Keep this in mind when reviewing tables and data listings of MedDRA coded data. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4B7905" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve"> Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="7D9DC027" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="596E757A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terms for Test Results in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="54E491BE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E19B85" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">When querying a database for events or cases of hepatic abnormalities, data coded to PTs in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hepatobiliary disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> is a logical starting point.  Additionally, data coded to terms in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – such as PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Liver function test abnormal</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – and data coded to terms in SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Surgical and medical procedures</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> - such as PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Liver transplant</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – could also be of interest. Neither of these PTs has a link to SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hepatobiliary disorders.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151800D4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to consider data coded in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>non multiaxial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOCs could lead to incomplete analysis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FB7FFDC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="30DF92F5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Figure 2 further illustrates the impact of data coded as test results vs. the corresponding medical condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C159A66" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Clinically related PTs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D0E2EB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Clinically related PTs might be overlooked or not recognized as belonging together because they might be in different groupings within a single SOC or they may be located in more than one SOC (see Section 2.5.3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9E1D1F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="1FD0209B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="4F831D47" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7F94FB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Similar Skin Conditions in Different Groupings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1571EA9B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7406FA31" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                       HLGT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Epidermal and dermal conditions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB91BFE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                             HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Bullous conditions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A73B238" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Stevens-Johnson syndrome</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0388EB1C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Toxic epidermal necrolysis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B03FB4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                             HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Exfoliative conditions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2288AE84" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Dermatitis exfoliative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709BB46C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Dermatitis exfoliative generalised</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20659576" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Nikolsky's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sign</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74239E04" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Skin exfoliation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E41E631" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example as of MedDRA Version 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5128D43F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The frequency of a medical concept may be underestimated if the above points are not considered; this may impact interpretation of data (see Section 3.2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266344B0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>MedDRA SOCs group terms by body systems, aetiologies and specialised purposes. Data may be coded to terms in SOCs that had not been anticipated by the user. Keep in mind the potential impact of multiaxiality on frequencies of the medical condition of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494ED892" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4401"/>
+        <w:gridCol w:w="4409"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="1823AF42" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4515" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D74190" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4521" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFB1A11" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Primary SOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0E379D3C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4515" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C07297B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Post procedural haemorrhage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4521" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CF177F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Injury, poisoning </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C52561" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>and procedural complications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="093AAB92" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4515" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0697B39C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4521" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D20C9E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>General disorders and administration site conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AD4ACEC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc426891617"/>
+      <w:r>
+        <w:t>MedDRA Versioning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="3BFAAC02" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>MedDRA is updated twice yearly. Version “X.0” contains both simple and complex changes; version “X.1” contains only simple changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA58D24" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Organisations should be aware of the types of MedDRA changes for their possible impact on data output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C244B55" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4416"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="5CAC1671" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="776AF0FD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Types of MedDRA Changes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="36C8E003" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E5C2B1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Simple Changes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4526" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="196AF1BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Complex Changes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="6D09C1C6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5346B2B3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Add a PT (new medical concept)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A424E2C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Move an existing PT from one HLT to another</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBDE353" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Demote a PT to LLT level</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC6ABDC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Add or remove a link to an existing PT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBC066A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Add an LLT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4EF524" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Move an existing LLT from one PT to another</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1F1775" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Promote an LLT to PT level</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D3B1E1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Make a current LLT non-current or a non-current LLT current</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225BDE6E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Changing the primary SOC allocation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3970E5B2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Changes to SMQs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B28BF4C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Add or change multiaxial links</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="253F9416" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Add new grouping terms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1320E2CA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Merge existing grouping terms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA92E34" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Restructure a SOC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485E8464" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Add a new SOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A5BB3C7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B0CB409" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Both simple and complex changes impact retrieval and presentation strategies.  Users should read the documentation provided with each MedDRA release, especially the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>What’s New</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> document. The MSSO and JMO provide tools to assist the user in comparing the changes between MedDRA versions. The Version Report (provided by the MSSO and JMO) is a spreadsheet listing all changes between the current version of MedDRA and the one previous to it; this spreadsheet is provided with each new release of MedDRA. The MSSO also provides the MedDRA Version Analysis Tool (MVAT) that facilitates identification and understanding of the impact of changes between any two MedDRA versions, including non-consecutive ones (see Appendix, Section 6.1 of this document; also, see Section 4.1.1 of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider </w:t>
+      </w:r>
+      <w:r>
+        <w:t>document).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51636F79" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Organisations should plan and document their strategy for handling MedDRA version updates. When planning or performing data retrieval and presentation, the MedDRA version used should be documented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB84341" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Keep in mind that MedDRA changes may impact previous data retrieval approaches and results, including event frequencies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF90DB3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="468F53E2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="0391E65D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="04FE7847" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3F286C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Impact of Version Changes – Demoted PT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="037A35DC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3158E262" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="OLE_LINK30"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Fractured ischium</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">was included in a query developed using terms in MedDRA Version 22.1. If the query had been re-run on data using MedDRA Version 23.0, these events would not have been found at the PT level because PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fractured ischium </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">had been demoted to an LLT and linked to PT </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="OLE_LINK7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pelvic fracture</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F191FC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>See Figure 3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0270ED13" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example as of MedDRA Version 22.1 and 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4143B590" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="5D992FFA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="1C7C6297" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D2726B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Impact of Version Changes – Change of Primary SOC Assignment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="05966671" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADF0E06" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="OLE_LINK20"/>
+            <w:bookmarkStart w:id="34" w:name="OLE_LINK17"/>
+            <w:bookmarkStart w:id="35" w:name="OLE_LINK31"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vascular cognitive impairment </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r>
+              <w:t xml:space="preserve">had a primary link to </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="OLE_LINK21"/>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychiatric disorders </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r>
+              <w:t xml:space="preserve">and secondary links to SOC </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="OLE_LINK15"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Nervous system disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Vascular disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r>
+              <w:t xml:space="preserve">in MedDRA Version 22.1. In Version 23.0, the primary SOC assignment was changed to SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Nervous system disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and the secondary assignments were to SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Psychiatric disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and SOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Vascular disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. In a primary SOC output of data, PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vascular cognitive impairment </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">will seem to have “disappeared” from </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Psychiatric disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A29EDD9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75E4B0E6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example as of MedDRA Version 22.1 and 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61635C11" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="3BCFE366" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Terms used to construct queries should be in the same MedDRA version as the data being queried. An organisation’s legacy data may be coded in more than one version of MedDRA. New terms may have been included in a new query built in a newer MedDRA version; depending upon the organisation’s versioning method, these new terms might not be present in the older data. This could lead to search results that are incomplete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3153971F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>A search built with terms of an earlier MedDRA version (e.g., used previously on a now closed study) might not identify all relevant data in an integrated safety summary (ISS) containing data coded in a later version of MedDRA. Queries stored in an organisation’s system should be updated to the appropriate version of MedDRA before using them on new data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED95CA5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Advice on how an organisation should handle new MedDRA versions is not within the scope of this document (see </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Appendix 4.1). Some databases may contain data of multiple studies coded in different versions of MedDRA. This may impact aggregation of those data (e.g., in an ISS). Refer also to the MedDRA website for the MedDRA Best Practices for more information on versioning options for clinical trial and post-marketing data (see Appendix, Section 6.1).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C424B9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc426891618"/>
+      <w:r>
+        <w:t>GENERAL QUERIES AND RETRIEVAL</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="36C18D92" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc426891619"/>
+      <w:r>
+        <w:t>General Principles</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="3A60F501" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Data retrieval is performed for summary and analysis of clinical trial data, pharmacovigilance, medical information questions and for a number of other purposes. The search strategies, methods and tools used to retrieve data might differ based on the intended use of the output. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A3EE79" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>A general approach for data retrieval is outlined in the chart below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100059E6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="197D2FFE" wp14:editId="72A6E356">
+            <wp:extent cx="4247491" cy="5930900"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4248681" cy="5932562"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78857A08" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="33A78EED" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Prior to data retrieval, there may be known or potential safety issues that need detailed investigation. Information from pre-clinical studies, clinical trials, post-marketing surveillance, class effects of similar products, and regulatory queries may identify areas of possible focus; these may affect the strategy for aggregating search terms, the methodology, and the way data are displayed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E22E40D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Be aware of database characteristics, organisation-specific data entry conventions, data sources, the size of the database, and the version of MedDRA used for coding all data. Archived searches may be available to the user, especially those used in pharmacovigilance; these may be suitable for use if updated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B93AB46" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">When presenting adverse event data, it is important to display and to group related events (i.e., events that represent the same condition of interest) so that the true occurrence rate of an event is not obscured. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Search strategies should be documented.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The search output alone may not suffice for data assessment (e.g., frequency of a condition). Search results should be evaluated against the question originally posed.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1E937E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Sorting related events into categories can be challenging. A search that is too narrowly focused might exclude events of potential relevance; a search that is too broad might make it difficult to identify a trend or signal. Careful interpretation is required when grouping terms that correspond to a potential event or medical condition for analysis (whether a syndrome or not). The purpose is to identify trends that may require further analysis, including review of individual cases. For complex queries, create a data analysis plan including a definition of the medical condition of interest. An interdisciplinary discussion might be helpful to identify the most suitable methods and tools relevant to the query.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0D144C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>These principles may apply to the types of searches listed in the table below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D0AB68" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="31F399CF" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="574CA21A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Types of Searches – Application of General Principles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="33DC4E15" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69607649" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Safety profile overview in a summary report, Periodic Safety Update Report (PSUR), ISS, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A6B16D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Comparing frequencies of ARs/AEs (reporting rates for spontaneous reports or incidence for studies)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F17371" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Analysis of a specific safety concern</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE6B5E1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Identifying patient subpopulations at risk (search of medical history)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="25AC5133" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="_Toc426891620"/>
+      <w:r>
+        <w:t>Graphical displays</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="5EB3D5A3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Graphical displays can be useful especially with large datasets. Such displays allow quick visual representation of potential signals. Organisations are encouraged to use graphs for data display. Histograms, bar charts, and pie charts can be useful as can more complex, statistically-derived displays (e.g., data mining algorithms). Examples of these types of displays are in the Appendix, Section 6.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3417AC53" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc426891621"/>
+      <w:r>
+        <w:t>Patient subpopulations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="0B3ACB64" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>For data retrieval for specific subpopulations such as those based on age or gender, it is necessary to refer to individual database fields for demographics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699969A2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc426891622"/>
+      <w:r>
+        <w:t>Overall Presentation of Safety Profiles</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="3D764F6F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The aims of an overall safety profile presentation are to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED21828" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Highlight distribution of ARs/AEs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF5B7A2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Identify areas for in depth analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59929A7E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Present the data in a way that allows for easy recognition of patterns of terms potentially related to the relevant medical conditions. There are various ways to do this ranging from </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>a full listing of terms to sophisticated statistical approaches such as data mining techniques (for reference, see ICH E2E: Pharmacovigilance Planning Document; listed in the Appendix, Section 6.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683DA90A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Historically, the standard approach has been to display data by Body System (or System Organ Class) and Preferred Term corresponding to SOCs and PTs in MedDRA. Due to MedDRA’s unique characteristics (multiaxiality, granularity), this PT-SOC approach may need to be augmented with other types of data outputs (e.g., secondary SOC output, display by grouping terms [HLTs, HLGTs], etc.), depending on the reason for the output. For example, if a number of reports describe a similar medical condition, they could be represented by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208AD999" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Many different PTs (dilution of signal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CA8AD1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Different grouping terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3C2B4C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Different SOCs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3155E55E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">SOCs where the user would not intuitively expect them (e.g., SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>General disorders and administration site conditions,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Injury, poisoning and procedural complications</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Infections and infestations</w:t>
+      </w:r>
+      <w:r>
+        <w:t>). See examples in the table below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8806"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="7187C327" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="668"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8806" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="474D0A0F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">PTs with Primary SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>General disorders and administration site conditions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Secondary SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cardiac disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7B9DA9DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2212"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8806" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0056A9FB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chest discomfort</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C3AA93" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48737935" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oedema peripheral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FDCA1E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sudden death</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733FA11C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Localised oedema</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B14A28F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oedema due to cardiac disease</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11AD3DAA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Peripheral oedema neonatal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E236405" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cardiac death</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC0F5AC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A8A7027" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version 23.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFD8586" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="_Toc426891623"/>
+      <w:r>
+        <w:t>Overview by primary System Organ Class</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="27F83B1A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>This overview is recommended as a first step in data retrieval and for planning of further analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79000A9E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Display of all data ensures that all events will be seen and may be useful to identify data clusters by SOC. If the hierarchy is also displayed, clusters may occur at the HLGT or HLT levels. For a small dataset, this display by primary SOC may be all that is necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A435C1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="63AEE562" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Objectives:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A2CA40" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Include all events (none are omitted)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B35D76F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Display all data in the entire MedDRA hierarchy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B96A386" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Method:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0C4298" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The primary SOC view including HLGTs, HLTs and PTs can be used for standard tables (clinical trials and post-marketing data) and for cumulative summaries (post-marketing data).  Line listings (both clinical and post-marketing data) can also be displayed by primary SOC and PT. Depending on the reason for the output, it might be beneficial to use the primary SOC and PT display; for large datasets, display by SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by grouping terms (HLGTs and HLTs) may be preferable. Figure 4 is an example of such an output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A637EE3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The Internationally Agreed Order of SOCs was developed for consistency irrespective of language or alphabet (see Figure 5). The SOC order was based upon the relative importance of each SOC in AR/AE reports (see also the MedDRA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introductory Guide </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and MedDRA ASCII files). Use of the Internationally Agreed Order may be applicable to certain regulatory functions, e.g., the Summary of Product Characteristics guideline. Organisations that share data should agree on the order of SOCs when preparing data for presentation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460790BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Data displays in tables or in graphical presentations may facilitate understanding by the viewer. Figures 6, 7 and 8 are examples of such displays. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B48D7C3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Figures 9a and 9b display data for one compound in two patient populations. Within each patient population, the reports are split by SOC and by reporter. The upper bar of each pair represents numbers of reports from consumers (blue), and the lower bar represents reports from health care professionals (red).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248A2EA8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>If further detail is needed, adverse events can be displayed by PT with decreasing frequency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642C9C33" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>In depth analysis requires medical expertise to define terms that should be aggregated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E714112" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="79DA22A2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Benefits:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406F8B8D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provides an overview of data distribution; helps identify areas of special interest that may need in depth analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12496CE1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Grouping terms aggregate related PTs, facilitating identification of medical conditions of interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E2A03F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A PT will be displayed only once, preventing over-counting of terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022A66AF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A primary SOC overview may be the only form of data display necessary for a small dataset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB1FA3A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D954D1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Limitations:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0197CD4A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Because it is based on a PT-to-primary SOC assignment, there may be incomplete groupings of terms for a medical condition or syndrome as such terms may be distributed among different SOCs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AB50EC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Events may not be found where the user expects them due to MedDRA placement rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424C3AB0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Potential for a lengthy data output when applied to large datasets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017445C9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="_Toc426891624"/>
+      <w:r>
+        <w:t>Overall presentations of small datasets</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="64A5ED4F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>When the safety profile consists of a small list of PTs (e.g., early in clinical development), a display of these PTs may be adequate. Figure 10 is an example of this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8DDFDE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="_Toc426891625"/>
+      <w:r>
+        <w:t>Focused searches</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="79D229BA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Focused searches may be useful for further investigation of medical concepts of interest.  For example, a focused search may be used to determine the number of cases or events of interest in response to a regulatory query.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E97BBDC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>In certain situations, such as those listed below (note that this list is not all-inclusive), users may wish to design a specific search in addition to the Overview by Primary System Organ Class (see Section 3.2.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0EA0FD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Further examination of clusters seen in Primary SOC output</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42430159" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Previously identified safety concerns (e.g., known class effects, results from toxicology and animal studies, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F977B7E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Monitoring events of special interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1169412E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Responding to regulatory queries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF6423A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Below are listed options for focused search approaches. The order of applying these approaches may depend on resources, expertise, systems or other factors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B576D9B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Focused searches by secondary SOC assignments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2414B88A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">This focused search augments the Overview by Primary System Organ Class (see Section 3.2.1) by addressing secondary SOC assignments, thus providing a more comprehensive view of the data and taking advantage of MedDRA’s multiaxiality.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F848D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Method:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550E6D17" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The method used for a focused search by secondary SOC assignment may depend on the database characteristics of the organisation.  Options include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257BEC2A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Query of the SOC, HLGT and HLT levels to include both the primary and secondary SOC assignments in the display</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1FD4D0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Output PTs in their secondary SOC locations programmatically (see Figure 11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4633E2F7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If the database does not allow automated output by secondary SOC, then perform the query using available processes (e.g., programming a list of all individual PTs in the primary and secondary SOC locations)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F96E86F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The MSSO Desktop and Web-Based browsers provide users with the option to display the secondary SOC paths of terms exported from search/research bin results or from terms uploaded using the Hierarchy Analysis feature. These browser features thus allow users to view and export secondary SOC assignments in a simple spreadsheet format without the need for any special programming.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5FC7D5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="20A8D892" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="54822A97" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Programming a List of PTs in Primary and Secondary SOC Locations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0F615882" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08891A3B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                  SOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Eye disorders</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EBFFDF6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                       HLGT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vision disorders        </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="767E8681" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                            HLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Visual pathway disorders</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EFAEF48" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chiasma syndrome       </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BBA9711" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Optic nerve compression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (primary SOC location)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30422F09" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optic nerve disorder </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(primary SOC location)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76132729" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optic neuropathy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(primary SOC location)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D24741" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxic optic neuropathy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(primary SOC location)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39047017" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Visual cortex atrophy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A4CF646" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                    PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Visual pathway disorder</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7590C60D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0ACCD8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 of 7 PTs are primary to SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Nervous system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="248D2521" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Example as of MedDRA Version 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D63BC7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="16C02480" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Benefits:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644508DB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Multiaxial links enhance the utility of the grouping terms. This method overcomes the primary SOC limitations as described under Section 3.2.1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4771A8E7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Limitations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E697C9C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Still displays only terms that are represented in one SOC or HLGT/HLT which may not include all terms related to a medical condition </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDE4C94" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This method of display of PTs by both primary and secondary SOC assignments could lead to double counting of cases/events</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2CB6C9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc426891626"/>
+      <w:r>
+        <w:t>STANDARDISED M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:t>DRA QUERIES</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="446D21E0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc426891627"/>
+      <w:r>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="29B954BC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Standardised MedDRA Queries (SMQs) were created to standardise identification and retrieval of safety data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F47947" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Since 2003, SMQs were jointly developed by the Council for International Organizations of Medical Sciences (CIOMS) and ICH (including MSSO and JMO) representing both </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">industry and regulatory authorities. An SMQ is a grouping of terms from one or more SOCs that relate to a defined medical condition or area of interest. The terms included relate to signs, symptoms, diagnoses, syndromes, physical findings, laboratory and other physiologic test data, etc. that are associated with the medical condition or area of interest. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDD6F7C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In 2020, the CIOMS SMQ Working Group completed work on the last SMQ in its development pipeline, bringing the total number of SMQs developed by the group to 107. Beginning with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID-19 (SMQ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in MedDRA Version 23.1, the MedDRA MSSO is responsible for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ad hoc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">development of new SMQ topics in coordination with international experts from regulatory authorities and industry. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200AC7F5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="58A5C8A9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Users should carefully read the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> before applying an SMQ to fully understand the scope of the SMQ and to properly apply search options such as algorithms and weightings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0FE03F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc426891628"/>
+      <w:r>
+        <w:t>SMQ Benefits</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="5B1ABD75" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>As with all MedDRA-based queries, users of SMQs should be aware of several factors that may influence data retrieval including database characteristics, data conversion processes, coding conventions, and MedDRA versioning. For more details, see Section 3.1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE312FD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>SMQ benefits include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415C3373" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Application across multiple therapeutic areas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092E9DD2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Validated reusable search logic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C692900" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Standardised communication of safety information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4956C92E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Consistent data retrieval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2170BDEF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Maintenance by MSSO and JMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D333397" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc426891629"/>
+      <w:r>
+        <w:t>SMQ Limitations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="304F29C8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>SMQs do not cover all medical topics or safety issues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6802B64B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>SMQs evolve and undergo further refinement in the production phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1856E1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc426891630"/>
+      <w:r>
+        <w:t>SMQ Modifications and Organisation-Constructed Queries</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="7FC9C456" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>If any modifications are made to term content or structure of an SMQ, it can no longer be called an “SMQ” but it should instead be referred to as a “modified MedDRA query based on an SMQ”. See Section 5.1 for further details on SMQ modification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7E05D5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="900"/>
-          <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
-        <w:spacing w:beforeLines="50" w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under no circumstances should a query constructed for the specific need of an organisation be called an “SMQ” by its originator. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>This is to ensure that there is no confusion with the ICH-endorsed SMQs applied by other MedDRA users.  Any alternate name for the organisation-constructed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">query is acceptable as long as it could not be potentially confused with an ICH-endorsed SMQ.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB2C07A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc426891631"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>SMQs and MedDRA Version Changes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="178EEB27" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Each SMQ relates to a specific MedDRA version. SMQs are part of each new MedDRA release, are maintained by MSSO and JMO, and correspond to the terms present in that version of MedDRA. The SMQ version should always correspond to the MedDRA version of the data being searched.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E0010C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>As with all searches of MedDRA-based data, it is important to document the MedDRA and SMQ versions used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9506F3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Changes to SMQs that can occur with each MedDRA version include (but are not limited to) the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3846BC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Addition of PTs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FE6574" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inactivation of a PT (i.e., effectively “removing” a PT from an SMQ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B86CDBC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Change of term scope (e.g., a narrow term becomes a broad term)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8F80C8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Restructuring of an SMQ (e.g., change in the hierarchical position of an SMQ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354C708B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Creation of a new SMQ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50864FF3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>For a full description of the types of changes that can occur to SMQs, please refer to the MedDRA “Change Request Information” document (see Appendix, Section 6.1). Changes introduced with each new version are documented in the “What’s New” document for each MedDRA version. (The cumulative changes are contained within the ASCII files in the fields called “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Term_addition_version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>” and “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Term_last_modified_version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB5F3BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The MedDRA version of the SMQ and the coded data being searched should be the same because mismatches could produce unexpected results. For example, if an SMQ from an older version of MedDRA is applied to data coded in a more recent version, data coded to terms that are not present in the older SMQ would not be retrieved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E54B164" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="7B1A660F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="32261C5A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Consequence of Version Mismatch of Coded Data and SMQ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="70B60123" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECA4496" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hormone receptor positive breast cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> was added to SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Breast malignant tumours</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> in MedDRA Version 23.0. Using Version 22.1 of this SMQ – which does not contain this PT – would fail to identify cases coded to this term in a database using MedDRA Version 23.0.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="115682F8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version 22.1 and 23.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEB2342" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc426891632"/>
+      <w:r>
+        <w:t>SMQs – Impact of MedDRA Legacy Data Conversion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="5DB47989" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The conversion method for data originally coded in another terminology (e.g., COSTART) also impacts the application and output of SMQs. See Section 2.1.2, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Impact of data conversion method</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA75F73" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc426891633"/>
+      <w:r>
+        <w:t>SMQ Change Requests</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="0305A116" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Users are encouraged to submit Change Requests to MSSO and JMO to improve the utility of SMQs. A justification (and possibly testing data) for a submitted Change Request </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>must be provided. The MSSO may require more time to evaluate SMQ Change requests than regular MedDRA Change Requests.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A018876" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Before submitting an SMQ Change Request, users should review the SMQ documentation for inclusion and exclusion criteria of the SMQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DCC493" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc426891634"/>
+      <w:r>
+        <w:t>SMQ Technical Tools</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="6B6E2497" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The MSSO browsers (the Desktop, Web-Based, and Mobile browsers) allow for searching and viewing the contents of SMQs and they include additional details such as the SMQ description (definition) and development notes. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, the Desktop and Web-Based browsers have an SMQ Analysis feature which allows users to upload a set of coded data and apply SMQs to it. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7EA6D1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>An Excel spreadsheet containing the terms in each production SMQ is available from MSSO and JMO (see Appendix, Section 6.1). This spreadsheet allows a user to transfer SMQ terms to query tools. File specifications related to SMQs are found in the “MedDRA Distribution File Format Document” supplied with each MedDRA version.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D2AAC5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The MedDRA website has a list of some system tools that provide technical support for SMQs (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>see</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Appendix, Section 6.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EE115E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc426891635"/>
+      <w:r>
+        <w:t>SMQ Applications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="281D4021" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>SMQs were developed to address the high granularity and unique features of MedDRA and to maximise the likelihood that all terms related to a specific medical condition of interest are identified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05320AEF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The user should first review the list of available SMQs to determine which of them may be applicable to the question being asked. If an SMQ seems applicable, the user should check the documentation in the SMQ Introductory Guide to understand the purpose and definition of the SMQ. The user may also wish to review the term contents of the SMQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDA173D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Following application of the selected SMQ on coded data, search results (i.e., retrieved data) should then be evaluated against the question originally posed.  The search output alone may not be sufficient for data assessment (e.g., frequency of a condition). Define and document criteria for case evaluation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BA63A4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Generally, more cases/events will be retrieved than will eventually be subjected to analysis due to “noise”. This is a more significant consideration for “broad” searches but in principle also applies to “narrow” searches (see Section 4.10.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118D5463" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="_Toc426891636"/>
+      <w:r>
+        <w:t>Clinical trials</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="75EB0A37" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>SMQs may be applied in the clinical trial setting – especially for aggregate data – where the safety profile has yet to be fully established. In this instance, most (if not all) available SMQs may be used, possibly on a routine basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F3DF48" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Alternatively, a user can apply an SMQ (or SMQs) that relates to a previously identified area of interest (e.g., from pre-clinical data or class effect) for further evaluation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC9BE60" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="18992DF6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4784FBFA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="53C375D8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="0DA25DE4" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8CB903" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Targeted Safety Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="689E5154" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F8B757" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>When developing a data analysis plan for a targeted safety study, consider using the narrow terms of an SMQ to aggregate events of interest.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CA303B8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="_Toc426891637"/>
+      <w:r>
+        <w:t>Post-marketing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="34D27B84" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Focused searches</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D95059" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>A specific SMQ or a selection of SMQs may be used to retrieve relevant cases for subsequent medical review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EC0E31" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="5611866C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE95FEB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Emerging Safety Signal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="43BBAD64" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="795EC515" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">A company suspects an emerging signal of pancreatitis for a new HIV product.  SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Acute pancreatitis</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> can be applied to the data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="11F7AB6D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Signal detection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65781CC2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The entire set of SMQs may be used on the database for signal detection. The user may wish to use the narrow terms or more specific levels of hierarchical SMQs (i.e., a sub-search SMQ) to minimise dilution of the signal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF4261A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Single case alert</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7066954D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>SMQs may be used to create a “watch list” (e.g., an automated notification system) to alert the user of incoming cases needing urgent review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7A8D5B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="66A26B97" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8DA291" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Single Case Alert</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="12B6A4C8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="000674AC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>A medical issue of interest needs to be communicated to a regulatory authority as part of an agreed risk management plan. The SMQ narrow search or more specific levels of a hierarchical SMQ may be applied to identify potential cases of interest.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="03DC4C47" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  Periodic reporting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3566E2BB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>SMQs may help aggregate relevant cases for ongoing review of specific safety issues in periodic safety reports. SMQs may also be used for other routine reviews of aggregate data (e.g., reports of lack of efficacy) in the context of a periodic report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4714E449" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Toc426891638"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>SMQ Search Options</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="0786AFAC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Some SMQs have options that may be used to refine a particular search. The most common option is use of narrow and broad search terms. By definition, a broad search includes both narrow and broad terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550E0338" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Some SMQs are hierarchical (i.e., contain one or more sub-searches). Other SMQs use algorithms, and in one case (SMQ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Systemic lupus erythematosus</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">), weightings are assigned to particular terms for signs, symptoms and laboratory results to help identify cases. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159E5BDB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="_Toc426891639"/>
+      <w:r>
+        <w:t>Narrow and broad searches</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w14:paraId="7736923C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Most SMQs have narrow and broad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PTs.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> The narrow PTs have a greater likelihood of identifying only events of interest (high specificity) while the broad terms are intended to identify additional possible events (high sensitivity). Some events retrieved by the broad search terms may, upon further review, not relate to the condition of interest. The user can select the scope of the search (narrow or broad) that is most applicable to the question being asked. Figure 12 is an example of output of narrow and broad searches.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0394F20D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="21"/>
-[...150 lines deleted...]
-        <w:ind w:left="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>When a compound is in early phase development or has only recently been marketed, it may be advisable to use the broad search.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04167FB8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="048B6BFA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2E62A6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Use of Broad Search</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="406E5807" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B9F80F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If evaluating an emerging signal of lactic acidosis using SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Lactic acidosis</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, narrow terms may be applied to identify events where the specific diagnosis has been reported; however, events of reported signs and symptoms would not be retrieved.  If there is additional need to find cases where no specific diagnosis (but mainly signs and symptoms) have been reported, then a broad search (i.e., narrow + broad search terms) should be applied.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6433D2B1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="_Toc426891640"/>
+      <w:r>
+        <w:t>Hierarchical SMQs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="3326BB73" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Several SMQs have a hierarchical structure (one or more levels of sub-searches of increasing specificity). The user can select the search that is most applicable to the question being asked or a combination of sub-search SMQs as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF1FAE0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The SMQ Introductory Guide has explanatory notes on the appropriate use of each hierarchical SMQ. An example of a hierarchical SMQ is illustrated below (SMQ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Haematopoietic cytopenias</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313243E2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="076C3FB3" wp14:editId="5ED46767">
+            <wp:extent cx="5600700" cy="1752600"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Picture 18" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.45.07 PM.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 18" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.45.07 PM.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5600700" cy="1752600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70630D24" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="22FC0854" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="39D847DF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="684F1B60" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="394A092F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Use of SMQ Hierarchy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7427F8CF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDA20C5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The medical condition of interest is thrombocytopenia. SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haematopoietic cytopenias</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may be too inclusive because sub-searches for decreases of other hematopoietic cell lines (e.g., SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haematopoietic leukopenia</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) are included. A user may wish to select only the sub-search SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haematopoietic thrombocytopenia </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in this instance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3C8115D6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="_Toc426891641"/>
+      <w:r>
+        <w:t>Algorithmic SMQs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="3F2F774D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">An algorithm provides for a combination of terms which – if retrieved in a single case – are more likely to identify a case of interest than isolated broad search terms (see table below). The broad terms of algorithmic SMQs are subdivided into </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">categories </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that could be groupings of organ-specific signs or symptoms, laboratory terms, etc. (Note: the broad search categories are labeled B, C, D, etc.) Using an algorithm may reduce the amount of “noise” (i.e., non-relevant cases).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B00A688" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Using an algorithmic SMQ without applying the algorithm (i.e., simply applying the narrow and broad searches) will yield different results from those obtained using the algorithm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030175EB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2568"/>
+        <w:gridCol w:w="2827"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="52671A8D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1568EC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Algorithmic SMQ (SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anaphylactic </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>reaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="21D225CD" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58726485" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Category B – Upper airway/Respiratory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37871F3A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Category</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> C – Angioedema/Urticaria, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3471" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C5D6E6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Category D – Cardiovascular/Hypotension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="16000E7D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1600E0B3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Acute respiratory failure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB8E17C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Allergic oedema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3471" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AF1D33" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="79C1107E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B388689" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Asthma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="628E074A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Angioedema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3471" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBA93B2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Blood pressure diastolic decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3B4FE781" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA2A349" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bronchial oedema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="405F2EEA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Erythema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3471" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E97A98A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Blood pressure systolic decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1D761F82" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03710793" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Algorithm:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223C3F5D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Case = A (Narrow terms – not included in the table)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C5785A8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Or term from Category B </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> term from Category C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AF8B0C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Or term from </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>either</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Category B or Category C </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plus</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> term from Category D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57A37107" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>*  Not all terms in these categories are listed in the table</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3433F93A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">SMQ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Systemic lupus erythematosus </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is an algorithmic SMQ with assigned weights for its included PTs (e.g., PT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pleural effusion </w:t>
+      </w:r>
+      <w:r>
+        <w:t>= 3); a total weighted score greater than 6 suggests a case of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48ECFE30" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Users should not assume that all software tools support algorithmic SMQs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E0424A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc426891642"/>
+      <w:r>
+        <w:t>SMQ and MedDRA Grouping Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="245BFC55" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Data retrieved using MedDRA grouping terms (HLGTs, HLTs) may differ from those retrieved using a related SMQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EC0E7C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="04E1F8DE" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F4A16F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comparison – SMQ and Grouping Terms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7F718949" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C151272" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Cardiac arrhythmia is a suspected issue (e.g., by review of a primary SOC output of all data). If events retrieved by using HLGT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cardiac arrhythmias</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> are compared to those retrieved by SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cardiac arrhythmias</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, more events may be retrieved by the SMQ because it includes additional terms from other SOCs such as SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Investigations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="41ACA8AF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="17D02276" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc426891643"/>
+      <w:r>
+        <w:t>CUSTOMISED SEARCHES</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="26C6B706" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>MedDRA allows for a variety of searching options as described above. However, there will be situations when a customised search is needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306836D3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc426891644"/>
+      <w:r>
+        <w:t>Modified MedDRA Query Based on an SMQ</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="290C07BB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Do not modify the term content or structure of an SMQ unless there is a compelling reason to do so since altering it in any way makes it non-standard (see Section 4.4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D916AEC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>If an SMQ is modified in any way, it should be referred to as a “modified MedDRA query based on an SMQ”.  All modifications to the original SMQ should be documented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBFBF57" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>If a modified MedDRA query based on an SMQ is to be used on an ongoing basis, version updates and maintenance of the query are the responsibility of the organisation that created it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1C641D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4539A1DF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4F03D33C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2470"/>
+        <w:gridCol w:w="6340"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="795BA9AB" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CB7BDD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Modified MedDRA Queries based on SMQs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7F0B261E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8903E6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Additional PTs are needed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F677548" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">A product is being investigated for a possible safety signal of dementia, and the user wishes to use SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Dementia</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. For this particular product, PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Disturbance in attention</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> may be needed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="29F4BF7F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C23A5E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Exclusion of PTs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B461086" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">An antipsychotic product is being investigated for potential QT prolongation and also has a well-described association with hypotension and fainting.  When using SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Torsade de pointes/QT prolongation</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (broad search), the user may wish to exclude PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Syncope</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> to prevent excess “noise” in data retrieval.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="4B4BEED5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D63244F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Changing the scope (narrow or broad) of an SMQ term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F74B4E1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">A product is being investigated for the potential for hyperglycaemia and diabetes mellitus. SMQ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hyperglycaemia/new onset diabetes mellitus</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> has PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Increased insulin requirement </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">as a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>broad</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> search term.  For this query, it may be useful to include PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Increased insulin requirement</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> in the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>narrow</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> search</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B164C14" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="617167EA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc426891645"/>
+      <w:r>
+        <w:t>Customised Queries</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="56AC753E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Consider these points when constructing a customised query for MedDRA-coded data:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311AA151" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Those responsible for constructing a customised query should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AB7970" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Have medical knowledge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5EB5CB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Know the structure and characteristics of MedDRA (e.g., hierarchy, multiaxiality) and the general content of MedDRA groupings (SOCs, HLGTs, and HLTs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12713378" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Understand the characteristics and structure of the data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD04CDA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The specificity of the search should be defined.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2120FAE6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial focus should be on SOCs related to the condition of interest. For example, a customised search for a renal condition should start with SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Renal and urinary disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094609C6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>non multiaxial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SOCs (SOC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Investigations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Surgical and medical procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) should always be reviewed. Also, it may be useful to review terms in other SOCs that are not organ systems (e.g., SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>General disorders and administration site conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Injury, poisoning and procedural complications</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF19797" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>It may be useful to identify relevant query terms by the following approaches:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75517191" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A “bottom-up” survey of MedDRA (terms at the LLT and PT levels initially)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507EAF3A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A “top-down” survey of MedDRA (starting at the SOC level and drilling down through the hierarchy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27151F1C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Consider looking at secondary links for multiaxial terms since additional relevant query terms could be found. For example, PT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyspnoea </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">can be found with other respiratory symptoms PTs in its primary SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and it can also be found with related cardiac symptoms in its secondary SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Cardiac disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7057433F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Include grouping terms (HLGTs, HLTs) when possible (remembering the caveats described in Section 2.5.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBBAC10" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>In general, queries should be built on PTs and grouping terms. Unless very specific concepts (e.g., bacterial species) are needed, avoid using LLTs to build queries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C4DC78" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Consider saving the customised query for future use; maintenance is necessary for MedDRA version changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4ACEB1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>A customised query that may be useful to other MedDRA users can be submitted to the MSSO as a Change request for possible development as an SMQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE85A1A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD596C0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="_Toc426891646"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>APPENDIX</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="10050E9B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="_Toc426891647"/>
+      <w:r>
+        <w:t>Links and References</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w14:paraId="2D0E1565" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The following documents and tools can be found on the MedDRA website: (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.meddra.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1057894E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Term Selection: Points to Consider document (also available on the JMO website: www.pmrj.jp/jmo/)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093B1F00" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Term Selection: Points to Consider Condensed Version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C20F62D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Data Retrieval and Presentation: Points to Consider Condensed Version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5790F882" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MedDRA Points to Consider Companion Document (also available on the JMO website: www.pmrj.jp/jmo/)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9A7D19" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Introductory Guide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BE1B2D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Introductory Guide for Standardised MedDRA Queries (SMQs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2540D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Change Request Information document</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C34B054" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Web-Based Browser *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5D398B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Mobile Browser*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7557B9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Desktop Browser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B31FF6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>MedDRA Version Report (lists all changes in new version) *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DDEC59" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MedDRA Version Analysis Tool (compares any two versions) *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C0CCDA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MedDRA Best Practices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7F9BB8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Transition Date for the Next MedDRA Version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6685911F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Production SMQ spreadsheet*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1D43B4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>List of system tools that support SMQs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BB2A61" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>*   Requires user ID and password to access</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6555AAD8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The following document can be found on the ICH website (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.ich.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228817FB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ICH E2E: Pharmacovigilance Planning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0CC728" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">     The following report can be found on the CIOMS website (www.cioms.ch)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3741349B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Development and Rational Use of Standardised MedDRA Queries (SMQs): Retrieving Adverse Drug Reactions with MedDRA. Second edition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8BE770" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="213A9852" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF23317" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699EE720" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10159470" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26EC500D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="_Toc426891648"/>
+      <w:r>
+        <w:t>Figures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3183"/>
+        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="3081"/>
+        <w:gridCol w:w="1273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="6B1F5A4A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="717"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C7C183" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">OTHER TERMINOLOGY </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5457A0AC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PREFERRED TERMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BBB768" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No. of EVENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C77F136" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>MedDRA Version 23.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206D9C0E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PREFERRED TERMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28088D3E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No. of EVENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0712444B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD7AFC3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697E8E73" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372BBDFA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Upper respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2423DE63" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Nasopharyngitis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F174925" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Infection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5DC75E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lower respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27B61A19" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Skin infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1013E65C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66791084" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D7B8187" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1624EF43" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FBA14D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D67D725" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23B58DEB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="4C1A877C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D2B581" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Abdominal pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488A01E9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71781EA2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Abdominal pain </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283C28A3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Abdominal pain upper</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EFAB64" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Abdominal tenderness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="538EDB51" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8090E9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2144165C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5812A5E5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1402"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CC8580" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Accidental injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="312A5718" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="405BF428" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Injury</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B28477" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Skin laceration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35908C38" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ligament sprain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="056002A9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Back injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F52B75B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3350ED1C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A516DA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526A6E34" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5E731656" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 1 – How </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data coded to a single concept from another terminology may be expressed by several PTs in MedDRA. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Example as of MedDRA Version 23.0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002CBA69" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF80777" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9528" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2074"/>
+        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="1732"/>
+        <w:gridCol w:w="1964"/>
+        <w:gridCol w:w="1820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="06A5A44D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C43385A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D58792" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>OTHER TERMINOLOGY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3784" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBED2B0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>MedDRA Version 23.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="43B0BC98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9CC2EA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Reported Event</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67EE5389" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>(% subjects)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D07A861" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Coded Term</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D36382" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>(% subjects)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9D5CFF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Body System/SOC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49059C9F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>(% subjects)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77564E82" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>PT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="450ECDC2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>(% subjects)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F8611E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>SOC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB2AD57" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>(% subjects)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="19E79FA2" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="292"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3FF2D3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Hyperglycaemia (4.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2653802A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Hyperglycaemia (10.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C689A4E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metabolism &amp; nutritional disorders (10.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F49461" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Hyperglycaemia (4.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58ED1265" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metabolism and nutrition disorders (4.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="13D38950" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="292"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E3D5C0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1757"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Increased blood sugar (2.7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="708C2706" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC2102F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF3B06A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C3CE71" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="51B57FE6" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="292"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354787BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Glucose increased (2.2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142F8162" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D833BA7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E947892" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E2391B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3089CB0F" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="292"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF87226" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Blood glucose high (1.0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="683FDC3E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F11874" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6044037D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Blood glucose increased (6.4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C46BB3D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Investigations (6.4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3D69912B" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="292"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313FC542" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Increasing glucoses (0.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="767F4167" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFCF0C0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1964" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ACB19F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1026D943" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15F2F072" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 2 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Multiple MedDRA terms may be used to code similar medical conditions included in a “disorder SOC”; associated laboratory findings are in SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigations. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Example as of MedDRA Version 23.0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FF0661" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10278" w:type="dxa"/>
+        <w:tblInd w:w="-492" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="3690"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="3138AB42" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A47D3A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Terms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0664C036" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Events/Cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622E9C8D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7CBD0193" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="660EDB3D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FDB250" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MedDRA Version 22.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AE8A45" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MedDRA Version 23.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FB3F6C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3AF19FD1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F2619B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="69" w:name="OLE_LINK18"/>
+            <w:r>
+              <w:t xml:space="preserve">Fractured ischium </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="69"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6297653A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65134DE4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2232"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30A00C48" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2232"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(no longer a PT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0703E194" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>In MedDRA Version 22.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>, Fractured ischium</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> was a PT and in Version 23.0 it was demoted to an LLT under PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pelvic fracture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1BC87971" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628CDF7A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="70" w:name="OLE_LINK19"/>
+            <w:r>
+              <w:t>Pelvic fracture</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="70"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51664142" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE25711" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38331C11" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74E79F8A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 3 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact of MedDRA version changes – demotion of a PT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E079E0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>Example as of MedDRA Version 22.1 and 23.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B0733E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26420EE1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="OLE_LINK3"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="158FCF29" wp14:editId="490B0B38">
+            <wp:extent cx="5692140" cy="4518660"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:docPr id="3" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5692140" cy="4518660"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="4F41A328" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 4 – Primary SOC output listing, MedDRA Version 17.1 – example.  Note that some PTs are multiaxial, however, this figure shows only the primary SOC assignments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241D1212" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4AFC88" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9339" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4462"/>
+        <w:gridCol w:w="4877"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="4E6CBE15" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C6A586" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C907C1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>English Alphabetical Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3B5D8A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63805C95" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Internationally Agreed Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="73ACFF2D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC5126E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Blood and lymphatic system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F60E7E4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Infections and infestations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="49010F90" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC64A2C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Cardiac disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28185852" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5F7D1D19" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="178"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BEF5FB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EF82E3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Blood and lymphatic system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="71F9B219" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="178"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD231BB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ear and labyrinth disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CAB11E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Immune system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3082B19F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="169"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13325FFF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Endocrine disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99774E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Endocrine disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="360F788F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="169"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E4E2C7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Eye disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DCA0BF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Metabolism and nutrition disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7905F153" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="160"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A90D022" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gastrointestinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="708D5515" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Psychiatric disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="53A5BB83" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="124"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7407F02A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>General disorders and administration site conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F957490" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Nervous system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="278FE82E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18176C88" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hepatobiliary disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AB4C03" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Eye disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0D259639" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="178"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CB056D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Immune system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="459C02D6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ear and labyrinth disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="52F8A5F1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="178"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7600D14F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Infections and infestations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="186AC447" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Cardiac disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3DD46422" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2802F9B3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Injury, poisoning and procedural complications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15321821" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Vascular disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="36F4E8F9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="160"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18124465" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD69A94" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="6E8AA6B0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9A5DB0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Metabolism and nutrition disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790922D8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gastrointestinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7BAB500E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="196"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58298F45" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Musculoskeletal and connective tissue disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6A221B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hepatobiliary disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1A5CA632" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="762B18A7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Neoplasms benign, malignant and unspecified (incl cysts and polyps)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5DAA56" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Skin and subcutaneous tissue disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7F7512BE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6096DD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Nervous system disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6788A028" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Musculoskeletal and connective tissue disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="68C15492" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="196"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="495CF8A9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EBC4C21" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Renal and urinary disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="2F315EA2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="169"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD642EC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Product issues </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D2486D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Pregnancy, puerperium and perinatal conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5C618440" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="140828F2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychiatric disorders </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18179951" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Reproductive system and breast disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="33A7A103" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="124"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="241B8490" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renal and urinary disorders </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB93EB6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3D5D3401" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D8C236" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproductive system and breast disorders </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569F6E74" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>General disorders and administration site conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="26F8C2FB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="160"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA0D85D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Respiratory, thoracic and mediastinal disorders </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="249944FF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="59201DED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305CD094" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Skin and subcutaneous tissue disorders </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BA9CD9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Injury, poisoning and procedural complications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="47845512" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="196"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4028F8EB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social circumstances </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE237D1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Surgical and medical procedures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="021724A2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="169"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC06F07" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surgical and medical procedures </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03703112" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Social circumstances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="438C4AC0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="169"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE50AF4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="70"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Vascular disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4877" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="10" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E22403" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Product issues</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="781C8269" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 5 – The alphabetical SOC order (in English) and the Internationally Agreed Order of SOCs. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version 23.0. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C3EE1A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F92544F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB90DB9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47BA4D71" wp14:editId="5139C9AE">
+            <wp:extent cx="5486400" cy="3832860"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="3832860"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055066CD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 6 – Example of a graphical display (frequency by primary SOC)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78846BDC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2AC944" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30FB0C0D" wp14:editId="2A0A2185">
+            <wp:extent cx="5575300" cy="4914900"/>
+            <wp:effectExtent l="25400" t="0" r="0" b="0"/>
+            <wp:docPr id="19" name="Picture 19" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.49.32 PM.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 19" descr=":::::Desktop:Screen Shot 2019-08-01 at 2.49.32 PM.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5575300" cy="4914900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0377F060" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 7 – Example of a graphical display (frequency by primary and secondary SOC) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4D4EF8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FDB4D7E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B38CCF7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="3D1BF2AD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61B4BA24" wp14:editId="6D55D436">
+            <wp:extent cx="5486400" cy="2933700"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="2933700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7439B39B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 8 – Example of a tabular display (frequency by primary SOC)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AC3C90" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="3E9C58DF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0A46D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10BB135B" wp14:editId="73E247B9">
+            <wp:extent cx="6362700" cy="3779520"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Picture 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6362700" cy="3779520"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 9a – The upper bar of each pair represents numbers of reports from Consumers (blue) and the lower bar reports from Health Care Professionals (red) (Population 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184B97AB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-480"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AE670DA" wp14:editId="058443B9">
+            <wp:extent cx="6454140" cy="3512820"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6454140" cy="3512820"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2706497F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 9b – The upper bar of each pair represents numbers of reports from Consumers (blue) and the lower bar reports from Health Care Professionals (red) (Population 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373E66D4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFB96C0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D32562" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E26D298" wp14:editId="7269E882">
+            <wp:extent cx="6019800" cy="4000500"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6019800" cy="4000500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 10 – For a small dataset, a display of PTs may be adequate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4DEE27" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="14B627EF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="2B26C688" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="099B068F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="1B574370" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="7DC2EEF5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="3A5633F3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="1813D05D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="4B2D4684" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="22F721C7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="7DD79160" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="51F11805" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="2933534E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="310FA8DC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="40CDCB60" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Infections and infestations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FFF858" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Primary SOC Analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5697"/>
+        <w:gridCol w:w="1547"/>
+        <w:gridCol w:w="1566"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="40B1947F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E712F9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Adverse Event (MedDRA v23.0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CFAD7B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">25 mg </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MyDrug</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (N=44)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="443F050D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Placebo (N=15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="3FB5159D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779A9EA1" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Infections and infestations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C4862C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14 (31.8%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5BE6E0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4 (26.7%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="25A83CE7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210B0AB8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Upper respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA6F0C9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027034DA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1D162625" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42353C1E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Sinusitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F501F59" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCF41A6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5CDE0373" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C20CB0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Urinary tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306DC56F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3BF2C9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="6B279E3A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C374B7D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ear infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0057C5CB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="424BA5E2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="72F87581" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69EDF81A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Viral infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6953DFF9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C44E30" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5E42704A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C0CF8C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Bronchitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE70719" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0830BC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="6AFD377D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DAB87A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Influenza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E3E1E2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5D7278" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="2C619435" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F46A4B5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Localised infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2429759E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6591FB46" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="4CF52AAA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="367F7EAF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Lower respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="542BD9B6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314C08AA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="5D294416" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74728B7B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pneumonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="695DD1B6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F431FD6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="4422BC3F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1325D6B0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Tooth abscess</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA9D77C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BC76B4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="039C8319" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version 23.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265E1121" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01C3D790" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5131681C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Secondary SOC Analysis (same data as above)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5688"/>
+        <w:gridCol w:w="1551"/>
+        <w:gridCol w:w="1571"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00281129" w14:paraId="0BB4D31E" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F73C7DF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Adverse Event (MedDRA v23.0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C7B4B7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">25 mg </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MyDrug</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (N=44)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="536CB050" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Placebo (N=15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1DCBAF6D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3313E883" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Respiratory, thoracic and mediastinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="7A4F7DFA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A15A72A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Upper respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBAC370" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E8569C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="60B63A9F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A0E1D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Sinusitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="750414D2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389FACD5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="25130CF2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F3DE65" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Bronchitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7B377" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9CAFD9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1C3A0A70" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E47614" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Influenza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6592D91F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA05DC4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="37C37FE1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79AF232E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Lower respiratory tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE59A44" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="595BF499" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="1C1D219C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="620D9C99" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pneumonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3D8CD2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37503C11" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="056D2FF7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="249F1173" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Infections and infestations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="04A3C8D0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D5B946" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Viral infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A318227" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685AF632" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="20897622" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5B9594" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Localised infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46860337" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E363484" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="2B8E051D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5485C972" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Renal and urinary disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="607C3FCA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0266F631" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Urinary tract infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FF624F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6B467E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="609791C7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A8176E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Ear and labyrinth disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="0451D64D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C06FB0" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Ear infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E897819" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD123A9" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="053C1C53" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5296FB86" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gastrointestinal disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281129" w14:paraId="175E5540" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E174B0E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      PT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Tooth abscess</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA74D0D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4343B407" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18F93086" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">Example as of MedDRA Version 23.0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC747F8" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 11 – Programmed primary and secondary SOC outputs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A20ACEA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12967337" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Asthma/bronchospasm (SMQ) Cases – Narrow Search</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CEAF2B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+        <w:t>(since 1-JAN-2008)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0422C237" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4481774C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00FC0054">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35CA64BE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00FC0054">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...38 lines deleted...]
-        <w:t>等の製品品質に関連した特別な分類がある。</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">ID         </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00827478">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-        <w:t>MedDRA</w:t>
+        </w:rPr>
+        <w:t>MedDRA_PT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00827478">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+        </w:rPr>
+        <w:t xml:space="preserve">                         REPORT_VERBATIM          DATE_CREATED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3087A777" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...22 lines deleted...]
-        <w:ind w:left="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...41 lines deleted...]
-        <w:t>ィングの不完全」）の利用に関する説明は</w:t>
+        </w:rPr>
+        <w:t>------------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F303CEC" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589E0884" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>045</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00827478">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-        <w:t>MedDRA</w:t>
+        </w:rPr>
+        <w:t>Asthma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00827478">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00827478">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...30 lines deleted...]
-      <w:pgMar w:top="1276" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attack</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">01-APR-2008                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B9A78A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Severe asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10-JUN-2008                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5D2F14" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>060</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Asthma exercise induced </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma when exercising</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">30-MAY-2008           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E3D2DB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">091 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchospasm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Spasms, bronchial                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12-AUG-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461CE510" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>074</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchospasm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bronchoconstriction  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">03-JUL-2008               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8C77EB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial hyperreactivity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Airways hyperreactive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">20-SEP-2008             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E15BCB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>069</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial hyperreactivity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Reactive airways disease</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">21-JUN-2008         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108B6A64" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7D4AAE" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A6D293" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Asthma/bronchospasm (SMQ) Cases – Broad Search</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE91151" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(since 1-JAN-2008)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4A27F2" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEB2862" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71791DA7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ID         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>MedDRA_PT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         REPORT_VERBATIM         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DATE_CREATED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7378CB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>------------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEDD797" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45749F83" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Allergic respiratory disease     Respiratory (allergy) disorder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>18-FEB-2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26182E65" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>045</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Asthma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attack</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">01-APR-2008                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B8AF50" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Severe asthma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10-JUN-2008                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302A42A4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>060</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Asthma exercise induced </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asthma when exercising</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">30-MAY-2008           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604B585B" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial obstruction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial obstruct.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>16-JAN-2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45897F8A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>039</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial obstruction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchus obstruction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">14-MAR-2008   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EE9ADD" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">091 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchospasm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Spasms, bronchial                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12-AUG-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB7DFEF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>074</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchospasm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bronchoconstriction  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">03-JUL-2008               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B16B0E4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial hyperreactivity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Airways hyperreactive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">20-SEP-2008             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008CBEDF" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>069</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bronchial hyperreactivity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Reactive airways disease</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">21-JUN-2008         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328332A6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>088</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Obstructive airways disorder   Obstructive airways disorder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>29-JUL-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3AE8A3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>049</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Obstructive airways disorder    Obstructed airways dis.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20-APR-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FBB4DA" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheeze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>16-FEB-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27560C8D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>031</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheezes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>02-MAR-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2C52A4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>28-SEP-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6B3A1D" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>046</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Wheezing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (acute)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>06-APR-2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A150E3" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129"/>
+    <w:p w14:paraId="11A8F2F4" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Figure 12 – Results of Narrow and Broad SMQ Searches</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00281129">
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1000" w:right="1620" w:bottom="1000" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="425"/>
-[...1 lines deleted...]
-      <w:docGrid w:type="lines" w:linePitch="360"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
+    <w:p w14:paraId="322BFE2D" w14:textId="77777777" w:rsidR="00DF3AC4" w:rsidRDefault="00DF3AC4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
+    <w:p w14:paraId="363DDDE0" w14:textId="77777777" w:rsidR="00DF3AC4" w:rsidRDefault="00DF3AC4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century">
-    <w:panose1 w:val="02040604050505020304"/>
+  <w:font w:name="Marlett">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Bold">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="ＭＳ 明朝">
-[...2 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="方正舒体">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ ゴシック">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0609070205080204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ArialMT">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPS-BoldMT">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5B8BACBB" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:b w:val="0"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...50 lines deleted...]
-  <w:p w:rsidR="00A03621" w:rsidRDefault="00A03621">
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="186E661E" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="77CDFE44" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="34A06466" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="78C30608" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:b w:val="0"/>
       </w:rPr>
-      <w:id w:val="1543639217"/>
-[...56 lines deleted...]
-  <w:p w:rsidR="00993939" w:rsidRDefault="00993939">
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>ii</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6CCB6C0C" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4C44BBD7" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>i</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="03E70884" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26026A8A" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>32</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="45BDF298" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
+    <w:p w14:paraId="2D4B3E7D" w14:textId="77777777" w:rsidR="00DF3AC4" w:rsidRDefault="00DF3AC4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00037445" w:rsidRDefault="00037445" w:rsidP="003D5BC3">
+    <w:p w14:paraId="0436BB8C" w14:textId="77777777" w:rsidR="00DF3AC4" w:rsidRDefault="00DF3AC4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="681ADAD5" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="46EADE3F" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="623CBBD6" w14:textId="77777777" w:rsidR="00281129" w:rsidRDefault="00281129">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68A728AC"/>
+    <w:nsid w:val="FFFFFFFB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F192FBA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="Section %1 –"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1.%2 –"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09FE01E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A44D93C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="SECTION %1 –"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BC367D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F432B666"/>
+    <w:tmpl w:val="172AEF8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CA95240"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75E8D218"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
@@ -2217,1258 +19644,3232 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19B30AEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4DE63DE"/>
+    <w:lvl w:ilvl="0" w:tplc="995AA7EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BE554D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC4CF054"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E0772FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F5083D4"/>
+    <w:lvl w:ilvl="0" w:tplc="7AB28114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F965B63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="393C2DA2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F9B1968"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5901FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="316E1850"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F720521E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32ED75B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17824C8E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="336D1EE3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F6456C8"/>
+    <w:lvl w:ilvl="0" w:tplc="87D21620">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullet-level3"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B29EC620">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullet-level3"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="372F4C76"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37587E04"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A882C64"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="494092DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47F36A19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CF36E14C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="SECTION %1 –"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BCF090D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41828C26"/>
+    <w:lvl w:ilvl="0" w:tplc="88BAEEFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullet-level2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Marlett" w:hAnsi="Marlett" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AC68B38C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullet-level2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Marlett" w:hAnsi="Marlett" w:hint="default"/>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50495767"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6AC2E68"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="554614DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13F02ABA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60B25360"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67AE1B24"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="637F402A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="369EA612"/>
+    <w:lvl w:ilvl="0" w:tplc="AD2E3DDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.1.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E17B81"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="301061AE"/>
+    <w:styleLink w:val="Bulleted-level1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68A728AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F432B666"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C072534"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E29C3E56"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bullet-level1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ECD79F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE48C190"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72BB5263"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="790A0A6A"/>
+    <w:styleLink w:val="Bullet-level4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CE82B64"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A008DE58"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EA555D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B08682BE"/>
+    <w:lvl w:ilvl="0" w:tplc="96A48400">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="1.%1 –"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="160857571">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1986543748">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="308024092">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="859007805">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="847672965">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="159350310">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1399084895">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="742875130">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1276405326">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="237983236">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="100076914">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="960460499">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1501774125">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="659230901">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1938366774">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="656343215">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="609581423">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1804275564">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="908275181">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="730427508">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="482354990">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:suff w:val="space"/>
+        <w:lvlText w:val="SECTION %1 –"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="default"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:suff w:val="space"/>
+        <w:lvlText w:val="%1.%2 –"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:suff w:val="space"/>
+        <w:lvlText w:val="%1.%2.%3"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:suff w:val="space"/>
+        <w:lvlText w:val="%1.%2.%3.%4"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
+  <w:num w:numId="22" w16cid:durableId="1110122635">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1038746248">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="240452642">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="92014366">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="2056732517">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1423407887">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:bordersDoNotSurroundHeader/>
-[...6 lines deleted...]
-  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:linkStyles/>
+  <w:stylePaneFormatFilter w:val="3701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00383AD0"/>
-[...839 lines deleted...]
-    <w:rsid w:val="00FF6940"/>
+    <w:rsidRoot w:val="00281129"/>
+    <w:rsid w:val="00281129"/>
+    <w:rsid w:val="003200C9"/>
+    <w:rsid w:val="00DF3AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0345996F-AD73-46A8-8114-7FFA558F5586}"/>
+  <w14:docId w14:val="061726DC"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
-[...77 lines deleted...]
-    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -3520,685 +22921,3077 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00383AD0"/>
+    <w:rsid w:val="003200C9"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...3 lines deleted...]
-    <w:link w:val="20"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0073369C"/>
     <w:pPr>
       <w:keepNext/>
-      <w:widowControl/>
-      <w:jc w:val="left"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1620"/>
+      </w:tabs>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:kern w:val="0"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:bCs/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0073369C"/>
     <w:pPr>
       <w:keepNext/>
-      <w:ind w:leftChars="400" w:left="400"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1170"/>
+      </w:tabs>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="1260"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="1530"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:aliases w:val="APPENDIX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:aliases w:val="ATTACHMENT"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="003200C9"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="003200C9"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseReference1">
-[...3 lines deleted...]
-    <w:rsid w:val="00383AD0"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:smallCaps/>
-[...1 lines deleted...]
-      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="004040"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
-[...2 lines deleted...]
-    <w:rsid w:val="00B75807"/>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
     <w:pPr>
-      <w:widowControl/>
-      <w:jc w:val="left"/>
+      <w:ind w:left="864"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:link w:val="BodyText2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Mincho"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:link w:val="BodyText3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BayerBiomTabCourierNew">
+    <w:name w:val="Bayer BiomTab Courier New"/>
+    <w:pPr>
+      <w:spacing w:line="120" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="MS Mincho" w:hAnsi="Courier New"/>
+      <w:noProof/>
+      <w:sz w:val="16"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOCHeading1">
+    <w:name w:val="TOC Heading1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B75807"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:aliases w:val="APPENDIX Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:aliases w:val="ATTACHMENT Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure">
+    <w:name w:val="figure"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="1170" w:hanging="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tablebullet">
+    <w:name w:val="tablebullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:ind w:left="342" w:hanging="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tabletext">
+    <w:name w:val="tabletext"/>
+    <w:basedOn w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
+    <w:name w:val="Table Heading"/>
+    <w:basedOn w:val="tabletext"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterPortrait">
+    <w:name w:val="Footer Portrait"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level1">
+    <w:name w:val="Bullet - level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="80" w:after="40"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level2">
+    <w:name w:val="Bullet - level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="18"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:after="20"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level3">
+    <w:name w:val="Bullet - level 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="16"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bullet-level4">
+    <w:name w:val="Bullet - level 4"/>
+    <w:basedOn w:val="NoList"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="19"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleCaptionLeft0">
+    <w:name w:val="Style Caption + Left:  0&quot;"/>
+    <w:basedOn w:val="Caption"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bulleted-level1">
+    <w:name w:val="Bulleted-level1"/>
+    <w:basedOn w:val="NoList"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="20"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00B75807"/>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...47 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00530BE6"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="960"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
-    <w:rsid w:val="00530BE6"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...3 lines deleted...]
-    <w:rsid w:val="0073369C"/>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1440"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36pt">
-[...2 lines deleted...]
-    <w:rsid w:val="0073369C"/>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1680"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="ＭＳ 明朝"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
-    <w:rsid w:val="0073369C"/>
-[...8 lines deleted...]
-    <w:rsid w:val="0073369C"/>
+    <w:unhideWhenUsed/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1920"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="32775539">
+    <w:div w:id="149448078">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="155074550">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1725373559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1951276617">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="80759045">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1131095782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1261260591">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1391349188">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1902666245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1927226486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org?subject=PTC" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ich.org/page/multidisciplinary-guidelines" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meddramsso.com/subscriber_download_tools_thirdparty.asp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ich.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.meddra.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office Classic 2">
       <a:majorFont>
-        <a:latin typeface="Arial" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="方正舒体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
-        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Century" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="方正舒体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EE68104E61848C49ADA9D8238089B5F6" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d8cdc5f103ff69ddf69afcfa36cf3311">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d91947b3-0b07-4d30-8ab2-ed37b553d938" xmlns:ns3="0cde9310-0b08-417f-a382-4d90e1b0294f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7468ea39bd1fe15162200d11a6a9dd07" ns2:_="" ns3:_="">
+    <xsd:import namespace="d91947b3-0b07-4d30-8ab2-ed37b553d938"/>
+    <xsd:import namespace="0cde9310-0b08-417f-a382-4d90e1b0294f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Update_x0020_Type"/>
+                <xsd:element ref="ns2:Week_x0020_Ending"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d91947b3-0b07-4d30-8ab2-ed37b553d938" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Update_x0020_Type" ma:index="4" ma:displayName="Update Type" ma:description="Select either Supplemental, Sequence Files, Segmented Report, Comprehensive Sequence Files or Comprehensive Report." ma:format="Dropdown" ma:internalName="Update_x0020_Type" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Supplemental"/>
+          <xsd:enumeration value="Sequence Files"/>
+          <xsd:enumeration value="Segmented Report"/>
+          <xsd:enumeration value="Comprehensive Sequence Files"/>
+          <xsd:enumeration value="Comprehensive Report"/>
+          <xsd:enumeration value="Bronze"/>
+          <xsd:enumeration value="Golden"/>
+          <xsd:enumeration value="Other"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Week_x0020_Ending" ma:index="5" ma:displayName="Week Ending" ma:description="Enter Supplemental / Sequence file week ending date" ma:format="DateOnly" ma:internalName="Week_x0020_Ending" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0cde9310-0b08-417f-a382-4d90e1b0294f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="6" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Update_x0020_Type xmlns="d91947b3-0b07-4d30-8ab2-ed37b553d938">Other</Update_x0020_Type>
+    <Week_x0020_Ending xmlns="d91947b3-0b07-4d30-8ab2-ed37b553d938">2023-01-27T05:00:00+00:00</Week_x0020_Ending>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4072EC5-5089-4476-9779-2BD95A587312}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64D50A86-58A2-4427-90AE-C3AB82EDB228}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D073DEBD-1649-4F23-95BC-326D9D648484}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E406FCC-A6D7-45D3-B943-63BA8DD31F3D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="858cc54b-1996-49fd-aae1-e620126c82b5"/>
+    <ds:schemaRef ds:uri="0cde9310-0b08-417f-a382-4d90e1b0294f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F65EED8D-CA3C-47A3-B496-771B8FE4F9AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>754</Characters>
+  <Pages>44</Pages>
+  <Words>10084</Words>
+  <Characters>57483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>479</Lines>
+  <Paragraphs>134</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>885</CharactersWithSpaces>
+  <CharactersWithSpaces>67433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="432" baseType="variant">
+      <vt:variant>
+        <vt:i4>2686985</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>384</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_download_tools_thirdparty.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701738</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_smq.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131144</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>378</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://meddramsso.com/secure/subscriber_download_translations.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997711</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>375</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://meddramsso.com/subscriber_download_tools_browser.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2359309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>372</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://meddramsso.com/subscriber_download_tools_wbb.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619220</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>369</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_download_change_request.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2490489</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.ich.org/fileadmin/Public_Web_Site/ICH_Products/Guidelines/Efficacy/E2E/Step4/E2E_Guideline.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5570686</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>363</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://meddramsso.com/subscriber_download_tools_pediatric.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061055</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>360</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/files_acrobat/SMQ_intguide_15_0_English_update.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4784253</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>357</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/files_acrobat/intguide_15_0_English_update.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5242949</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>354</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_library_ptc.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2686985</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_download_tools_thirdparty.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4391022</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>345</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://meddramsso.com/subscriber_library.asp</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>338</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589149</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>332</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589148</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>326</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589147</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>320</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589146</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>317</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589145</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>314</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589144</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589143</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>302</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589142</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>296</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589141</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638451</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>290</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589140</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>284</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589139</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>278</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589138</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>272</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589137</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>266</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589136</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>260</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589135</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589134</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>248</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589133</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>242</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589132</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589131</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589130</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>224</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589129</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589128</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589127</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589126</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589125</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589124</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>188</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589123</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589122</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>179</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589121</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031667</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>176</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589120</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589119</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589118</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589117</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589116</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589115</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589114</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589113</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589112</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589111</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589110</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589109</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589108</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589107</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589106</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589105</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589104</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589103</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589102</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589101</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589100</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589099</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589098</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589097</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589096</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589095</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589094</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589093</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589092</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310770</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc268589091</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...4 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100EE68104E61848C49ADA9D8238089B5F6</vt:lpwstr>
+  </property>
+</Properties>
+</file>