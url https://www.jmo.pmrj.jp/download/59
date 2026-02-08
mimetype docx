--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -1,34173 +1,42397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="0A4031BF" w14:textId="5BC11F7D" w:rsidR="00175AD1" w:rsidRDefault="00175AD1">
+    <w:p w14:paraId="1F362E8F" w14:textId="77777777" w:rsidR="00C52056" w:rsidRDefault="00C52056" w:rsidP="00192823">
       <w:pPr>
         <w:rPr>
-          <w:ins w:id="6" w:author="Author"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-    <w:p w14:paraId="627308D9" w14:textId="77777777" w:rsidR="00AA1869" w:rsidRDefault="00AA1869" w:rsidP="00AA1869">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="7CA4F40B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="00611BA4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>MedDRA</w:t>
       </w:r>
       <w:r w:rsidRPr="008E01CF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
+        <w:t>TERM SELECTION</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:br/>
         <w:t>POINTS TO CONSIDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722747F1" w14:textId="77777777" w:rsidR="00AA1869" w:rsidRDefault="00AA1869" w:rsidP="00AA1869">
+    <w:p w14:paraId="5F3350DE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ICH-Endorsed Guide for MedDRA Users</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB22CB0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="5ED90E23" w14:textId="760BD3EB" w:rsidR="00AA1869" w:rsidRPr="00AB1EBC" w:rsidRDefault="00AA1869" w:rsidP="00AA1869">
+    </w:p>
+    <w:p w14:paraId="24694630" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB1EBC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Release 1.</w:t>
-[...25 lines deleted...]
-      <w:pPr>
+        <w:t>Release 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00265978">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF71FC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B668A4" w14:textId="0B07123B" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:del w:id="11" w:author="Author"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E01CF">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Based on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MedDRA Version </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3BC0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF71FC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D9472C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="12" w:author="Author">
-[...18 lines deleted...]
-    <w:p w14:paraId="48003047" w14:textId="31DE166E" w:rsidR="00AA1869" w:rsidRPr="00AB1EBC" w:rsidRDefault="00307104" w:rsidP="00AA1869">
+    </w:p>
+    <w:p w14:paraId="378C5CE5" w14:textId="29530DCB" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:ins w:id="13" w:author="Author"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="14" w:author="Author">
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF71FC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1312C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3BC0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1312C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED4850D" w14:textId="77777777" w:rsidR="00E842ED" w:rsidRPr="003E7C4D" w:rsidRDefault="00E842ED" w:rsidP="00E842ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A00FE9D" w14:textId="77777777" w:rsidR="00E842ED" w:rsidRPr="00492FB0" w:rsidRDefault="00E842ED" w:rsidP="00E842ED">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:pPrChange w:id="15" w:author="Author">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AB1EBC">
+      </w:pPr>
+      <w:r w:rsidRPr="00492FB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Disclaimer and Copyright Notice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9D73D9" w14:textId="77777777" w:rsidR="00AA1869" w:rsidRPr="00AB1EBC" w:rsidRDefault="00AA1869" w:rsidP="004A3DDB">
-      <w:pPr>
+    <w:p w14:paraId="7334C465" w14:textId="77777777" w:rsidR="00E842ED" w:rsidRPr="00492FB0" w:rsidRDefault="00E842ED" w:rsidP="00E842ED">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:pPrChange w:id="16" w:author="Author">
-[...20 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>This document is protected by copyright and may be used, reproduced, incorporated into other works, adapted, modified, translated or distributed under a public license provided that ICH's copyright in the document is acknowledged at all times. In case of any adaption, modification or translation of the document, reasonable steps must be taken to clearly label, demarcate or otherwise identify that changes were made to or based on the original document. Any impression that the adaption, modification or translation of the original document is endorsed or sponsored by the ICH must be avoided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5F3E18" w14:textId="77777777" w:rsidR="00E842ED" w:rsidRPr="00492FB0" w:rsidRDefault="00E842ED" w:rsidP="00E842ED">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:pPrChange w:id="17" w:author="Author">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AB1EBC">
+      </w:pPr>
+      <w:r w:rsidRPr="00492FB0">
         <w:t>The document is provided "as is" without warranty of any kind. In no event shall the ICH or the authors of the original document be liable for any claim, damages or other liability arising from the use of the document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C68CC1C" w14:textId="77777777" w:rsidR="00AA1869" w:rsidRPr="00AB1EBC" w:rsidRDefault="00AA1869" w:rsidP="00AA1869">
+    <w:p w14:paraId="42DDEBAC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="00E842ED" w:rsidP="006A7A4D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AB1EBC">
+      <w:r w:rsidRPr="00492FB0">
         <w:t>The above-mentioned permissions do not apply to content supplied by third parties. Therefore, for documents where the copyright vests in a third party, permission for reproduction must be obtained from this copyright holder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C617F5" w14:textId="77777777" w:rsidR="0068221E" w:rsidRPr="00AB1EBC" w:rsidRDefault="0068221E" w:rsidP="00AA1869">
+    <w:p w14:paraId="56A6EDDD" w14:textId="77777777" w:rsidR="009C180B" w:rsidRPr="00492FB0" w:rsidRDefault="00D33587" w:rsidP="003E7C4D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...40 lines deleted...]
-        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>MedDRA® trademark is owned by IFPMA on behalf of ICH</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C4D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0022F5" w14:textId="77777777" w:rsidR="00AB5939" w:rsidRDefault="00AB5939" w:rsidP="006A7A4D">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:ins w:id="21" w:author="Author"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId13"/>
+        <w:sectPr w:rsidR="00AB5939">
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1000" w:right="1620" w:bottom="1000" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43750397" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="009B00C5">
+    <w:p w14:paraId="6949EB84" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00981839" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1869">
+      <w:r w:rsidRPr="00981839">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Table of Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B178913" w14:textId="77777777" w:rsidR="00186A31" w:rsidRPr="00AA1869" w:rsidRDefault="00186A31" w:rsidP="009B00C5">
-[...6 lines deleted...]
-    <w:p w14:paraId="1A0F2E47" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="006E21E9" w:rsidP="004C7AF6">
+    <w:p w14:paraId="641EF43C" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="005B5636">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1760"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="23" w:author="Author"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001D68EE">
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:del w:id="24" w:author="Author">
-[...15 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+      <w:hyperlink w:anchor="_Toc489975434" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>SECTION 1 –</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:caps/>
-[...5 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+            <w:noProof/>
+          </w:rPr>
+          <w:t>INTRODUCTION</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...15 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975434 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...8 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00D65E9B">
-[...131 lines deleted...]
-    <w:p w14:paraId="65E9E6E9" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="128C82E8" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="27" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="28" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975435" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Objectives of this Document</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975435 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="594C5D6C" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3386C158" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="29" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="30" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975436" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Uses of MedDRA</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975436 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...79 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="61A8DDD6" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="53B4163F" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="31" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="32" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975437" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>How to Use this Document</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975437 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="26534046" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3EC66174" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="33" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="34" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975438" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Preferred Option</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975438 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5B956E90" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975439" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>1.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>MedDRA Browsing Tools</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975439 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...1 lines deleted...]
-            <w:noProof/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0EBF78D6" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975440" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>SECTION 2 –</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>GENERAL TERM SELECTION PRINCIPLES</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975440 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:del>
-[...1 lines deleted...]
-    <w:p w14:paraId="62D575A0" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="628B5A25" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975441" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Quality of Source Data</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975441 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="170E2452" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975442" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Quality Assurance</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975442 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="14942054" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975443" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Do Not Alter MedDRA</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975443 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="11A8F562" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975444" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Always Select a Lowest Level Term</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975444 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="19DA734A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975445" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Select Only Current Lowest Level Terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975445 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C85AAAF" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975446" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.6</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>When to Request a Term</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975446 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5EF1DC61" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975447" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.7</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Use of Medical Judgment in Term Selection</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975447 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7FA06926" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975448" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.8</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Selecting More than One Term</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975448 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47EED6EF" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975449" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.9</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Check the Hierarchy</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975449 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="30B85987" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975450" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2.10</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Select Terms for All Reported Information, Do Not Add Information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975450 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2B4F6D8E" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975451" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>SECTION 3 –</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>TERM SELECTION POINTS</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975451 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="212AAE70" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975452" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Definitive and Provisional Diagnoses with or without Signs and Symptoms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975452 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7D72CDF5" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975453" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Death and Other Patient Outcomes</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975453 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="385436F3" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="35" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="36" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975454" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.2.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Death with ARs/AEs</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975454 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...79 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="320E5DCF" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="11CCE75D" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="37" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="38" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975455" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.2.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Death as the only reported information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975455 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="6C318A24" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7CD4A184" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="39" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="40" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975456" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.2.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Death terms that add important clinical information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975456 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="438D6CE8" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="044530C7" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="41" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="42" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975457" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.2.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Other patient outcomes (non-fatal)</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975457 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D6D0474" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975458" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Suicide and Self-Harm</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975458 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="2397D46E" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0A50BEE5" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="43" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="44" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975459" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.3.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>If overdose is reported</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975459 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...9 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56B8081E" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="45" w:author="Author"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="46" w:author="Author">
-[...2 lines deleted...]
-            <w:b w:val="0"/>
+      <w:hyperlink w:anchor="_Toc489975460" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.3.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>If self-injury is reported</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...4 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975460 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D1C5830" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975461" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...6 lines deleted...]
-            <w:b w:val="0"/>
+          </w:rPr>
+          <w:t>3.3.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:caps/>
-[...5 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Fatal suicide attempt</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...15 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975461 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...8 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="7F514285" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="73701BDA" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="47" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="48" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975462" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Conflicting/Ambiguous/Vague Information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975462 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...72 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="6B71E6CB" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2EE9621F" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="49" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="50" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975463" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.4.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Conflicting information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975463 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="0BAFEAF7" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4A6616B4" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="51" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="52" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975464" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.4.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Ambiguous information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975464 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="76D5CAE3" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4981D041" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="53" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="54" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975465" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.4.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Vague information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975465 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="141F37CA" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975466" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Combination Terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975466 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="02D55969" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0CAC029F" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="55" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="56" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975467" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.5.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Diagnosis and sign/symptom</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975467 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="4DD3B6D5" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3DED571E" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="57" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="58" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975468" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.5.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>One reported condition is more specific than the other</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975468 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="4E19F13B" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5533ED11" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="59" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="60" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975469" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.5.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>A MedDRA combination term is available</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975469 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="54484BD5" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="441A96D8" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="61" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="62" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975470" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.5.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>When to “split” into more than one MedDRA term</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975470 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="74921DB1" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4B19A500" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="63" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="64" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975471" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.5.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Event reported with pre-existing condition</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975471 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="31DBC43F" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975472" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.6</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Age vs. Event Specificity</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975472 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="2489FE0C" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="57047728" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="65" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="66" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975473" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.6.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>MedDRA term includes age and event information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975473 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="5CE3D7D1" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="615C244D" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="67" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="68" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975474" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.6.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>No available MedDRA term includes both age and event information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975474 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="2BDB5561" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26E997F5" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="69" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="70" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975475" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.7</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Body Site vs. Event Specificity</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975475 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="186725A9" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A7760C0" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="71" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="72" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975476" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.7.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>MedDRA term includes body site and event information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975476 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...64 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="481C7972" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="00C7A249" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="73" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="74" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975477" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.7.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>No available MedDRA term includes both body site and event information</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975477 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="076BD4F9" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="05A979A7" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="75" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="76" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975478" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.7.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Event occurring at multiple body sites</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975478 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="51ACB8CF" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975479" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.8</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Location-Specific vs. Microorganism-Specific Infection</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975479 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="4ED5FDAB" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A3ACAEE" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="77" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="78" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975480" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.8.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>MedDRA term includes microorganism and anatomic location</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975480 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="02715F38" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C87FA01" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="79" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="80" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975481" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.8.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>No available MedDRA term includes both microorganism and anatomic location</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975481 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="378EE7A2" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975482" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.9</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Modification of Pre-existing Conditions</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975482 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...1 lines deleted...]
-            <w:noProof/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="005901A8" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975483" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.10</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Exposures during Pregnancy and Breast Feeding</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975483 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:del>
-[...1 lines deleted...]
-    <w:p w14:paraId="525E8F81" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="71A1284D" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="81" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="82" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975484" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.10.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Events in the mother</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975484 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="10B42F7F" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4E93FA80" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="83" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="84" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975485" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.10.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Events in the child or foetus</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975485 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1DFDD133" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975486" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.11</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Congenital Terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975486 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="6B8EC744" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2D4F5D0E" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="85" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="86" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975487" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.11.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Congenital conditions</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975487 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="5F7F7B61" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="58B1BF85" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="87" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="88" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975488" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.11.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Acquired conditions (not present at birth)</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975488 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...63 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="38AD25DC" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRPr="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="360D3E90" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="89" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="90" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975489" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.11.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Conditions not specified as either congenital or acquired</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975489 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3525EDB5" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975490" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.12</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Neoplasms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975490 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="659238CB" w14:textId="77777777" w:rsidR="004C7AF6" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0B1D18F7" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:del w:id="91" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="92" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975491" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.12.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Do not infer malignancy</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975491 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="765377E5" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975492" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>3.13</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+          </w:rPr>
+          <w:t>Medical and Surgical Procedures</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...12 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975492 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
-[...6 lines deleted...]
-        <w:r w:rsidR="004C7AF6" w:rsidRPr="004C7AF6">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...1 lines deleted...]
-            <w:noProof/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7B2B86EC" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975493" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.13.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Only the procedure is reported</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975493 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:del>
-[...1 lines deleted...]
-    <w:p w14:paraId="6200A743" w14:textId="5AEE2928" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4FE3F9CE" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975494" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.13.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Procedure and diagnosis are reported</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975494 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="77F3273A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975495" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Investigations</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975495 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>26</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4634E2A4" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975496" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Results of investigations as ARs/AEs</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975496 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>26</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="75E7901B" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975497" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Investigation results consistent with diagnosis</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975497 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4F90568A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975498" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Investigation results not consistent with diagnosis</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975498 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6F54DA33" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975499" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Grouped investigation result terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975499 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2543D036" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975500" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.14.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Investigation terms without qualifiers</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975500 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>28</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="359780DC" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975501" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.15</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Medication Errors, Accidental Exposures and Occupational Exposures</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975501 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>28</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="10373837" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975502" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.15.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Medication errors</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975502 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>28</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3174439D" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975503" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.15.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Accidental exposures and occupational exposures</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975503 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>34</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5452A943" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975504" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.16</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Misuse, Abuse and Addiction</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975504 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>35</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02345745" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975505" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.16.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Misuse</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975505 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>36</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2D04A312" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975506" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.16.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Abuse</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975506 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>36</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="25F0BB71" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975507" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.16.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Addiction</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975507 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>37</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1F5396A0" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975508" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.16.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Drug diversion</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975508 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>38</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="64C630EB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975509" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.17</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Transmission of Infectious Agent via Product</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975509 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>38</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="224F9B70" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975510" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.18</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Overdose, Toxicity and Poisoning</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975510 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>38</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="630AD906" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975511" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.18.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Overdose reported with clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975511 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>39</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3234A401" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975512" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.18.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Overdose reported without clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975512 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>40</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="288498A0" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975513" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.19</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Device-related Terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975513 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>40</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="01DFF8F0" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975514" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.19.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Device-related event reported with clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975514 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>40</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="085DB541" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975515" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.19.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Device-related event reported without clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975515 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>41</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0DFF3C96" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975516" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.20</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Drug Interactions</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975516 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>41</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="13C3F2EB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975517" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.20.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Reporter specifically states an interaction</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975517 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>41</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5F4AE0F2" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975518" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.20.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Reporter does not specifically state an interaction</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975518 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>42</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56A4959E" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975519" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.21</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>No Adverse Effect and “Normal” Terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975519 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>42</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="030CADA3" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975520" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.21.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>No adverse effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975520 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>42</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="186DF486" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975521" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.21.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Use of “normal” terms</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975521 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>42</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4D4A75E6" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975522" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.22</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Unexpected Therapeutic Effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975522 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>42</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C99D265" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975523" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.23</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Modification of Effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975523 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>43</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74293E5C" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975524" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.23.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Lack of effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975524 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>43</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D4A4F2C" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975525" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.23.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Do not infer lack of effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975525 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>43</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56CC3FA6" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975526" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.23.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Increased, decreased and prolonged effect</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975526 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>44</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74B29619" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975527" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.24</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Social Circumstances</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975527 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>44</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02353246" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975528" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.24.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Use of terms in this SOC</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975528 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>44</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4DD65E34" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975529" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.24.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Illegal acts of crime or abuse</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975529 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>45</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="33E8C244" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975530" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.25</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Medical and Social History</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975530 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>46</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="03717F3A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975531" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Indication for Product Use</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975531 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>46</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="342A835A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975532" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Medical conditions</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975532 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>46</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5DFDDEC6" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975533" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Complex indications</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975533 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>47</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6F582BEA" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975534" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Indications with genetic markers or abnormalities</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975534 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>47</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2499B5FB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975535" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.4</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Prevention and prophylaxis</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975535 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>48</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="37E72F55" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975536" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.5</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Procedures and diagnostic tests as indications</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975536 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>48</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3B0F9EDB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975537" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.6</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Supplementation and replacement therapies</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975537 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>49</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="614DFC44" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975538" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.26.7</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Indication not reported</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975538 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>49</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="07D3AC33" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975539" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.27</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Off Label Use</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975539 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>49</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5E81DECB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975540" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.27.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Off label use when reported as an indication</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975540 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>49</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="374CE96A" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975541" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.27.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Off label use when reported with an AR/AE</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975541 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>50</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1CA34EEB" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975542" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.28</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Product Quality Issues</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975542 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>51</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="401744D1" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975543" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.28.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Product quality issue reported with clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975543 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>51</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="57B7EFA6" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975544" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.28.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Product quality issue reported without clinical consequences</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975544 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>52</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="46719875" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975545" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.28.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Product quality issue vs. medication error</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975545 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>52</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0EF2A297" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1760"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="93" w:author="Author"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="94" w:author="Author">
-[...9 lines deleted...]
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
+      <w:hyperlink w:anchor="_Toc489975546" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>SECTION 1 –</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+          <w:t>SECTION 4 –</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00335A2E">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:caps/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+            <w:noProof/>
+          </w:rPr>
+          <w:t>APPENDIX</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00335A2E">
-[...14 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975546 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006720DD">
-[...6 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>54</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...118 lines deleted...]
-    <w:p w14:paraId="629420A5" w14:textId="652245C0" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0D54256B" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="99" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="100" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975547" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Versioning</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975547 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>54</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="702C33F0" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975548" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2.1</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+          <w:t>4.1.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>The Importance of Data Quality</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+          <w:t>Versioning methodologies</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00335A2E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975548 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>54</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6AD1759F" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1540"/>
+        </w:tabs>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
-          <w:webHidden/>
         </w:rPr>
-      </w:r>
-[...1 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc489975549" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.1.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Timing of version implementation</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975549 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006720DD">
-[...6 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>55</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="67B5398C" w14:textId="4FA43C4B" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="009A4323" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="102" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="103" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975550" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Links and References</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975550 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
-[...63 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>56</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="2E6DA75F" w14:textId="4DB49F51" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="390E3842" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="105" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="106" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975551" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.3</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Membership of the ICH Points to Consider Working Group</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975551 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
-[...63 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>57</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...108 lines deleted...]
-    <w:p w14:paraId="78F79E1E" w14:textId="1D63B5AE" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="71910BB3" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="111" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="112" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975552" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.3.1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Current members of the ICH Points to Consider Working Group</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975552 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
-[...63 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>57</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="4E79D464" w14:textId="53B4AC74" w:rsidR="00335A2E" w:rsidRDefault="00D65E9B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="647AC185" w14:textId="77777777" w:rsidR="004F2176" w:rsidRDefault="00C92DCD">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="114" w:author="Author"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="115" w:author="Author">
-        <w:r>
+      <w:hyperlink w:anchor="_Toc489975553" w:history="1">
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4.3.2</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176" w:rsidRPr="00454216">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Former members of the ICH Points to Consider Working Group</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...2 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc489975553 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F2176">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00335A2E" w:rsidRPr="00816D64">
-[...63 lines deleted...]
-        <w:r w:rsidR="00335A2E">
+        <w:r w:rsidR="00B01C06">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>58</w:t>
+        </w:r>
+        <w:r w:rsidR="004F2176">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
-[...9 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="04857987" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="005B5636" w:rsidP="00864BE4">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1540"/>
+          <w:tab w:val="left" w:pos="1530"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
-          <w:ins w:id="117" w:author="Author"/>
-[...1 lines deleted...]
-          <w:noProof/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...2729 lines deleted...]
-      <w:pPr>
         <w:sectPr w:rsidR="006A7A4D">
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1000" w:right="1620" w:bottom="1000" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+          <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB776F3" w14:textId="77777777" w:rsidR="00186A31" w:rsidRPr="004F3B28" w:rsidRDefault="00186A31" w:rsidP="00186A31">
+    <w:p w14:paraId="0F93DAE8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="200" w:name="_Toc40707816"/>
-      <w:bookmarkStart w:id="201" w:name="_Toc517693192"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc489975434"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>introduction</w:t>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:t>INTRODUCTION</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="3641A5DD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="001906BF">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AB1EBC">
+        <w:t>Med</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ical </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ictionary for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">egulatory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ctivities terminology (MedDRA)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C00">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">as designed for sharing regulatory information for human medical products. </w:t>
+      </w:r>
+      <w:r w:rsidR="001906BF">
+        <w:t>In order for MedDRA to harmonise the exchange of coded data, users should be consistent in the assignment of terms to verbatim reports of symptoms, signs</w:t>
+      </w:r>
+      <w:r w:rsidR="005713F5">
+        <w:t>, diseases, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00611BA4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F84CFE0" w14:textId="12471454" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>MedDRA Term Selection: Points to Consider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB1EBC">
+      <w:r>
+        <w:t xml:space="preserve"> (MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) document is an ICH-endorsed guide for MedDRA users. It is updated in step with new MedDRA versions and is a companion document to MedDRA. It was developed and is maintained by a working group charged by the ICH Steering Committee. The working group consists of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4546A">
+        <w:t xml:space="preserve"> representatives of ICH regulatory and industry members</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00162581">
+        <w:t xml:space="preserve">the World Health Organization, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the MedDRA Maintenance and Support Services Organization (MSSO)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4546A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and the Japanese</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t xml:space="preserve"> Maintenance Organization (JMO) (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Appendix, Section 4.3 for list</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4546A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4546A">
+        <w:t xml:space="preserve">current and former </w:t>
+      </w:r>
+      <w:r>
+        <w:t>members).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75278DE0" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc489975435"/>
+      <w:r>
+        <w:t>Objectives of this Document</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="097AD1D9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>The objective of the MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document is to promote </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>accurate</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB1EBC">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> term selection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D134E5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Organi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ations are encouraged to document their term selection methods and quality assurance procedures in organi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ation-specific coding guidelines which should be consistent with the MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE6FE79" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Consistent term selection promotes medical accuracy for sharing MedDRA-coded data and facilitates a common understanding of shared data among academic, commercial and regulatory entities. The MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> could also be used by healthcare professional</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06FB4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> researchers, and other parties outside of the regulated biopharmaceutical industry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBD3429" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00FB3068">
+        <w:t xml:space="preserve">The document provides term selection </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61C45">
+        <w:t>considerations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3068">
+        <w:t xml:space="preserve"> for business</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> purposes and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3068">
+        <w:t xml:space="preserve"> regulatory</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> requirements. There may be examples that do not reflect practices and requirements in all regions. This document does not specify regulatory reporting requirements, nor does it address database issues. As experience with MedDRA increases, and as MedDRA changes, there will be revisions to this document.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3068">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4486D852" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="0024399F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc489975436"/>
+      <w:r>
+        <w:t>Uses of MedDRA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="042589F3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Term selection for adverse reactions/adverse events (ARs/AEs), device-related events, product quality issues, medication errors, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7767">
+        <w:t xml:space="preserve">exposures, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">medical history, social history, investigations, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7767">
+        <w:t>misuse and abuse, off label use</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD21F0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and indications is addressed in this MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F29DFAF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00803739" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>MedDRA’s structure allows for aggregation of those reported terms in medically meaningful groupings to facilitate analysis of safety data. MedDRA can also be used to list AR/AE data in reports (tables, line listings, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00372715">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">), compute frequencies of similar </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ARs/AEs, and capture and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>analy</w:t>
+      </w:r>
+      <w:r w:rsidR="009660F1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> related data such as product indications, investigations, and medical and social history.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7476FD16" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc489975437"/>
+      <w:r w:rsidRPr="002F4795">
+        <w:t xml:space="preserve">How to Use </w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4795">
+        <w:t>his Document</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="13D81DE5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>The MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document does not address every potential term selection situation. Medical judgment and common sense should also be applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FF990E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">This document is not a substitute for MedDRA training. It is essential for users to have knowledge of MedDRA’s structure and content. For optimal MedDRA term selection, one should also refer to the MedDRA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00525A15">
+        <w:t>Introductory Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E27B3">
+        <w:t>ee Appendix, Section 4.2)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9F9723" w14:textId="77777777" w:rsidR="004A3BC0" w:rsidRDefault="004A3BC0" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Users are invited to contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="004A3BC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>MSSO Help Desk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> with any questions or comments about this MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5175E684" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc489975438"/>
+      <w:r>
+        <w:t>Preferred Option</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="331936C3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="0024399F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">In some cases, where there is more than one option for selecting terms, a “preferred option” is identified in this document. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designation of a “preferred option” does not limit MedDRA users to applying that option. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61C45" w:rsidRPr="002D2AAF">
+        <w:t>Users should always first consider regional regulatory requirements.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61C45">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>An organi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ation should be consistent in the option that they choose to use</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61C45">
+        <w:t xml:space="preserve"> and document that option in internal coding guidelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6956A463" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRPr="0024399F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc489975439"/>
+      <w:r w:rsidRPr="00D01166">
+        <w:t>MedDRA Browsing Tools</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="3BED6A18" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="0024399F" w:rsidRDefault="006A7A4D" w:rsidP="0024399F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The MSSO and JMO provide two browsers (a </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3351">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>esktop browser and a Web-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3351">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ased browser) that allow for searching and viewing the terminology</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ee Appendix, Section 4.2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. Users may find these browsers useful aids in term selection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0BE56D" w14:textId="77777777" w:rsidR="00110F69" w:rsidRDefault="00110F69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496D3DBF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="0024399F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc489975440"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>GENERAL TERM SELECTION PRINCIPLES</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="7EE6963C" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc489975441"/>
+      <w:r>
+        <w:t>Quality of Source Data</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="6F1E716F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="0024399F">
+      <w:r>
+        <w:t>The quality of the original reported information directly impacts the quality of data output. Clarification should be obtained for data that are ambiguous, confusing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or unintelligible. If clarification cannot be obtained, refer to Section 3.4. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF2900E" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc489975442"/>
+      <w:r>
+        <w:t>Quality Assurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="5D8D561B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>To promote consistency, organi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32C7B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ations should document their term selection methods and quality assurance procedures in coding guidelines consistent with this MTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:PTC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> document. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122D2EBD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Clear initial data can be promoted through careful design of data collection forms, and training of individuals in data collection and follow-up (e.g., investigators, drug </w:t>
+      </w:r>
+      <w:r w:rsidR="006348F6">
+        <w:t xml:space="preserve">sales representatives).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A66D5D6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00582788" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Term selection should be reviewed by a qualified individual, i.e., a person with medical background or training who has also received MedDRA training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06265008" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Human oversight of term selection performed by IT tools (such as an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>autoencoder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) is needed to assure that the end result fully reflects the reported information and makes medical sense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D8FBDB" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc489975443"/>
+      <w:r>
+        <w:t>Do Not Alter MedDRA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="4D42B5D5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">MedDRA is a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>standardi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> terminology with a pre-defined term hierarchy that should not be altered. Users must not make </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>MedDRA Data Retrieval and Presentation: Points to Consider</w:t>
-[...666 lines deleted...]
-      </w:pPr>
+        <w:t>ad hoc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> structural alterations to MedDRA, including changing the primary SOC allocation; doing so would compromise the integrity of this standard. If terms are found to be incorrectly placed in the MedDRA hierarchy, a change request should be submitted to the MSSO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13468BD7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006348F6" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4132"/>
-        <w:gridCol w:w="4323"/>
+        <w:gridCol w:w="8856"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="457DBAE4" w14:textId="77777777">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="13B44CA5" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="44D7DF48" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+          <w:p w14:paraId="146F7A52" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-[...24 lines deleted...]
-              <w:t>Data Quality Challenge</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Change Request to Re-Assign Primary SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001A5F6E" w14:paraId="7BCC981B" w14:textId="77777777">
-[...105 lines deleted...]
-              <w:t>Did this drip contain nitroglycerin or nitroprusside?</w:t>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="51078317" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ED19E8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">In a previous version of MedDRA, PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Factor VIII deficiency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> was incorrectly assigned to primary SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Blood and lymphatic system disorders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">.  By means of a Change Request, the PT was re-assigned to primary SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> (making SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blood and lymphatic system disorders </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>its secondary SOC assignment).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D738798" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
-[...2 lines deleted...]
-        <w:ind w:left="1080"/>
+    <w:p w14:paraId="283CF0D5" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc489975444"/>
+      <w:r>
+        <w:t>Always Select a Lowest Level Term</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="44EFEF4C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006F2A1A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">MedDRA Lowest Level Term(s) (LLT) that </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">most accurately reflects the reported verbatim information </w:t>
+      </w:r>
+      <w:r>
+        <w:t>should be selected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BC213C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>The degree of specificity of some MedDRA LLTs may be challenging for term selection.  Here are some tips for specific instances:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2353C07B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006348F6" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00661679">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A single letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> difference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00661679">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a reported verbatim text can impact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">the meaning of the word and consequently the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00661679">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>term selection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0C05AC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006348F6" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4143"/>
-        <w:gridCol w:w="4312"/>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="5CCF24DE" w14:textId="77777777">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="69302E96" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-[...20 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="1647D550" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+          <w:p w14:paraId="6B429343" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-[...3 lines deleted...]
-              <w:t>Data Quality Challenge</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7418743D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="2B93379C" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w14:paraId="11C64B71" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="1D08F1B5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78781604" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-              <w:t>Congestion</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Lip sore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F48EC03" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Nasal, hepatic, venous, etc.? </w:t>
+          <w:p w14:paraId="31F19C61" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Lip sore (PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Lip pain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="76745A5A" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w14:paraId="49C933B6" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="4BC35795" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2D76A1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-              <w:t>Obstruction</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Lip sore</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46D1B75E" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
-[...5 lines deleted...]
-              <w:t>Bronchial, intestinal, ureteral, etc.?</w:t>
+          <w:p w14:paraId="1A2D0271" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Sores lip (PT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cheilitis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="48626D87" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w14:paraId="68BB1A4A" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="2EDFD4DB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2003C141" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-              <w:t>Infarction</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sore gums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEC82CA" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
-[...5 lines deleted...]
-              <w:t>Myocardial, cerebral, retinal, etc.?</w:t>
+          <w:p w14:paraId="4B199116" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Sore gums (PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gingival pain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="37DE373C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF5A38F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sore</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>gum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79908228" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00C338DD">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Sores gum (PT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Noninfective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gingivitis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0310AE7C" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="007A467C">
-[...42 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="62F9D8A1" w14:textId="77777777" w:rsidR="00C23B6B" w:rsidRDefault="00C23B6B" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="25F87E8B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...79 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Shakiness</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Belly</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Gender</w:t>
+      </w:r>
+      <w:r w:rsidR="00140B8A">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>ache</w:t>
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Investigations</w:t>
-[...65 lines deleted...]
-        <w:t>An example of a synonym list is shown below:</w:t>
+        <w:t>specific terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491B5D1B" w14:textId="77777777" w:rsidR="00223A07" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>MedDRA generally excludes terms with demographic descriptors (age, gender, etc.), but some terms with gender qualifiers are included if the gender renders the concept unique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CFC101" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006348F6" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8663" w:type="dxa"/>
-        <w:tblInd w:w="265" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3983"/>
-        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="8856"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="65EAAE41" w14:textId="77777777">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="2312926D" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3983" w:type="dxa"/>
+            <w:tcW w:w="8856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w14:paraId="385A90F6" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00BD2204" w:rsidRDefault="007A467C" w:rsidP="00F16BF5">
+          <w:p w14:paraId="722C284A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2204">
-[...24 lines deleted...]
-              <w:t>LLT</w:t>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Distinct Gender-Specific Terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001A5F6E" w14:paraId="56DE9A3D" w14:textId="77777777">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="001B181F">
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="6821688B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8816AC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">In MedDRA, there are separate LLTs/PTs for </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DA8B5D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>Headache</w:t>
+              <w:t>Infertility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Infertility female</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Infertility male</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34CFFFE3" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
+    <w:p w14:paraId="64B47CC7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006F2A1A" w:rsidRDefault="006A7A4D" w:rsidP="006348F6">
       <w:pPr>
         <w:rPr>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A986642" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+    <w:p w14:paraId="7B23C7CA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000835A8" w:rsidRDefault="00BC1EC3" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Organisation-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="000835A8">
+        <w:t>specific coding guidelines should address in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="000835A8">
+        <w:t>tances when it is important to capture gender</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="000835A8">
+        <w:t>specific concepts</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B486FF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000835A8" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="000835A8">
+        <w:t>MedDRA users should also consider the impact of gender-specific terms when comparing current data to data coded with a legacy terminology in which such gender</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000835A8">
+        <w:t>specifi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000835A8">
+        <w:t>ty may not have been available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76ABACCA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006348F6" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="24698E9E" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3310BE84" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Gender Specificity – Legacy Terms vs. MedDRA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="58B42EFF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="009113E0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Consider the impact of selecting gender-specific MedDRA terms for breast cancer (e.g., LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Breast cancer female</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>) when comparing data coded in a legacy terminology with only a single “Breast cancer” term.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="137BD671" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000835A8" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="10DE57EA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Postoperative and post procedural terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDF5B96" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>MedDRA contains some “postoperative” and “post procedural” terms. Select the most specific term available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC97071" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="00616372" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="4DEB8EEB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00F41193" w14:paraId="6FC8D3AA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D6AE7A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F067BF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00F41193" w14:paraId="7256A3CA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="066D1354" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Bleeding after surgery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="218B26A7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Bleeding postoperative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00F41193" w14:paraId="5FBC4704" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D67565" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sepsis occurred after the procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6264A8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Post procedural sepsis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="54FD3C6B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000835A8" w:rsidRDefault="006A7A4D" w:rsidP="003926E2"/>
+    <w:p w14:paraId="1203B827" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w:rsidRDefault="006A7A4D" w:rsidP="003926E2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7130">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Newly added terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23B6B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BC7D7F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>More specific LLTs may be available in a new version of MedDRA.  See Appendix, Section 4.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612735FE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc489975445"/>
+      <w:r>
+        <w:t>Select Only Current Lowest Level Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="384F4EB4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000C7130" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Non-current LLTs should not be used for term selection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558B2BC7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00D01166" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc489975446"/>
+      <w:r>
+        <w:t>When to Request a Term</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="571B49B5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Do not address deficiencies in MedDRA with </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">-specific solutions. If there is no MedDRA term available to adequately reflect the reported information, submit a change request to MSSO.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE78B7B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="22C44F6A" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DEC8A5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Change Request for a New Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="58A8BBA1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60275771" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>HBV coinfection</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> was added to MedDRA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60528442" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>following</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> a user’s request.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C32FFA8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00FC77A6" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc489975447"/>
+      <w:r>
+        <w:t>Use of Medical Judgment in Term Selection</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00EF71FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B86A6A6" w14:textId="77777777" w:rsidR="004D7250" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If an exact match cannot be found, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>medical judgment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> should be used to adequately represent the medical concept with an existing MedDRA term.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF71FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5A17B9" w14:textId="0F4EE44A" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc488742742"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc488744631"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc488742743"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc488744632"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc488742744"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc488744633"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc488742746"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc488744635"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc488742747"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc488744636"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc488742748"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc488744637"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc488742749"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc488744638"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc489975448"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>Selecting More than One Term</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="514CDC71" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">When a specific medical concept is not represented by a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> MedDRA term, consider requesting a new term throu</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>gh the change request process (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 2.6). Whil</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5B9B">
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> waiting for the new term, select one or more existing terms using a consistent approach with careful consideration of the impact on data retrieval, analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5B9B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and reporting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB1A96E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>In some cases, it may be appropriate to select more than one MedDRA LLT to represent the reported information. If only one term is selected, specificity may be lost; on the other hand, selecting more than one term may lead to redundant counts. Established procedures should be documented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BD944A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="3A47F508" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EE9E9F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>More Than One LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="13690350" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75900162" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>There is no single MedDRA term for “metastatic gingival cancer”.  Therefore, the options are:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3091F667" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Select LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gingival cancer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> OR LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Metastatic carcinoma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA6932D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Select LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Gingival cancer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> AND LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Metastatic carcinoma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EB0BEFF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc489975449"/>
+      <w:r>
+        <w:t>Check the Hierarchy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9C198D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00C76D5D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76D5D">
+        <w:t>When considering selec</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ting an LLT, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76D5D">
+        <w:t xml:space="preserve">check the hierarchy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">above the LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76D5D">
+        <w:t xml:space="preserve">(PT level and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">further </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76D5D">
+        <w:t>up</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the hierarchy to HLT, HLGT and SOC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76D5D">
+        <w:t xml:space="preserve">) to ensure the placement accurately reflects the meaning of the reported term.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088CF2B2" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc489975450"/>
+      <w:r>
+        <w:t>Select Terms for All Reported Information, Do Not Add Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="22473A2F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select terms for every AR/AE reported, regardless of causal association. In addition, select terms for device-related events, product quality issues, medication errors, medical history, social history, investigations, and indications</w:t>
+      </w:r>
+      <w:r w:rsidDel="00BD422C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218FD44C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If a diagnosis is reported with characteristic signs and symptoms, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred option </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is to select a term for the diagnosis only (see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001713C9">
+        <w:t>Section 3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for details and examples).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D03C6E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>When selecting terms, no reported information should be excluded from the term selection process; similarly, do not add information by selecting a term for a diagnosis if only signs or symptoms are reported.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AB131D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00CE5B9B" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3111"/>
+        <w:gridCol w:w="3129"/>
+        <w:gridCol w:w="2616"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00CE5B9B" w14:paraId="0BA25D9D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E09207D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F305D43" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D76A4F0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00CE5B9B" w14:paraId="3EF9E70B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEDFC04" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Abdominal pain, increased serum amylase, and increased serum lipase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEA1732" w14:textId="77777777" w:rsidR="00FF546A" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Abdominal pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188A8D0" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">It is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>inappropriate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> to assign an LLT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C110A0" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>for diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33A79488" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>of “pancreatitis”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00CE5B9B" w14:paraId="32904DF2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14216F55" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B8DDA7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Serum amylase increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1C3E57" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00CE5B9B" w14:paraId="1952826D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="650B1B8C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="762CB381" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Lipase increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEF606A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4AD22C58" w14:textId="77777777" w:rsidR="00AB5661" w:rsidRDefault="00AB5661">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6240C1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00B03070" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc489975451"/>
+      <w:r w:rsidRPr="00B03070">
+        <w:lastRenderedPageBreak/>
+        <w:t>TERM SELECTION POINTS</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="0D5AE596" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00DB7A17" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc489975452"/>
+      <w:r w:rsidRPr="00B03070">
+        <w:t>Definitive and Provisional Diagnoses with or without Signs and Symptoms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="73266B2E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="009D5B96" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>The table below provides term selection options for definitive and provisional diagnoses with or without signs/symptoms reported. Examples are listed below the table.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EAACB0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="009D5B96" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>A provisional diagnosis may be described as “suspicion of”, “probable”, “presumed”, likely”, “rule out”, “questionable”, “differential”, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEFA1D8" w14:textId="77777777" w:rsidR="00280539" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="009D5B96">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>preferred option</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t xml:space="preserve"> for a single or multiple provisional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>diagnosis(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>) is to select a term(s) for the diagnosis(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t xml:space="preserve"> terms for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">reported </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
+        <w:t>signs and symptoms. This is because a provisional diagnosis may change while signs/symptoms do not.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1020C75E" w14:textId="77777777" w:rsidR="00280539" w:rsidRDefault="00280539">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548D2A34" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="009D5B96" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="4430"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C3043" w14:paraId="736AFF02" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="4698EA8D" w14:textId="77777777" w:rsidR="003C3043" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SUMMARY OF PREFERRED AND ALTERNATE OPTIONS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="43C0CF98" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC5DD1F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SINGLE DIAGNOSIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="22C93247" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E8D242" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>DEFINITIVE DIAGNOSIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD7183A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>PROVISIONAL DIAGNOSIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="3981FD8F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9A9307" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Single definitive diagnosis </w:t>
+            </w:r>
+            <w:r w:rsidR="006348F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>without signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14074717" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Diagnosis (only possible option)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="763F0522" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Single provisional diagnosis </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>without signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB4EA00" w14:textId="77777777" w:rsidR="001D31BE" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Provisional diagnosis (only possible option)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="4CADC6F8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE91E95" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Single definitive diagnosis </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>with signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C47067A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preferred: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Diagnosis only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD07A0A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Alternate: Diagnosis and signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E6DE6D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Note: Always include signs/symptoms not associated with diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEFBAC3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SEE EXAMPLE 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DDCA967" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="655B90BC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Single provisional diagnosis </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>with signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04CC5E9B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preferred: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Provisional diagnosis and signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F561FC6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Alternate: Signs/symptoms only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="160DC301" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Note: Always include signs/symptoms not associated with diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28FEA933" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SEE EXAMPLE 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="221BB31F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B6EFD6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MULTIPLE DIAGNOSES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="45CF6D7D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB35F97" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>DEFINITIVE DIAGNOSES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B66E797" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>PROVISIONAL DIAGNOSES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="07930111" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A821E3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple definitive diagnoses </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>without signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A28D442" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Multiple diagnoses (only possible option)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B63DD2A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple provisional diagnoses </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>without signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01287166" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Multiple provisional diagnoses (only possible option)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="095C4FD1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3031"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9CA6B2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple definitive diagnoses </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>with signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DB3BE82" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preferred: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Multiple diagnoses only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A0807F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Alternate: Diagnoses and signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6E3C5C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Note: Always include signs/symptoms not associated with diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="230E866A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00663FAD" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SEE EXAMPLE 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F47670C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple provisional diagnoses </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>with signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71492FB1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preferred: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Multiple provisional diagnoses and signs/symptoms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB78EB7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Alternate: Signs/symptoms only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FEACE3B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Note: Always include signs/symptoms not associated with diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DF69FC6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00B7620B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SEE EXAMPLE 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="356EB315" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="72D90245" w14:textId="77777777" w:rsidR="00280539" w:rsidRDefault="00280539">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9948" w:type="dxa"/>
+        <w:tblInd w:w="-372" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1740"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="1368"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C3043" w:rsidRPr="00293923" w14:paraId="48220F5D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9948" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A390283" w14:textId="77777777" w:rsidR="003C3043" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00AB6100">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>EXAMPLES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="581B6F5E" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB45054" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00AB6100">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Example</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="697A95C8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00AB6100">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED10FBF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00AB6100">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          </w:tcPr>
+          <w:p w14:paraId="5555D00D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00AB6100">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="7CCDFFD5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="466"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C5186" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35205C7E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00663FAD" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">naphylactic reaction, rash </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+              <w:t>dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4AE2">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">, hypotension, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+              <w:t>and laryngospasm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35892D4F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="009F655B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Anaphylactic reaction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9BF9E0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="009F655B">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647AAC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="1A22E557" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1594"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="05DC7915" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="761DC0EA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7ECA3D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Anaphylactic reaction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11218278" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Rash</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D96F642" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4AE2">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="33721273" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Hypotension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3AA2C4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Laryngospasm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7682FCA3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="557E03E5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C4F247" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="698F660E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">Possible myocardial infarction with chest pain, </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4AE2">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>, diaphoresis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4B263D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0706D55E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C343D82" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1E01">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6B286D34" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Diaphoresis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F260F3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647AAC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="1319F0EF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E685C2E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="64A53171" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3066A8FF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6E1C85" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4AE2">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="34490B02" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Diaphoresis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71382CC2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="56A435DA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="920"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653CCE60" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C612A3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00C01EE3" w:rsidP="00675E22"/>
+          <w:p w14:paraId="11C5E849" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="004F032E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">Pulmonary embolism, myocardial infarction, and congestive heart failure with chest pain, cyanosis, shortness of breath, and </w:t>
+            </w:r>
+            <w:r w:rsidR="00663FAD">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="706CEFAA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Pulmonary embolism</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3340F9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F505FCF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Congestive heart failure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39784963" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647AAC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="698BB75D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B2D2B2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B49E317" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C99968A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Pulmonary embolism</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B30F3EB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400A324C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Congestive heart failure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623862BA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28306099" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Cyanosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F69E0E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Shortness of breath</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1A5C13" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="504B0856" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="1E2DF59D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="300648BF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2198AE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain, cyanosis, shortness of breath, and blood pressure decreased. Differential diagnosis includes pulmonary embolism, myocardial infarction, and congestive heart failure</w:t>
+            </w:r>
+            <w:r w:rsidR="004F3097">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FEB4E7D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Pulmonary embolism</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712ECDE0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9CFA9F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Congestive heart failure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40475D22" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCCC41C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Cyanosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268C2916" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Shortness of breath</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A10EC55" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="264773B0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647AAC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="69BE7529" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6434573C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="47037269" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A490946" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Chest pain</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF5A830" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Cyanosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0141E02E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Shortness of breath</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5741F4AA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Blood pressure decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18540131" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="26F901BF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA1A738" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="003926E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Always include signs/ symptoms not associated with diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3698FCD1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">Myocardial infarction, chest pain, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>dyspn</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4AE2">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>ea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>, diaphoresis, ECG changes and jaundice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26279FDD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="592CB521" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Jaundice (note that jaundice is not typically associated with myocardial infarction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232D96A5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39C4D301" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc489975453"/>
+      <w:r>
+        <w:t>Death and Other Patient Outcomes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="4EDFA64D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006C0E9E" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Death, disability, and hospitali</w:t>
+      </w:r>
+      <w:r w:rsidR="00647AAC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ation are considered </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in the context of safety reporting and not usually considered ARs/AEs. Outcomes are typically recorded in a separate manner (data field) from AR/AE information. A term for the outcome should be selected if it is the only information reported or provides significant clinical information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FBC91D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>(For reports of suicide and self-harm, see Section 3.3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5F4203" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00806B75" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc489975454"/>
+      <w:r w:rsidRPr="00806B75">
+        <w:t>Death with ARs/AEs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="33745D42" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A17137" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Death is an outcome and not usually considered an AR/AE.</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E96">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>If ARs/AEs are reported along with death, select terms for the ARs/AEs. Record the fatal outcome in an appropriate data field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122A83AC" w14:textId="77777777" w:rsidR="00F813C9" w:rsidRDefault="00F813C9" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="040A1709" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="00616372" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="12225491" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="64B17C2B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A12FD2A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="558720D4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C03466C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="662CEB3B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F55CC9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Death due to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:br/>
+              <w:t>myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF5325B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B99B4C2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="006A7A4D" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B85F4D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Record death as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:br/>
+              <w:t>an outcome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="1EC06350" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6449239A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Constipation, ruptured bowel, peritonitis, sepsis; patient died</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E7BDBC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Constipation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2966B9A1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Perforated bowel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64EC1147" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Peritonitis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5FCF0C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sepsis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2996DBAC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="006A7A4D" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7626EF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="55AEA849" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00290061" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="287AE983" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00806B75" w:rsidRDefault="00AB6100" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="_Toc489975455"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00806B75">
+        <w:t>Death as the only reported information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00806B75">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D1D23" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If the only information reported is death, select the most specific death term available. Circumstances of death should not be inferred but recorded only if stated by the reporter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25337353" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Death terms in MedDRA are linked to HLGT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3F7D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Fatal outcomes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DC060D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="149442F6" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E104D4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="43830644" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="723F7A7F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D98C32" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was found dead</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E40FD0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Found dead</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="14BE9309" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="084B5579" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient died in childbirth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1AB5D5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Maternal death during childbirth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="0AE32D5F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1B6DE6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The autopsy report stated that the cause of death was natural</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D540226" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Death from natural causes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48504684" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00AB6100" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="_Toc489975456"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Death terms that add important clinical information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="4AAE07D9" w14:textId="77777777" w:rsidR="00907CDC" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Death terms that add important clinical information should be selected along with any reported ARs/AEs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116FFE21" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="4910B351" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1074F9DA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A1ED12" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="423E24BA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BBF3EF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient experienced a rash and had sudden cardiac death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6589D291" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Rash</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="735FEE19" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sudden cardiac death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6513BFEC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00AB6100" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="_Toc489975457"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Other patient outcomes (non-fatal)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="41B69E18" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="009F4AD9">
+        <w:t>Hospitali</w:t>
+      </w:r>
+      <w:r w:rsidR="00647AAC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ation, disability</w:t>
+      </w:r>
+      <w:r w:rsidR="00647AAC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and other patient outcomes are not generally considered ARs/AEs.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DBE500" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="7A9D4BB2" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FECE227" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DACD201" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A01300D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="12FD80AC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6DD7DB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hospitalisation due to congestive heart failure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33FEF7DA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Congestive heart failure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57773372" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Record hospitalisation as an outcome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="223DFB50" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="3EDEE1B6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If the only information reported is the patient outcome, select the most specific term available.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0785DF0F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="06B1BA11" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CAF10E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="458E7F2D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00293923" w14:paraId="28FAB0A6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3BD40C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was hospitalised</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7142C133" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hospitalisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3457922B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc489975458"/>
+      <w:r>
+        <w:t>Suicide and Self-Harm</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="1E8F4880" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Accurate and consistent term selection for reports of suicide attempts, completed suicides</w:t>
+      </w:r>
+      <w:r w:rsidR="00647AAC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and self-harm is necessary for data retrieval and analysis. If the motive for reported injury is not clear, seek clarification from the source.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DD17E9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00AB6100" w:rsidRDefault="004D7250" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="_Toc489975459"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="008645BF">
+        <w:t>If overdose is reported</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="31EB3570" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Do not assume that an overdose – including an intentional overdose – is a suicide attempt. Select only </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>the appropriate overdose term (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0FBC">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276DE3D4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00AB6100" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc489975460"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>If self-injury</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="008645BF">
+        <w:t xml:space="preserve"> is reported</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="3DCA0333" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="006A7A4D" w:rsidP="00675E22">
+      <w:r>
+        <w:t>For reports of self-injury that do not mention suicide or suicide attempt, select only the appropriate self-injury term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E98470" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3039"/>
+        <w:gridCol w:w="2718"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="03E1F133" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8A660C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E79BE63" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F89C89D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="7E2815F1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEEF3EB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Self slashing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23102F4D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Self inflicted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> laceration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF367E7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Self inflicted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laceration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> is linked to PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intentional </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE5D4F9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>self-injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="5D57ADB6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DEB54F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cut her own wrists</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DE9428" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E6910F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="0A832634" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="754"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B000FA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cut wrists in a suicide attempt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="062232D7" w14:textId="77777777" w:rsidR="00285EDE" w:rsidRDefault="001251C8" w:rsidP="00616372">
+            <w:pPr>
+              <w:spacing w:after="80"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Self inflicted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008C215D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>laceration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69052889" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="008C215D" w:rsidRDefault="00D6311A" w:rsidP="00616372">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Suicide attempt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F10616" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00573E96" w:rsidRPr="00EB70EC" w14:paraId="5F04B30B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="994"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645D52CF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:lastRenderedPageBreak/>
+              <w:t>Took an overdose in an attempt to commit suicide</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3EB8B2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00616372">
+            <w:pPr>
+              <w:spacing w:after="80"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Intentional overdose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60407B46" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Suicide attempt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C61AF3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">If overdose is reported in the context of suicide or a suicide attempt, the more specific LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Intentional overdose</w:t>
+            </w:r>
+            <w:r w:rsidR="005A029A">
+              <w:t xml:space="preserve"> can be selected (s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>ee also Section 3.18)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="525593DF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="_Toc489975461"/>
+      <w:r>
+        <w:t>Fatal suicide attempt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="3816BAEA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If a suicide attempt is fatal, select the term that reflects the outcome instead of the attempt only.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0D61DF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="7103AE04" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B709110" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1879DF9E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="16846AD8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="5B380D75" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3537CF95" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Suicide attempt resulted in death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="392351FC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Completed suicide</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0CF5A2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Record death as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:br/>
+              <w:t>an outcome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="106937E5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00AC0268" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2F91FF5E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc489975462"/>
+      <w:r>
+        <w:t>Conflicting/Ambiguous/Vague Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="0EFE9550" w14:textId="77777777" w:rsidR="003926E2" w:rsidRPr="008C215D" w:rsidRDefault="006A7A4D">
+      <w:r>
+        <w:t>When conflicting, ambiguous</w:t>
+      </w:r>
+      <w:r w:rsidR="00293923">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or vague information is reported, term selection to support appropriate data retrieval may be difficult. When this occurs, attempt to obtain more specific information. If clarification cannot be achieved, select terms as illustrated in the examples below (Sections 3.4.1 through 3.4.3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B2E192" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc489975463"/>
+      <w:r>
+        <w:t>Conflicting information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="04849122" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="5B16F77B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC078D3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE82EB0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C53EF7B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EB70EC" w14:paraId="5CE72236" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B21138F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hyperkalaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> with a serum potassium of 1.6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>mEq</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>/L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF821AD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Serum potassium abnormal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7030C3AF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Serum potassium abnormal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> covers both of the reported concepts (note: serum potassium of 1.6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>mEq</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">/L is a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>low</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> result, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D0089D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>not high)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A184DC8" w14:textId="77777777" w:rsidR="008C215D" w:rsidRDefault="008C215D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="016CB52C" w14:textId="77777777" w:rsidR="00A72C84" w:rsidRDefault="00A72C84">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426EFF59" w14:textId="77777777" w:rsidR="00A72C84" w:rsidRDefault="00A72C84">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3746D32C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00B7620B" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="_Toc489975464"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Ambiguous information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="33201C1F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="370D5C11" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E3A2A2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E304BB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="543958B8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="50E52B35" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1691CE1F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>GU pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="729D3BD9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150DE3B4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Effort should be made to obtain clarification of the meaning of "GU" from the source so that more specific term selection may be possible. “GU” could be either “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>genito</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">-urinary” or “gastric ulcer”. If additional information is not available, then select a term to reflect the information that is known, i.e., LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="02B780A7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="54CF2576" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="_Toc489975465"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Vague information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="29DD12D0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>For information that is vague, attempt to obtain clarification. If clarification cannot be achieved, select an LLT that reflects the vague nature of the reported event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2127721B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3078"/>
+        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="2718"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="4509ED03" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="015146A9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2610747F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="60520154" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="7EA1DC49" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D6670E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Turned green</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443C4B31" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Unevaluable event</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="581D7F1A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>“Turned green” reported alone is vague; this could refer to a patient condition or even to a product (e.g., pills)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007368FB" w:rsidRPr="00C41480" w14:paraId="3472F18F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228CE68A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had a medical problem of unclear type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12750617" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Ill-defined disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E775E8C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Since it is known that there is some form of a medical disorder, LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Ill-defined disorder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> can be selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38A9C67A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="643013C1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc489975466"/>
+      <w:r>
+        <w:t>Combination Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="2372C05C" w14:textId="77777777" w:rsidR="00F34A85" w:rsidRDefault="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">combination term </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in MedDRA is a single medical concept combined with additional medical wording that provides important information on pathophysiology or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C41480">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>etiology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. A combination term is an internationally </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>recogni</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41480">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00961112">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> distinct and robust medical concept as illustrated in the examples below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044A5CD2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00C41480" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="71DA60E1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="286"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D79E23" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MedDRA Combination Terms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="0120704A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1045"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C39278" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Diabetic retinopathy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D6F3D1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00036B90" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hypertensive cardiomegaly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5453D2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Eosinophilic pneumonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="548087EB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="61EB35AF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>A combination term may be selected for certain reported ARs/AEs (e.g., a condition “due to” another condition), keeping th</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7626">
+        <w:t>e following points in mind (Note</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: medica</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E96">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> judgment should be applied):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177774C9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc489975467"/>
+      <w:r>
+        <w:t>Diagnosis and sign/symptom</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="5CC8004F" w14:textId="77777777" w:rsidR="00F813C9" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If a diagnosis and its characteristic signs or symptoms are reported, select a ter</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>m for the diagnosis (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.1). A MedDRA combination term is not needed in this instance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC0C6DD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="2F6FDAB9" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="219A0945" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D624EA5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="2AEE13C1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7126A952" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chest pain due to myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733A9EE1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0A7889E4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="_Toc489975468"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>One reported condition is more specific than the other</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="4D4E9AD6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If two conditions are reported in combination, and one is more specific than the other, select a term for the more specific condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B96E79F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="54FCF2AE" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="47409D79" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E5F537" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="5D65D953" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F6E3CB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Hepatic function disorder </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="488D8969" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>(acute hepatitis)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DD507E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hepatitis acute</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="16BE068F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="274F2031" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Arrhythmia due to atrial fibrillation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2192C5E1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Atrial fibrillation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="130E49CF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00B7620B" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="_Toc489975469"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>A MedDRA combination term is available</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="263243F9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If two conditions are reported in combination, and a single MedDRA combination term is available to represent them, select that term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71665CA7" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7EFD7185" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="5BF8E916" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7712CEE0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="33A984B6" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="27975812" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="741A6534" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="010C432C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="095507AC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Retinopathy due to diabetes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1404E3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Diabetic retinopathy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00C41480" w14:paraId="5FCA89A1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E79A622" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Rash with itching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE73434" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Itchy rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="780EBE0D" w14:textId="77777777" w:rsidR="00F34A85" w:rsidRDefault="00F34A85">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="689DED62" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="_Toc489975470"/>
+      <w:r>
+        <w:t>When to “split” into more than one MedDRA term</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="0DA8C1C4" w14:textId="77777777" w:rsidR="00A37D93" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If “splitting” the reported ARs/AEs provides more clinical information, select more than one MedDRA term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1E24AB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00110D87" w14:paraId="119C0C32" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="05716AE6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1EA490" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00110D87" w14:paraId="416CCD43" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="916"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8C9296" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Diarrhoea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> and vomiting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE055B6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Diarrhoea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5245236C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Vomiting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00110D87" w14:paraId="2DD8D427" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="679"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060B53D1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Wrist fracture due to fall</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9B2F8C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Wrist fracture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7BF7A9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Fall</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="724FBA20" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="77A45548" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Exercise medical judgment so that information is not lost when “splitting” a reported term. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="OLE_LINK7"/>
+      <w:r>
+        <w:t>Always check the MedDRA hierarchy above the selected term to be sure it is appropriate for the reported information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7668AE81" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00110D87" w14:paraId="2A304866" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FB74BD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BA4376" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BAE6AC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00110D87" w14:paraId="2713689C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19564AE5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Haematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> due to an animal bite </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8404DE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Animal bite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BB6BAD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Traumatic </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>haematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="361E9A13" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traumatic </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>haematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> is more appropriate than LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> (LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traumatic </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>haematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to HLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Non-site specific injuries NEC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> and HLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haemorrhages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NEC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> while LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Ha</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4BEB">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>ematoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F0996A7" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">only to HLT </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE57702" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haemorrhages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NEC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2EA0FD31" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00FA76F8" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="711E1671" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="_Toc489975471"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Event reported with pre-existing condition</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="2A4FDE7E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If an event is reported along with a pre-existing condition </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>that has not changed</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and if there is not an appropriate combination term in MedDRA, s</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>elect a term for the event only (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.9 for pre-existing conditions that have changed).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551761E9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="55576838" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D141530" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="067DC1B6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="217D0C8E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="03812865" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="154614DF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Shortness of breath due to pre-existing cancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B7166" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Shortness of breath</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325A2D59" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">In this instance, “shortness of breath” is the event; “cancer” is the pre-existing condition that </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="488A7A43" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>has not changed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CF76C2F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc489975472"/>
+      <w:r>
+        <w:t>Age vs. Event Specificity</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="0AFDF11D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc489975473"/>
+      <w:r>
+        <w:t>MedDRA term includes age and event information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="4B179530" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="56729651" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C3405B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7788CECD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="79268B8C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FD8768" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Jaundice in a newborn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D405C6D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Jaundice of newborn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="7F81198A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C484C6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Developed psychosis at age 6 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C269724" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Childhood psychosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16BDBEB1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="_Toc489975474"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>No available MedDRA term includes both age and event information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="08495403" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred option </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is to select a term for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and record the age in the appropriate demographic field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0028A40D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Alternatively, select terms (more than one) that together reflect both the age of the patient and the event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322A399A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2777"/>
+        <w:gridCol w:w="3468"/>
+        <w:gridCol w:w="2080"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00142D01" w:rsidRPr="00E55A42" w14:paraId="39E10764" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F0893D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3468" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECDA52D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12469C26" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142D01" w:rsidRPr="00E55A42" w14:paraId="111855C6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="443"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E559E7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pancreatitis in a newborn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3468" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B6ACD6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pancreatitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3811773E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142D01" w:rsidRPr="00E55A42" w14:paraId="404F7FF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9F5502" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3468" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="148D23E4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pancreatitis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A6A68B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Neonatal disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="654FC543" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="44ED24C3" w14:textId="77777777" w:rsidR="000016B8" w:rsidRDefault="000016B8" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="58A8143F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc489975475"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Body Site vs. Event Specificity</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="431D92B2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="_Toc489975476"/>
+      <w:r>
+        <w:t>MedDRA term includes body site and event information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="6091A063" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="536F411B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC2DB1E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="475CEFFB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="2BA715BD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E21893D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Skin rash on face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="179AE099" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Rash on face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43F9CA6D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00290061" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D79E79" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="_Toc489975477"/>
+      <w:r>
+        <w:t>No available MedDRA term includes both body site and event information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w14:paraId="4AE770DB" w14:textId="77777777" w:rsidR="00A37D93" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Select a term for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, rather than a term that reflects a non-specific condition at the body site; in other words, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:r w:rsidR="00583A85">
+        <w:t xml:space="preserve"> information generally </w:t>
+      </w:r>
+      <w:r>
+        <w:t>has priority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE166CA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="3E55E286" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="01311613" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="53287D57" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="535D536A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="39A8380B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1177"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE0006C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Skin rash on chest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7D35F4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Skin rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118BC243" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A37D93">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>In this instance, there is no available term for a skin rash on the chest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="057ABE37" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="50DFEAA5" w14:textId="77777777" w:rsidR="00223A07" w:rsidRDefault="006A7A4D">
+      <w:r>
+        <w:t>However, medical judgment is required, and sometimes, the body site information should have priority as in the example below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39398B4B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="40A82731" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA17D6E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2155E637" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="776D8C31" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="41C34E7E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF45227" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cyanosis at injection site</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7100635A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Injection site reaction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F074F3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A37D93">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Cyanosis implies a generalised disorder.  In this example, selecting LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cyanosis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>would result in loss o</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37D93">
+              <w:t xml:space="preserve">f important medical information </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>and miscommunication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7CA704CC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="_Toc489975478"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Event occurring at multiple body sites</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="2E6FFBD3" w14:textId="77777777" w:rsidR="00794E52" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="007A0492">
+        <w:t xml:space="preserve">If an event is reported to occur at more than one body site, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A0492">
+        <w:t>f all</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of those LLTs link to the same PT, then select a single LLT that most accurately reflects the event; in other words, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> information has priority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191C8EEB" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="77A388DC" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="57C668AA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="24E1E118" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AA2EA0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CBAD68" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C83D3C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="3CAF182B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08851556" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Skin rash on face </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74903FE2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>and neck</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEFB16B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Skin rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72763A7F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Rash on face,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neck rash, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>and LLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Skin rash </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>all link to PT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="7A9D55FF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243EF12E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> of hands </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB73719" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>and feet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C97534" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> of extremities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A20B6F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hands</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> and LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Oedematous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> feet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> both link to PT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> peripheral</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">. However, LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Oedema</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of extremities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> most accurately reflects the event in a single term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="00F90C14" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="6D51193B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00712787" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc489975479"/>
+      <w:r w:rsidRPr="00712787">
+        <w:t>Location</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A42">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t xml:space="preserve">vs. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Microorganism</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A42">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Specific Infection</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B41CE97" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00712787" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc489975480"/>
+      <w:r w:rsidRPr="00712787">
+        <w:t xml:space="preserve">MedDRA term includes </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">microorganism </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t>and anatomic location</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="069F5A4A" w14:textId="77777777" w:rsidR="00F813C9" w:rsidRDefault="00F813C9" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2A577DC9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00142D01" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="3C39D5E5" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="798144A2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F32F907" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="11887D41" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="157F7FD0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CF7D46" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pneumococcal pneumonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60059A0E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pneumococcal pneumonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F3EAB2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>In this example, the implied anatomic location is the lung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57571D89" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00712787" w:rsidRDefault="00583A85" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="_Toc489975481"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00712787">
+        <w:t xml:space="preserve">No available MedDRA term includes both </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>microorganism</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00712787">
+        <w:t xml:space="preserve"> and anatomic location</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="4414FBD8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00712787" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:bookmarkStart w:id="64" w:name="OLE_LINK9"/>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E7371">
+        <w:t>option</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is to s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t>elect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t>term</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s for both the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E842ED" w:rsidRPr="00E842ED">
+        <w:t>microorganism</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A42">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E842ED" w:rsidRPr="00E842ED">
+        <w:t>specific infection</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E842ED" w:rsidRPr="00E842ED">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the anatomic location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p w14:paraId="740E5699" w14:textId="77777777" w:rsidR="005846C9" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00712787">
+        <w:t>Alternatively, select a term that reflect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t xml:space="preserve">the anatomic location </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712787">
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a term that reflects the microorganism</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A42">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>specific infection. Medical judgment should be used in deciding whether anatomic location or the microorganism</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A42">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>specific infection should take priority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651D1035" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2703BF5C" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="55D0FACC" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="4D323DCC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2202"/>
+        <w:gridCol w:w="2801"/>
+        <w:gridCol w:w="1683"/>
+        <w:gridCol w:w="2170"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="77BB3D27" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B79A536" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C3C3E3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="053EA8F2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2170" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE3F859" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630DFD" w:rsidRPr="00E55A42" w14:paraId="4CE028FD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="652604AA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Respiratory chlamydial infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8DE591" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chlamydial infection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ACD687" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Respiratory infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AEAD6C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693FBA6F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Represents both microorganism-specific infection </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>anatomic location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00E55A42" w14:paraId="1CBD7A65" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9144A1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3602C2B5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Respiratory infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F47B03" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="181FF317" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Represents location-specific infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630DFD" w:rsidRPr="00E55A42" w14:paraId="52B97043" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0D41A5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139C1F53" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chlamydial infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="676A7875" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9C2161" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Represents microorganism-specific infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F149514" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00712787" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="43A7F8D5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00D01166" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc489975482"/>
+      <w:r>
+        <w:t xml:space="preserve">Modification of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66064">
+        <w:t>Pre-existing Conditions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="1E01D1AE" w14:textId="77777777" w:rsidR="00583A85" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00A66064">
+        <w:t>Pre-existing conditions that have changed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> may be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66064">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>considered AR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66064">
+        <w:t>s/AEs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, especially if the condition has worsened or progressed</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t xml:space="preserve"> (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.5.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for pre-existing conditions that have not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>changed,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and Section 3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00432E2E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for an unexpected improvement of a pre-existing condition).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8811"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A66064" w14:paraId="1409E2AF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8811" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D5D2EF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ways That Pre-existing Conditions May Be Modified</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A66064" w14:paraId="215B8AEE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1030"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4A0E77" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Aggravated, exacerbated, worsened</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6619E297" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Recurrent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A16A243" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Progressive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4FED94D7" w14:textId="77777777" w:rsidR="007B5BDC" w:rsidRPr="00A66064" w:rsidRDefault="007B5BDC" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="6873E7C6" w14:textId="77777777" w:rsidR="00C307BB" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00A66064">
+        <w:t>Select a term that most accurately reflects the modified condition (if such term exists)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418F97CE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="12C29118" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBFA3DC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE0996" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="2E092BF5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D44F1C7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Exacerbation of myasthenia gravis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68FC31A3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00907CDC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Myasthenia gravis aggravated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="30E82581" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00604165" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="54F394FD" w14:textId="77777777" w:rsidR="00E36743" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00A66064">
+        <w:t xml:space="preserve">If no such term exists, consider these </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36743">
+        <w:t>approaches:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA7808F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00E36743" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> 1: Select a term for the pre-existing condition and record the modification in a consistent, documented way </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in appropriate data fields </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FBAED6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00E36743" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Example</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> 2: Select a term for the pre-existing condition </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> a second term for the modification of the condition (e.g., LLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Condition aggravated</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">, LLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Disease progression</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.  Record the modification in a consistent, documented way in appropriate data fields.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6F2D20" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="2487"/>
+        <w:gridCol w:w="1987"/>
+        <w:gridCol w:w="2440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E36743" w:rsidRPr="00604165" w14:paraId="26528F0F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D22CEF5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6A7EE5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F92F4A0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BF8B5F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36743" w:rsidRPr="00604165" w14:paraId="191C5D30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="871"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4846FA3B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Example 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FA83B8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Jaundice aggravated </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569C2553" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Jaundice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F50C82E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Record “aggravated” in a consistent, documented way </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36743" w:rsidRPr="00604165" w14:paraId="650EFAC9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="702FB10F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Example 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A8763F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Jaundice aggravated </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CD3B03" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Jaundice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="215D99C4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EE0A61C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Condition aggravated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B51329A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Record “aggravated” in a consistent, documented way.  Select terms for the pre-existing condition and the modification.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0AB7DDBE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A66064" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC28B01" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="_Toc489975483"/>
+      <w:r>
+        <w:t xml:space="preserve">Exposures </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4766">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>uring Pregnancy and Breast Feeding</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="245B7C0F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001E3E60" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="001E3E60">
+        <w:t xml:space="preserve">To select the most appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0F04">
+        <w:t xml:space="preserve">exposure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t>term (or terms)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t xml:space="preserve"> first determine if the subject</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">/patient who experienced the event </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t>is the mother or the child/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="000016B8">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t>etus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E3E60">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B304FE" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="00D64D1A" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="_Toc489975484"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="001E5807">
+        <w:t>Events in the mother</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="_Toc410669598"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="42D3714B" w14:textId="77777777" w:rsidR="0012018D" w:rsidRPr="00D061FE" w:rsidRDefault="00C82EC1" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D061FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F022A" w:rsidRPr="00D061FE">
+        <w:t>Pregnant patient exposed to</w:t>
+      </w:r>
+      <w:r w:rsidR="009B194B" w:rsidRPr="00D061FE">
+        <w:t xml:space="preserve"> medication </w:t>
+      </w:r>
+      <w:r w:rsidR="00832EDB" w:rsidRPr="00D061FE">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="005F022A" w:rsidRPr="00D061FE">
+        <w:t xml:space="preserve"> clinical consequences </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AE2F1A" w14:textId="77777777" w:rsidR="00267E43" w:rsidRDefault="00F713EF" w:rsidP="005551DC">
+      <w:r>
+        <w:t>If a pregnancy exposure is reported with clinical consequences, select terms for both the pregnancy exposure and the clinical consequences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6951BEA7" w14:textId="77777777" w:rsidR="00B0108B" w:rsidRDefault="00C404CA" w:rsidP="005551DC">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4410"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00740FA7" w:rsidRPr="00604165" w14:paraId="2F2049E7" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="000BEE14" w14:textId="77777777" w:rsidR="00740FA7" w:rsidRPr="00675E22" w:rsidRDefault="00740FA7" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B92DD6" w14:textId="77777777" w:rsidR="00740FA7" w:rsidRPr="00675E22" w:rsidRDefault="00740FA7" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00740FA7" w:rsidRPr="00604165" w14:paraId="1940FF72" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BFFE42" w14:textId="77777777" w:rsidR="00740FA7" w:rsidRPr="00675E22" w:rsidRDefault="00740FA7" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pregnant patient receiving drug X experienced a pruritic rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5489ED90" w14:textId="77777777" w:rsidR="00740FA7" w:rsidRPr="00675E22" w:rsidRDefault="00740FA7" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maternal exposure during pregnancy </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A6B8102" w14:textId="77777777" w:rsidR="00740FA7" w:rsidRPr="00675E22" w:rsidRDefault="00740FA7" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Pruritic rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D948A75" w14:textId="77777777" w:rsidR="0012018D" w:rsidRPr="00416396" w:rsidRDefault="00C82EC1" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416396">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F022A" w:rsidRPr="00416396">
+        <w:t xml:space="preserve">Pregnant patient exposed to medication </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02A1" w:rsidRPr="00416396">
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidR="005F022A" w:rsidRPr="00416396">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7690A6BB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00740FA7" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If a pregnancy exposure report specifically states that there were no clinical consequences, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D31BE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>preferred</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D31BE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>option</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is to select only a term for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C404CA">
+        <w:t>pregnancy exposure</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Altern</w:t>
+      </w:r>
+      <w:r w:rsidR="00C404CA">
+        <w:t>atively, a term for the pregnancy exposure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and the additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>can be selected (see Section 3.21).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26595A6F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A05" w:rsidRPr="00DC4A05">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3348"/>
+        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="2430"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B74F8" w:rsidRPr="00A3295A" w14:paraId="6E0F0F78" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEF0999" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0950120B" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD0F335" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B74F8" w:rsidRPr="00A3295A" w14:paraId="2032B445" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D158EB" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00DC4A05" w:rsidRDefault="00226533" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Patient received d</w:t>
+            </w:r>
+            <w:r w:rsidR="001B74F8" w:rsidRPr="00DC4A05">
+              <w:t>rug X while pregnant (no adverse effect)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="444CFF9F" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Maternal exposure during pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F73ED7" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B74F8" w:rsidRPr="00A3295A" w14:paraId="734322C0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="543A7FB3" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6341DE8D" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Maternal exposure during pregnancy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7103AFF8" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>No adverse effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3582BAC0" w14:textId="77777777" w:rsidR="001B74F8" w:rsidRPr="00675E22" w:rsidRDefault="001B74F8" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71991922" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="19661115" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001E5807" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="_Toc489975485"/>
+      <w:r w:rsidRPr="001E5807">
+        <w:t xml:space="preserve">Events in the child or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E5807">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="000016B8">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E5807">
+        <w:t>etus</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BAA2379" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select terms for both the type of exposure and any adverse event(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491FD8C9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00862F33">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4518"/>
+        <w:gridCol w:w="4590"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0034601E" w:rsidRPr="00604165" w14:paraId="5A4EC42B" w14:textId="77777777" w:rsidTr="0034601E">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="65CC6C5C" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E66015A" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0034601E" w:rsidRPr="00604165" w14:paraId="637DA36F" w14:textId="77777777" w:rsidTr="0034601E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC883CF" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Pregnant woman taking drug X; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>foetal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> tachycardia noted on routine examination</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19755C0A" w14:textId="77777777" w:rsidR="0034601E" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Maternal exposure during pregnancy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4658BC2E" w14:textId="6098A480" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Foetal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tachycardia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553814AA" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0034601E" w:rsidRPr="00604165" w14:paraId="4610F4DE" w14:textId="77777777" w:rsidTr="0034601E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F3C5D2" w14:textId="5AEBB67D" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00862F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Baby born with cleft palate; father had been taking drug X </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">before </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>conception</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F8E3BA" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paternal drug exposure before pregnancy </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E4539A1" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cleft palate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C08DEA" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0034601E" w:rsidRPr="00604165" w14:paraId="7595A28F" w14:textId="77777777" w:rsidTr="0034601E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="138EBE98" w14:textId="1FC4BA25" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="0034601E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Nursing newborn exposed to drug X through breast milk; experienced vomiting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66328DCE" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drug exposure via breast milk </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C7707B4" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vomiting neonatal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D6F6580" w14:textId="77777777" w:rsidR="0034601E" w:rsidRPr="00675E22" w:rsidRDefault="0034601E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="088A3799" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Toc489975486"/>
+      <w:r>
+        <w:t>Congenital Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="39838E92" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00FA6732">
+        <w:t>“Congenital”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> = any condition present at birth, whether genetically inherited or occurring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>in utero</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD37B0">
+        <w:t xml:space="preserve">ee the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>MedDRA Introductory Guide).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07015467" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="007C2644" w:rsidRDefault="00976671" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="_Toc489975487"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="007C2644">
+        <w:t>Congenital</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5679E" w:rsidRPr="007C2644">
+        <w:t xml:space="preserve"> conditions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="590FB355" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Select terms from SOC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6732">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Congenital, familial and genetic disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> when the reporter describes the condition as congenital or when medical judgment establishes that the condition was present at the time of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0BE06E" w14:textId="77777777" w:rsidR="00172AE9" w:rsidRDefault="00172AE9" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="4A5F9B65" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8873" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3109"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2675"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F5679E" w:rsidRPr="00604165" w14:paraId="565F057A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="392"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D95186" w14:textId="77777777" w:rsidR="00F5679E" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1967BC" w14:textId="77777777" w:rsidR="00F5679E" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AD59E9" w14:textId="77777777" w:rsidR="00F5679E" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F5679E" w:rsidRPr="00604165" w14:paraId="0AF8616A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="473"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1661FE40" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Congenital heart disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4863AA6D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Heart disease congenital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="328DF4E2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F5679E" w:rsidRPr="00290061" w14:paraId="74987F20" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="517"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BDD4C7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Child born with heart disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E98DC1E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="19412E43" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F5679E" w:rsidRPr="00290061" w14:paraId="792965EF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1951F712" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Newborn with phimosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78803E89" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Phimosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEBF52B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">A “congenital” term is not available but LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Phimosis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to primary </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="72" w:name="OLE_LINK58"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">SOC </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="73" w:name="OLE_LINK48"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="73"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="443870A5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00290061" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4446364B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00F5679E" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976671">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="_Toc489975488"/>
+      <w:r>
+        <w:t>Acquired c</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>ondition</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>not present at birth</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="549DB89B" w14:textId="77777777" w:rsidR="00F5679E" w:rsidRPr="00AB28F3" w:rsidRDefault="00F5679E" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If information is available indicating that the condition is</w:t>
+      </w:r>
+      <w:r w:rsidR="00326725">
+        <w:t xml:space="preserve"> not congenital or present at bir</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">th, i.e., it is acquired, select the non-qualified term for the condition, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7D61">
+        <w:t>making</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sure that the non-qualified term does not link to SOC </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congenital, familial and genetic disorders. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+        <w:t xml:space="preserve">If a non-qualified term is not available, select the “acquired” term for the condition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BFF896" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="2970"/>
+        <w:gridCol w:w="2898"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="7A15EAD8" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB06A01" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="75" w:name="OLE_LINK5"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DFAE90" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E388A14" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="6D1E078F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2095"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DF488C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Developed night blindness in middle age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EEE1E0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Night blindness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="545C1EFF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Night blindness </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">links to primary SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Eye disorders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">. Do not assume the condition is congenital (LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital night blindness</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7D61" w:rsidRPr="00604165" w14:paraId="04024237" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1474"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3414DA82" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Developed phimosis at age 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0F73E3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Acquired phimosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDD89F5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="001A619A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phimosis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">should not be selected because it links to primary SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="7529E15D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1474"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B2F306" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">34 year old patient with </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>cholangiectasis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D220C1E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cholangiectasis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> acquired</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3793B2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="001A619A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>A non-qualified term “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cholangiectasis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>” is not available. It cannot be assumed that the condition was present at birth so it is appropriate to select the acquired term.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="75"/>
+    </w:tbl>
+    <w:p w14:paraId="62B7947C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00C01EE3" w:rsidP="00675E22"/>
+    <w:p w14:paraId="37C841DF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00C577CD" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976671">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="_Toc489975489"/>
+      <w:r w:rsidR="00E056A9">
+        <w:t>Conditions not specified as either congenital or acquired</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="1893E646" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="00E056A9" w:rsidP="00E056A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E056A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If a condition is reported without any information describing it as congenital or acquired, select the non-qualified term for the condition. For conditions or diseases existing in both congenital and acquired forms, the following convention is applied in MedDRA: the more common form of the condition/disease is represented at the PT level withou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>t adding a qualifier of either “congenital” or “acquired”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E056A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF5D23C" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675E22">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E056A9" w:rsidRPr="00E056A9" w14:paraId="43E06F40" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8F3A95" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC770D1" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="50400A85" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E056A9" w:rsidRPr="00E056A9" w14:paraId="30FA4672" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1418C969" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Pyloric stenosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F38ED9" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Pyloric stenosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBBDC2C" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="77" w:name="OLE_LINK49"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pyloric stenosis is more commonly congenital than acquired; LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Pyloric stenosis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> links to primary SOC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Congenital, familial and genetic disorders</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="77"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E056A9" w:rsidRPr="00E056A9" w14:paraId="305451D6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6D61AD" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="78" w:name="OLE_LINK50"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hypothyroidism</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="78"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B48F0A7" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hypothyroidism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18452976" w14:textId="77777777" w:rsidR="00E056A9" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00E056A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hypothyroidism is more commonly acquired than congenital; LLT/PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hypothyroidism</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> links to primary SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Endocrine disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2DD43A89" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00C01EE3" w:rsidP="00675E22"/>
+    <w:p w14:paraId="41D671A9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00DB7A17" w:rsidRDefault="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc489975490"/>
+      <w:r>
+        <w:t>Neoplasms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="5AD33CB4" w14:textId="77777777" w:rsidR="00AC33D8" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="000D68A1">
+        <w:t xml:space="preserve">Due to the large number of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">neoplasm types, specific guidance cannot be provided for all situations. The MedDRA Introductory Guide describes the use and placement of neoplasm terms and related terms in MedDRA.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CCBD33" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000D68A1" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Keep in mind the following points:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A66064" w14:paraId="5E16959D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D83385F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neoplasms Terms in MedDRA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A66064" w14:paraId="73CFC1BA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237680AD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>“Cancer” and “carcinoma” are synonyms (Appendix B of Introductory Guide)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1433421E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="007032D2" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007032D2">
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007032D2">
+              <w:t>Tumo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007032D2">
+              <w:t>(u)r” terms refer to neoplasia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7C4780" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">“Lump” and “mass” terms are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> neoplasia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="044800AC" w14:textId="77777777" w:rsidR="00AC33D8" w:rsidRDefault="00AC33D8" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="594E82F3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If the type of neoplasia is not clear, seek clarification from the reporter. Consult medical experts when selecting terms for difficult or unusual neoplasms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34029485" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="003D46A0" w:rsidRDefault="00976671" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C577CD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="_Toc489975491"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Do not infer malignancy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="62088FE6" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select a malignancy term only if malignancy is stated by the reporter. Reports of “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>tumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>u)r” events should not be assigned a “cancer”, “carcinoma” or another malignant term unless it is clear that malignancy is present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8565BC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00604165" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="3E1FC3AD" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="019CCED1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B6E297" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="09F05561" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A29CC9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Tumour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> growing on skin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7065BC29" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Skin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>tumour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="6DD077F4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64080DAD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cancer growing on tongue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2401A2D4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Malignant tongue cancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7196BCC8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc489975492"/>
+      <w:r>
+        <w:t>Medical and Surgical Procedures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w14:paraId="3ED52949" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862A2E">
+        <w:t xml:space="preserve">Terms in SOC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862A2E">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Surgical and medical procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are generally not appropriate for ARs/AEs. Terms in this SOC are not </w:t>
+      </w:r>
+      <w:r w:rsidR="009660F1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>multiaxial</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Be aware of the impact of these terms on data retrieval, analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00604165">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reporting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129DAD43" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="00D509E5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Keep in mind the following points:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460CB1B7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00976671" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="_Toc489975493"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Only the procedure is reported</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w14:paraId="700A932B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If only a procedure is reported, select a term for the procedure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BCC2B8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="103AE3E9" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4486EE7A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="07778BCD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="0325374A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E460A1B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had transfusion of platelets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFE8AF2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Platelet transfusion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="2319F276" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C6CF66" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had tonsillectomy in childhood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="770F5AC3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003D46A0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Tonsillectomy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35776A04" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00976671" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="_Toc489975494"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Procedure and diagnosis are reported</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="412AEA6E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E0F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If a procedure is reported with a diagnosis, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred option </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is to select terms for both the procedure and diagnosis. Alternatively, select a term only for the diagnosis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267042AC" w14:textId="77777777" w:rsidR="007B5BDC" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Examp</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5BDC">
+        <w:t>le</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2373"/>
+        <w:gridCol w:w="2943"/>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="1801"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="6D8DD5EA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2373" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBA899D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3E30A9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DDC16D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00523A29" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="260C6415" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2373" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7554537D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Liver transplantation due to liver injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F13D6C6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Liver transplantation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77234736" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F6FE84B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="003926E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Liver injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="232F3A86" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E4DFC6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D509E5" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Selecting term </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">for the procedure may indicate severity of </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18699882" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>the condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="4EA2F3CA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2373" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44683D97" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0F9A07" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Liver injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6794E604" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00D509E5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564921CF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00D509E5"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C6F744F" w14:textId="77777777" w:rsidR="000B0CE0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="_Toc489975495"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Investigations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w14:paraId="3ACDD211" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Investigations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> includes test names with qualifiers (e.g., increased, decreased, abnormal, normal) and without qualifiers. Corresponding medical conditions (such as “hyper-” and “hypo-” terms) are in other “disorder” SOCs (e.g., SOC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263087">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Metabolism and nutrition disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0500A814" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="004D19E3" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigations </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is not </w:t>
+      </w:r>
+      <w:r w:rsidR="009660F1">
+        <w:t>multiaxial</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; always consider the terms in this SOC for data retrieval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053CA8D6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="003D46A0" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="_Toc489975496"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Results of investigations as ARs/AEs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w14:paraId="0325DB9C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Keep in mind the following points when selecting terms for results of investigations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E66962F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00554B95" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Selecting terms for a medical condition vs. an investigation result</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209C70DB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3086"/>
+        <w:gridCol w:w="3076"/>
+        <w:gridCol w:w="2657"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="336DDE9F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA23BA1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D6608F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="49433C51" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="547FBF60" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19024285" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypoglycaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BEAA1B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypoglycaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9093B7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Hypoglycaemia</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Metabolism and nutrition disorders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="3BF78C92" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="808"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DDB54B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Decreased glucose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B80DBE8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glucose decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09812F12" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Glucose decreased</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Investigations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22D89E5F" w14:textId="77777777" w:rsidR="007B5BDC" w:rsidRDefault="007B5BDC" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B407A7A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00554B95" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Unambiguous investigation result</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A77D9A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="53DCF3DE" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8A4A58" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="33530429" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D36BD8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="466731A9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E84608A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glucose 40 mg/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>dL</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1778869F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glucose low</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D1383D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glucose is clearly below the reference range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7FE8EE64" w14:textId="77777777" w:rsidR="00AC33D8" w:rsidRDefault="00AC33D8" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="260E75E7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00554B95" w:rsidRDefault="006A7A4D" w:rsidP="003B2196">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ambiguous investigation result</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CDF743" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2718"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="3708"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="4F419FB3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F937EBC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3871D162" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="017A6357" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="44A9F0EB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23987E7B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>His glucose was 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C38FB91" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glucose abnormal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3708" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2117BD13" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>In this example, no units have been reported.  Select LLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Glucose abnormal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">if clarification cannot </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BD3BC0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>be obtained</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="468C3BBE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDCAFBC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="003D46A0" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976671">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="_Toc489975497"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Investigation results consistent with diagnosis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w14:paraId="094E6C42" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001E4A45" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">When investigation results are reported with a diagnosis, select only a term for the diagnosis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E797D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>if investigation results are consistent with the diagnosis</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209BD2DB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="4518E173" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F4DBDA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A2E7D4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A47B3E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="01DF1084" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="668DD024" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Elevated potassium, K 7.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>mmol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">/L, and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>hyperkalaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6976ED56" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hyperkalaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="127BEA8A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">It is not necessary to select LLT </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36E171FF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Potassium increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6589595D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="_Toc489975498"/>
+      <w:r>
+        <w:t xml:space="preserve">Investigation results </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001325EC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>true</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4A45">
         <w:rPr>
-          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
         </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4A45">
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> with diagnosis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w14:paraId="61363494" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001E4A45" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">When investigation results are reported with a diagnosis, select a term for the diagnosis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> select terms for any investigation results that are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> consistent with the diagnosis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778C02E7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="49E712E4" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="515862C2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D19CA5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="72733C8E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="232B12EF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CC7FAF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Alopecia, rash, and elevated potassium 7.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>mmol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>/L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="004B21AA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Alopecia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D571600" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Rash</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F3F463" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Potassium increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F361E4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Elevated potassium is not consistent with the diagnoses of alopecia and rash. Terms for all concepts should </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FF3F44" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> selected.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46821EA2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="08DE1575" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="004439DC" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="_Toc489975499"/>
+      <w:r>
+        <w:t>Grouped investigation result terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+    </w:p>
+    <w:p w14:paraId="4AE9CC7F" w14:textId="77777777" w:rsidR="005846C9" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Select a term for each investigation result as reported; do not “lump” together separate investigation results under an inclusive term </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>unless reported as such</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3397ADB2" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+    <w:p w14:paraId="0656F750" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="3100"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="2BDE5DF6" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="515A5D00" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AEB7E6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D19F70" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="6AA98AA4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC76AC8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Abnormalities of liver function tests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="595827E9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Abnormal liver function tests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26000AC2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00604165" w14:paraId="38C378A4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0538B170" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Increased alkaline phosphatase, increased SGPT, increased SGOT and elevated LDH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFBD2D4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00DF34AA">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Alkaline phosphatase increased</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D3F13F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00DF34AA">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>SGPT increased</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32DADCD2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00DF34AA">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>SGOT increased</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11564373" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00DF34AA">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>LDH increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3566607B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Select four individual terms for the investigation results. A single term such as LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Liver function tests abnormal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> should </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33901006" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">be selected </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DF809D7" w14:textId="77777777" w:rsidR="00F34A85" w:rsidRDefault="00F34A85">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9E43E9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00976671" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004439DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="_Toc489975500"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Investigation terms without qualifiers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+    </w:p>
+    <w:p w14:paraId="25A03470" w14:textId="5925E406" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Terms in SOC </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Sudden unexplained death in epilepsy</w:t>
-[...36 lines deleted...]
-      <w:pPr>
+        <w:t>Investigations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>without qualifiers</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075723F">
+        <w:t>are intended to be</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> used to record test </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008370A3">
+        <w:t>names</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D45FA">
+        <w:t xml:space="preserve"> when entering diagnostic test data</w:t>
+      </w:r>
+      <w:r w:rsidR="00604165">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00557189">
+        <w:t xml:space="preserve">ICH </w:t>
+      </w:r>
+      <w:r w:rsidR="00604165">
+        <w:t xml:space="preserve">E2B </w:t>
+      </w:r>
+      <w:r w:rsidR="00557189">
+        <w:t>electronic transmission standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E086AA8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2718"/>
+        <w:gridCol w:w="3470"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="008349C6" w14:paraId="1E145E85" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F06AD2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Information/Reported (Verbatim)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3470" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="693EF88B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected for Test Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD1C8E2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="008349C6" w14:paraId="72409D70" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="623"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7AD4AF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00616372">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cardiac output measured</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3470" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="193DF22D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cardiac output</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78806F74" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="008349C6" w14:paraId="32F8CEE0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E4CBE6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Haemoglobin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> 7.5 g/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>dL</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3470" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6EF3EB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Haemoglobin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A907582" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Haemoglobin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> decreased </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">should </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> be selected as it is both a test name and a result*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E252844" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">*  </w:t>
+      </w:r>
+      <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>MedDRA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is used only for test names, not test results, in the E2B data elements for Results of Tests and Procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00604165" w:rsidDel="00604165">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428677B8" w14:textId="77777777" w:rsidR="00976671" w:rsidRDefault="00976671" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Test name terms without qualifiers are not intended for use in other data fields capturing information such as ARs/AEs and medical history. The use of the Unqualified Test Name Term List is optional and may be used to identify the inappropriate selection of these terms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D709D">
+        <w:t>in data fields other than the test name data element.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> It is available for download from the MedDRA and JMO websites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAB9E78" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="_Toc489975501"/>
+      <w:r>
+        <w:t>Medication</w:t>
+      </w:r>
+      <w:r w:rsidR="001D167B">
+        <w:t xml:space="preserve"> Errors</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2562">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Accidental Exposures</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2562">
+        <w:t xml:space="preserve"> and Occupational Exposures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w14:paraId="41EB2627" w14:textId="77777777" w:rsidR="001B662A" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="_Toc489975502"/>
+      <w:r w:rsidR="001B662A">
+        <w:t>Medication errors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w14:paraId="752387B9" w14:textId="77777777" w:rsidR="00AF533D" w:rsidRDefault="00AF533D" w:rsidP="00AF533D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="007211A2">
+        <w:t xml:space="preserve">Medication errors are defined as any preventable event that may cause or lead to inappropriate medication use or patient harm while the medication is in </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007211A2">
+        <w:t>control of the health care professional, patient or consumer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1AB113" w14:textId="77777777" w:rsidR="00A80CED" w:rsidRDefault="00AF533D">
+      <w:r>
+        <w:t>Appendix B of the MedDRA Introductory Guide contains descriptions of the interpretation and use of certain medication error terms (e.g., “Dispensing error”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E082341" w14:textId="77777777" w:rsidR="00FF546A" w:rsidRDefault="00AF533D">
+      <w:r>
+        <w:t>Reports of medication errors may or may not include information about clinical c</w:t>
+      </w:r>
+      <w:r w:rsidR="0044393F">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nsequences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493D7078" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="004439DC" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="_Toc352240900"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc352241457"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc352571746"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc352572228"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc378577329"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00576981">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve">Medication errors reported </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w14:paraId="55108F2C" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If a medication error is reported with clinical consequences, select terms for both the medication error and the clinical consequences</w:t>
+      </w:r>
+      <w:r w:rsidR="00C307BB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7751742E" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="0AE309D1" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="42FC4934" w14:textId="77777777" w:rsidR="00BB3FA1" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3134"/>
+        <w:gridCol w:w="3133"/>
+        <w:gridCol w:w="2589"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004133B2" w:rsidRPr="002A5998" w14:paraId="108F07E3" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="63912528" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3133" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="524B647E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="315B245E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004133B2" w:rsidRPr="002A5998" w14:paraId="606C095C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2E4BDB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was administered wrong drug and experienced hypotension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3133" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D20F9D5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Wrong drug administered</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="351D4216" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypotension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7D1A70" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004133B2" w:rsidRPr="002A5998" w14:paraId="2C139397" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB003FC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Because of similar sounding drug names, the</w:t>
+            </w:r>
+            <w:r w:rsidR="00233109">
+              <w:t xml:space="preserve"> wrong drug was dispensed;</w:t>
+            </w:r>
+            <w:r w:rsidR="00A80CED">
+              <w:t xml:space="preserve"> as a result, the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> patient took the wrong drug and experienced a rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3133" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A95B42A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug name confusion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2D6C05" w14:textId="77777777" w:rsidR="00A80CED" w:rsidRPr="00675E22" w:rsidRDefault="00A80CED" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A80CED">
+              <w:t>Wrong drug dispensed</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759607EE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Wrong drug administered</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17BB2914" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Rash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0223A23C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00A80CED" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>It is important to select terms for all medi</w:t>
+            </w:r>
+            <w:r w:rsidR="00267E43">
+              <w:t xml:space="preserve">cation error concepts, </w:t>
+            </w:r>
+            <w:r w:rsidR="007A3EA1">
+              <w:t>i.e., do not</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> subtract information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004133B2" w:rsidRPr="002A5998" w14:paraId="2BB3CD29" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0611DFC1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Insulin </w:t>
+            </w:r>
+            <w:r w:rsidR="00117377">
+              <w:t xml:space="preserve">preparation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>was given using the wrong syringe resulting in the administration of an overdose</w:t>
+            </w:r>
+            <w:r w:rsidR="00267E43">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The patient developed hypoglycaemia.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3133" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C195B3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00117377" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Drug administered in wrong device</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B98E2C5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Accidental overdose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33408B64" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypoglycaemia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E303D7D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">If an overdose is reported in the context of a medication error, the more specific term </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>LLT Accidental overdose</w:t>
+            </w:r>
+            <w:r w:rsidR="005A029A">
+              <w:t xml:space="preserve"> can be selected (s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>ee also Section 3.18)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BD27530" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001B662A" w:rsidRDefault="00576981" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Toc352240901"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc352241458"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc352571747"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc352572229"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc378577330"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="004439DC">
+        <w:t xml:space="preserve">Medication errors and potential medication errors reported </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="004439DC">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="43E67D5E" w14:textId="77777777" w:rsidR="00C90B5E" w:rsidRPr="00192823" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Medication errors without clinical consequences are not ARs/AEs. However, it is important to record the occurrence or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E232F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Vague information (see also </w:t>
-      </w:r>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> occurrence of a medication error.  Select a term that is closest to the description of medication error reported.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C644B33" w14:textId="77777777" w:rsidR="00C90B5E" w:rsidRDefault="0070433E" w:rsidP="006A7A4D">
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FC236C">
+      <w:r w:rsidRPr="00192823">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Intercepted medication error</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00192823">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00192823">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005713F5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>For the purposes of term selection and analysis of MedDRA-coded data, an intercepted medication error refers to the situation where a medication error has occurred, but is prevented from reaching the patient or consumer. The intercepted error term should reflect the stage at which the error occurred, rather than the stage at which it was intercepted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA5CB61" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRPr="00117BCA" w:rsidRDefault="001B74F8" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If a medication error report specifically states that there were no clinical consequences, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D31BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MTS:PTC</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>preferred</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D31BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 3.4.3):</w:t>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="234"/>
+        <w:t>option</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is to select only a term for the medication error. Alternatively, a term for the medication error and the additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>can be selected</w:t>
+      </w:r>
+      <w:r w:rsidR="00267E43">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(see Section 3.21).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297818CA" w14:textId="77777777" w:rsidR="006D2110" w:rsidRDefault="006D2110" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7F5BBAF8" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7D20C822" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="6DAAACEC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00751526" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00751526">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00631C05" w:rsidRPr="002A5998" w14:paraId="2DEAF40C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B8BB37" w14:textId="77777777" w:rsidR="00631C05" w:rsidRPr="00B43AFD" w:rsidRDefault="00631C05" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43AFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F312F6" w14:textId="77777777" w:rsidR="00631C05" w:rsidRPr="00B43AFD" w:rsidRDefault="00631C05" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43AFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2B2302" w14:textId="77777777" w:rsidR="00631C05" w:rsidRPr="00B43AFD" w:rsidRDefault="001B74F8" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB2ACC" w:rsidRPr="00751526" w14:paraId="606EB548" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A12E8D" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Medication was given intravenously instead of intramuscularly</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95F1A">
+              <w:t xml:space="preserve">but the patient did not experience any adverse effects </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2783A7EC" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CDD444" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intramuscular formulation administered by </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7354EBC6" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>other route</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE5F82E" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB2ACC" w:rsidRPr="00751526" w14:paraId="238D601E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="122D6A51" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73547320" w14:textId="77777777" w:rsidR="007B5BDC" w:rsidRDefault="007B5BDC" w:rsidP="00AD6955">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intramuscular formulation administered by </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D17A54" w14:textId="77777777" w:rsidR="007B5BDC" w:rsidRDefault="007B5BDC" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>other route</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22" w:rsidDel="007B5BDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444EAAFA" w14:textId="77777777" w:rsidR="000107D8" w:rsidRDefault="000107D8" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19021715" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>No adverse effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="003C4771" w14:textId="77777777" w:rsidR="00BB2ACC" w:rsidRDefault="00BB2ACC" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="01AD1CDF" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69393AD3" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5392AA1D" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C94F5E0" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A955F6" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30539210" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11174589" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D34474" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F5EC01" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306BE8B6" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CB5BD2" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="328E48A1" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17850AF4" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6601EA89" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="728F76F0" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D2C7FB" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254EA627" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5548E1F6" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68117242" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00592A4B" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B82A54" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F3CC35D" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091FAFC3" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA691C0" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54323848" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A61194" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EFD120F" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DAACB99" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C519A0E" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="018FCD1A" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BC12E6" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2DBABA" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B61473E" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF71606" w14:textId="77777777" w:rsidR="00FF546A" w:rsidRDefault="00406C90" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Example </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B14D1CC" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="00E65B04">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00406C90" w:rsidRPr="002A5998" w14:paraId="524260FA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C17559" w14:textId="77777777" w:rsidR="00406C90" w:rsidRPr="00B43AFD" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43AFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BFA315" w14:textId="77777777" w:rsidR="00406C90" w:rsidRPr="00B43AFD" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43AFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E04EF8" w14:textId="77777777" w:rsidR="00406C90" w:rsidRPr="00B43AFD" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00406C90" w:rsidRPr="00751526" w14:paraId="7C298F1A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="578F2B57" w14:textId="77777777" w:rsidR="00406C90" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pharmacist notices that the names of two drugs are similar and is concerned that this may result in a medication error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7E7E40" w14:textId="77777777" w:rsidR="00406C90" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Drug name confusion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BE2854" w14:textId="77777777" w:rsidR="00406C90" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Circumstance or information capable of leading to medication error </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071DF882" w14:textId="77777777" w:rsidR="00406C90" w:rsidRDefault="00406C90" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D34C79" w14:textId="77777777" w:rsidR="00406C90" w:rsidRDefault="00406C90" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Note: this example is a potential medication error and LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Drug name confusion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751526">
+              <w:t xml:space="preserve"> provides additional information about the nature of the potential medication error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0082724A" w:rsidRPr="00751526" w14:paraId="05910BB0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6163CDC8" w14:textId="77777777" w:rsidR="0082724A" w:rsidRPr="00366115" w:rsidRDefault="0070433E" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:t>The physician prescribed the wrong dose of the drug; the error was identified at the time of dispensing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDA5CE1" w14:textId="77777777" w:rsidR="0082724A" w:rsidRDefault="0082724A" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7029FACD" w14:textId="77777777" w:rsidR="0082724A" w:rsidRPr="00192823" w:rsidRDefault="0070433E" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:t xml:space="preserve">Intercepted drug prescribing error </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15878D3A" w14:textId="77777777" w:rsidR="007B4C35" w:rsidRDefault="007B4C35" w:rsidP="00192823">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C419C33" w14:textId="77777777" w:rsidR="0082724A" w:rsidRPr="00366115" w:rsidRDefault="005713F5" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The intercepted error terms reflect the stage at which the error occurred, rather than the stage at which the error was intercepted </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C1217DC" w14:textId="77777777" w:rsidR="0082724A" w:rsidRDefault="0082724A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D2A29C3" w14:textId="77777777" w:rsidR="0082724A" w:rsidRDefault="0082724A" w:rsidP="007B4C35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0082724A" w:rsidRPr="00751526" w14:paraId="10A55FB9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1519"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287A1D81" w14:textId="77777777" w:rsidR="00F12FC0" w:rsidRPr="00192823" w:rsidRDefault="0070433E" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:t xml:space="preserve">The pharmacist dispensed the wrong drug but the patient </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00192823">
+              <w:t>realised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00192823">
+              <w:t xml:space="preserve"> the error and did not take the drug </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCAAB09" w14:textId="77777777" w:rsidR="0082724A" w:rsidRDefault="0082724A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D107BEB" w14:textId="77777777" w:rsidR="0082724A" w:rsidRPr="00192823" w:rsidRDefault="0070433E" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:t>Intercepted drug dispensing error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6EC5C2" w14:textId="77777777" w:rsidR="0082724A" w:rsidRDefault="0082724A" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00873556" w:rsidRPr="00751526" w14:paraId="7D4EE613" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3355F12F" w14:textId="77777777" w:rsidR="00873556" w:rsidRPr="00192823" w:rsidRDefault="0070433E" w:rsidP="0082724A">
+            <w:r w:rsidRPr="00192823">
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA5FB0">
+              <w:t xml:space="preserve">atient </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1078">
+              <w:t>forgot to take</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00192823">
+              <w:t xml:space="preserve"> his scheduled dose of drug X</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA5FB0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00192823">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03125BAA" w14:textId="77777777" w:rsidR="00873556" w:rsidRPr="00192823" w:rsidRDefault="0070433E" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:t>Drug dose omission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72533616" w14:textId="77777777" w:rsidR="00873556" w:rsidRPr="00366115" w:rsidRDefault="0070433E" w:rsidP="003B5341">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00192823">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dose omission is failure to administer an ordered dose but excludes patient’s refusal, clinical decision or other objective reason not to administer. </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1078">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It is a medication error. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00192823">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>See Concept Description in Appendix B of the MedDRA Introductory Guide.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C1078" w:rsidRPr="00751526" w14:paraId="36C44292" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DD5007" w14:textId="77777777" w:rsidR="008C1078" w:rsidRPr="00192823" w:rsidRDefault="008C1078" w:rsidP="008C1078">
+            <w:r>
+              <w:t xml:space="preserve">Patient’s scheduled dose of drug X </w:t>
+            </w:r>
+            <w:r w:rsidR="00E60E14">
+              <w:t>was not administered</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> because he was undergoing surgery that day</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0353F064" w14:textId="77777777" w:rsidR="008C1078" w:rsidRPr="00192823" w:rsidRDefault="008C1078" w:rsidP="00283943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1078">
+              <w:t>Intentional dose omission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4639E99F" w14:textId="77777777" w:rsidR="008C1078" w:rsidRPr="00192823" w:rsidRDefault="008C1078" w:rsidP="003B5341">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This is an example of an intentional dose omission/missed dose. It is not a medication error. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="223AA24C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001B662A" w:rsidRDefault="004439DC" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="_Toc352240902"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc352241459"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc352571748"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc352572230"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc378577331"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve">Medication </w:t>
+      </w:r>
+      <w:r w:rsidR="00594D50">
+        <w:t xml:space="preserve">monitoring </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve">errors </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
+    </w:p>
+    <w:p w14:paraId="3E710D7C" w14:textId="77777777" w:rsidR="00616372" w:rsidRPr="006D2110" w:rsidRDefault="00814EE1" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED57F4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, a medication monitoring error is an error that occurs in the process of monitoring the effect of the medication through clinical assessment and/or laboratory data. It can also refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="009268A3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">monitoring </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED57F4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>errors in following instructions or information pertinent to</w:t>
+      </w:r>
+      <w:r w:rsidR="00496305" w:rsidRPr="00ED57F4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the safe use of the medication</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+        <w:rPr>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121F19A7" w14:textId="77777777" w:rsidR="00ED57F4" w:rsidRPr="00ED57F4" w:rsidRDefault="00814EE1" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00ED57F4">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00814EE1" w:rsidRPr="002A5998" w14:paraId="3F505BEA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E27D9B5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D7DDE0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1967D483" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814EE1" w:rsidRPr="002A5998" w14:paraId="6342D499" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E2EDF0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The patient’s liver enzymes were measured every six months instead of the recommended monthly schedule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CEC012" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Drug monitoring procedure incorrectly performed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAB28A4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The monthly monitoring schedule is in the label for this drug. This is an example of incorrect monitoring of laboratory tests recommended in the use of a drug.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814EE1" w:rsidRPr="002A5998" w14:paraId="2E6C3C6F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2302"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E2D431" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient taking lithium-based drug did not have his lithium levels measured</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F310C7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Therapeutic drug monitoring analysis not performed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD765E1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>This is an example of not monitoring the therapeutic drug level to ensure that it is within the therapeutic range as recommended in the label for this drug</w:t>
+            </w:r>
+            <w:r w:rsidR="008F078B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0957440C" w14:textId="77777777" w:rsidR="00814EE1" w:rsidRDefault="00814EE1" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="73DA2C0A" w14:textId="77777777" w:rsidR="004439DC" w:rsidRDefault="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If the label describes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>known effects</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> when the product is co-administered with specific drugs, with specific foods, or to patients with specific disease states,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0E22">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="002C43C9">
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0E22">
+        <w:t xml:space="preserve">the report does not indicate that </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87081">
+        <w:t>this is intentional misuse or intentional off label use,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> then select a medication error term for the type of interaction, such as those listed below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="727B396A" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D877DE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Medication Error Terms – Labelled Interactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="6922C811" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C56996E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Labelled drug-drug interaction medication error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21490FF7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Labelled drug-food interaction medication error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF64C14" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Labelled drug-disease interaction medication error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D14A79" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="007B62FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documented hypersensitivity to administered </w:t>
+            </w:r>
+            <w:r w:rsidR="007B62FF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76621248" w14:textId="77777777" w:rsidR="009B6A57" w:rsidRDefault="009B6A57" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2B6459C1" w14:textId="77777777" w:rsidR="005846C9" w:rsidRDefault="005846C9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D415DB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="002A5998" w14:paraId="4D1D46CF" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A575D1B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="449BB9E3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="25371494" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="002A5998" w14:paraId="0AC0A0C7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1474"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77325341" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient became pregnant whilst taking an antifungal drug and an oral contraceptive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B0DF92" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Labelled drug-drug interaction medication error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7DC0B9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pregnancy on oral contraceptive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F576D7E" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00350807" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Product is label</w:t>
+            </w:r>
+            <w:r w:rsidR="00F12FC0">
+              <w:t>l</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ed for this drug-drug interaction</w:t>
+            </w:r>
+            <w:r w:rsidR="005A029A">
+              <w:t xml:space="preserve"> (s</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">ee also </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58107761" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Section 3.20) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="002A5998" w14:paraId="79BE6626" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE4B249" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient drank grapefruit juice whilst taking a calcium channel blocker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="529852A4" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Labelled drug-food interaction </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A7394B" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>medication error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024DB250" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Product is labelled for </w:t>
+            </w:r>
+            <w:r w:rsidR="00350807">
+              <w:t xml:space="preserve">this drug-food interaction with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>grapefruit juice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="002A5998" w14:paraId="3F36C07E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1861BDC4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Patient with renal failure is </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4C35">
+              <w:t xml:space="preserve">accidentally </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>prescribed a drug that is contraindicated in renal failure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B9B947" w14:textId="77777777" w:rsidR="007D11D2" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Labelled drug-disease interaction </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0805D806" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>medication error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633D2223" w14:textId="77777777" w:rsidR="00350807" w:rsidRDefault="00350807" w:rsidP="00350807">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B538F41" w14:textId="77777777" w:rsidR="004409EE" w:rsidRDefault="000947EB" w:rsidP="00611BA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contraindicated drug prescribed </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAB71BB" w14:textId="77777777" w:rsidR="001B5BFA" w:rsidRDefault="00350807" w:rsidP="00EC3617">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366115">
+              <w:t>Product is labelled for this drug-disease interaction.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1608F" w:rsidRPr="00D1608F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5318">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidR="006802F5" w:rsidRPr="00C510E3">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Contraindicated drug prescribed</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5318">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0070433E" w:rsidRPr="00192823">
+              <w:t xml:space="preserve"> provides additional information about the nature of the labelled interaction medication error</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5318">
+              <w:t xml:space="preserve"> and the stage at which the error occurred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="002A5998" w14:paraId="4998FA79" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32836609" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> Patient with known sulfa allergy is administered a sulfonamide-based drug and experienced wheezing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE2CF3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Documented hypersensitivity to administered drug</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3F63A2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wheezing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DE1359" w14:textId="77777777" w:rsidR="004409EE" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> See Concept Description in Appendix B of the MedDRA Introductory Guide</w:t>
+            </w:r>
+            <w:r w:rsidR="00350807">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0070433E" w:rsidRPr="00192823">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="0070433E" w:rsidRPr="00192823">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+              </w:rPr>
+              <w:t>his medication error refers to the situation when a patient is administered a drug that is documented in the patient's medical file to cause a hypersensitivity reaction in the patient.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CCDD631" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006C0FBC" w:rsidRDefault="004439DC" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="_Toc352240903"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc352241460"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc352571749"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc352572231"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc378577332"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t>Do not infer a medication error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
+    </w:p>
+    <w:p w14:paraId="4F9ECE4C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00113C15">
+        <w:t>Do not infer that a medication error has occurred unless specific information is provided</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. This includes inferring that extra dosing, overdose, or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A029A">
+        <w:t>underdose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A029A">
+        <w:t xml:space="preserve"> has occurred (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00432E2E">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5D11CD" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="567309E7" w14:textId="77777777" w:rsidR="00185269" w:rsidRDefault="00185269" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7F80B74A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00B60123" w14:paraId="4076146B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="08049F93" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="346A9076" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7734D256" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00B60123" w14:paraId="41CB99CD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFA2B5C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient took only half the prescribed dose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="745E1DC5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A8F4FE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00386BA6" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Based on this report, it</w:t>
+            </w:r>
+            <w:r w:rsidR="001D78C8">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is not known whether the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001D78C8">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001D78C8">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is intentional or accidental. If information is available, select the more specific LLT </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF02A1" w:rsidRPr="002B5321">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accidental </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CF02A1" w:rsidRPr="002B5321">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001D78C8">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or LLT </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF02A1" w:rsidRPr="002B5321">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intentional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CF02A1" w:rsidRPr="002B5321">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001D78C8">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as appropriate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3AD82C08" w14:textId="77777777" w:rsidR="001B662A" w:rsidRDefault="001B662A" w:rsidP="001B662A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121E1197" w14:textId="77777777" w:rsidR="001B662A" w:rsidRPr="008349C6" w:rsidRDefault="004439DC" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2110">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="_Toc489975503"/>
+      <w:r w:rsidR="001B662A" w:rsidRPr="008349C6">
+        <w:t>Accidental exposures and occupational exposures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
+    </w:p>
+    <w:p w14:paraId="269589CD" w14:textId="77777777" w:rsidR="001B662A" w:rsidRPr="009660F1" w:rsidRDefault="004439DC" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="_Toc352240905"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc352241462"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc352571751"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc352572233"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc378577334"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B662A" w:rsidRPr="00FD69CD">
+        <w:t>Accidental exposures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
+    </w:p>
+    <w:p w14:paraId="51D43CF0" w14:textId="77777777" w:rsidR="00FA374F" w:rsidRDefault="001B662A" w:rsidP="001B662A">
+      <w:r w:rsidRPr="008349C6">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF533D" w:rsidRPr="008349C6">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008349C6">
+        <w:t xml:space="preserve">principles </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF533D" w:rsidRPr="008349C6">
+        <w:t xml:space="preserve">for Section 3.15.1 (Medication errors) also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008349C6">
+        <w:t>apply to accidental exposures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56329742" w14:textId="77777777" w:rsidR="001B662A" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="001B662A">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3322"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="2538"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C421D5" w:rsidRPr="008349C6" w14:paraId="2AD38B01" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3322" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE1912C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="018B28CB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A8A51F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C421D5" w:rsidRPr="008349C6" w14:paraId="12A25FF3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10886428" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Child accidentally took grandmother’s pills and experienced projectile vomiting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B770E3F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Accidental drug intake by child</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="016A7E2D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vomiting projectile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D773E6A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C421D5" w:rsidRPr="008349C6" w14:paraId="06E25C0E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A479A75" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Father applying topical steroid to his arms accidentally exposed his child to the drug by carrying her</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FD68A6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Accidental exposure to product by child</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA482BE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Exposure via skin contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25389615" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The “exposure to” term captures the agent of exposure, i.e., a product, and the “exposure via” term captures the route/vehicle of exposure, i.e., skin contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34F22FF2" w14:textId="77777777" w:rsidR="001B662A" w:rsidRPr="001B662A" w:rsidRDefault="008D4EA0" w:rsidP="00416396">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="_Toc352240906"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc352241463"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc352571752"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc352572234"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc378577335"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B662A" w:rsidRPr="001B662A">
+        <w:t>Occupational exposures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:p w14:paraId="4A262CDB" w14:textId="77777777" w:rsidR="00A86853" w:rsidDel="001A423D" w:rsidRDefault="001B662A" w:rsidP="001B662A">
+      <w:r w:rsidRPr="00531F32">
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, occupational exposure encompasses the “chronic” exposure to an agent (including therapeutic products) during the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>normal course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531F32">
+        <w:t xml:space="preserve"> of one’s occupation, and could include additional scenarios in specific regulatory regions. For example, occupational exposure may additionally relate to a more acute, accidental form of exposure that occurs in the context </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531F32">
+        <w:lastRenderedPageBreak/>
+        <w:t>of one’s occupation. In these regions, occupational exposure for healthcare workers could be of particular interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3593B483" w14:textId="77777777" w:rsidR="001B662A" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="001B662A">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="3400"/>
+        <w:gridCol w:w="2468"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B662A" w:rsidRPr="008349C6" w14:paraId="7DED3C8B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E80CF17" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E95ACD4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2468" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F140414" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B662A" w:rsidRPr="008349C6" w14:paraId="1F63751E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11389311" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Physical therapist developed a photosensitivity rash on hands after exposure to an NSAID-containing pain relief cream that she applied to a patient</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="426E9C50" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Occupational exposure to drug </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="286F7830" w14:textId="77777777" w:rsidR="00090379" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Exposure via skin contact</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57629C15" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photosensitive rash </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0AB8E0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B662A" w:rsidRPr="008349C6" w14:paraId="58AA7A21" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1213"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4590D099" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pathologist chronically exposed to formaldehyde developed nasopharyngeal carcinoma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9F491C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Occupational exposure to toxic agent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CC4949B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00915351" w:rsidRDefault="00D6311A" w:rsidP="00915351">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nasopharyngeal carcinoma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2468" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C85EB8E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00915351" w:rsidRDefault="00D6311A" w:rsidP="00915351">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Exposure to formaldehyde is a known risk factor for this type of malignancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B662A" w:rsidRPr="008349C6" w14:paraId="0EA41612" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1C3223" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Nurse splashed injectable drug in her own eye resulting in excessive tearing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BC1CA5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Inadvertent exposure to drug</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26A394B3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Excess tears </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C8C57B0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0CF1C6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An additional term for occupational exposure – e.g., LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Occupational exposure to drug – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>could also be selected, if applicable to regional requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47EF5B8C" w14:textId="77777777" w:rsidR="002236F0" w:rsidRDefault="006748C1" w:rsidP="00DF7C35">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="_Toc489975504"/>
+      <w:r w:rsidRPr="00E13BE0">
+        <w:t>Misuse, Abuse and Addiction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+    </w:p>
+    <w:p w14:paraId="4497EDBD" w14:textId="77777777" w:rsidR="005846C9" w:rsidRDefault="00E16F64" w:rsidP="00036B90">
+      <w:r>
+        <w:t>The concepts of misuse, abuse and addiction are closely related and can pose challenges for term selection</w:t>
+      </w:r>
+      <w:r w:rsidR="00F673DC">
+        <w:t xml:space="preserve"> since the terms may overlap to some extent; the specific circumstances of each case/reported event may help in consideration for term selection of these concepts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F673DC">
+        <w:t xml:space="preserve">Medical judgment </w:t>
+      </w:r>
+      <w:r w:rsidR="003A7F3A">
+        <w:t xml:space="preserve">and regional regulatory considerations need to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00765AEF">
+        <w:t>applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13884A5F" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="6E99E8C3" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="21838145" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="4D02F46E" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="0567FAEE" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="01121D35" w14:textId="77777777" w:rsidR="00765AEF" w:rsidRDefault="00765AEF" w:rsidP="00036B90"/>
+    <w:p w14:paraId="2EF73C31" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="00E16F64" w:rsidP="00036B90">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>It may</w:t>
+      </w:r>
+      <w:r w:rsidR="00F673DC">
+        <w:t xml:space="preserve"> also</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be useful to</w:t>
+      </w:r>
+      <w:r w:rsidR="0038786D">
+        <w:t xml:space="preserve"> consider these concepts as shown in the table below</w:t>
+      </w:r>
+      <w:r w:rsidR="00267E43">
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2845"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2870"/>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="1652"/>
+        <w:gridCol w:w="1606"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="37447E86" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="2845" w:type="dxa"/>
+      <w:tr w:rsidR="00715961" w:rsidRPr="008349C6" w14:paraId="5FB5485B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-[...30 lines deleted...]
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCCF7A5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Concept</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-[...30 lines deleted...]
-            <w:tcW w:w="2870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B45641A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Intentional?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-[...23 lines deleted...]
-              <w:t>Comment</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501DEB7F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>By Whom?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E04DDE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Therapeutic Use?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0617F241" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Additional Sections in this Document</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001A5F6E" w14:paraId="33779146" w14:textId="77777777">
-[...103 lines deleted...]
-              <w:t>“Appeared red” reported alone is vague; this could refer to a patient’s appearance or even that of a product (i.e., a pill, a solution, etc.)</w:t>
+      <w:tr w:rsidR="00B57337" w:rsidRPr="008349C6" w14:paraId="533AF6E0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A5B35C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Misuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DEA445" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5350A85B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient/consumer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58579B3A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Ye</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A86853">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00832EDB" w:rsidRPr="00036B90">
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EAD6B0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>3.16.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57337" w:rsidRPr="008349C6" w14:paraId="3F53C8B3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="181DE085" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3B0C6E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D58C80D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient/consumer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FF90BD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4460596F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>3.16.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57337" w:rsidRPr="008349C6" w14:paraId="1640002C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C474F8D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Addiction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C38381" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3598B6F1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient/consumer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAF158A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDA2EBD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>3.16.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57337" w:rsidRPr="008349C6" w14:paraId="50B443C8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="736"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305366F6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Medication error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA1B014" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77ECB864" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Patient/consumer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> healthcare </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14BDC">
+              <w:t>professional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6ADF52" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52062488" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>3.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57337" w:rsidRPr="008349C6" w14:paraId="5E261DC4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E992959" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Off label use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D3FF11" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13ED10CF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Healthcare </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14BDC">
+              <w:t>professional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AAA2AE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152F99A5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="130"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>3.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D0CF4B0" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="7750C556" w14:textId="77777777" w:rsidR="00B0108B" w:rsidRDefault="00AD386A" w:rsidP="0024208F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="OLE_LINK6"/>
+      <w:r w:rsidRPr="00A86853">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00B816DB" w:rsidRPr="00A86853" w:rsidDel="00B816DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86853">
+        <w:t>Definitions of misuse</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02A1" w:rsidRPr="00A86853">
+        <w:t xml:space="preserve"> may not always include the concept of therapeutic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86853">
+        <w:t>use; misuse may be similar</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02A1" w:rsidRPr="00A86853">
+        <w:t xml:space="preserve"> to the concept of abuse in some regions.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6055">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p w14:paraId="70AF6BFA" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="00961BC7" w:rsidP="00036B90">
+      <w:r>
+        <w:t>Select the most specific term available and a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD52DD">
+        <w:t>lways check the MedDRA hierarchy above the selected term to be sure it is appropriate for the reported information.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62058">
+        <w:t xml:space="preserve"> In some cases, it may be appropriate to select more than one MedDRA LLT to represent the reported information</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CE39DA" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00E13BE0" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="_Toc489975505"/>
+      <w:r w:rsidR="006748C1">
+        <w:t>Misuse</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w14:paraId="468E268E" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00E13BE0" w:rsidRDefault="006748C1" w:rsidP="006748C1">
+      <w:r>
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13BE0">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t xml:space="preserve">misuse </w:t>
+      </w:r>
+      <w:r w:rsidR="00961BC7" w:rsidRPr="00961BC7">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00961BC7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Ambiguous Information (see also </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13BE0">
+        <w:t>he</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> intentional use </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BDC">
+        <w:t xml:space="preserve">for a therapeutic purpose by a patient or consumer </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">of a product – over-the-counter or prescription – other than as prescribed or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0A03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the authori</w:t>
+      </w:r>
+      <w:r w:rsidR="000016B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0A03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ed product information</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17450">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5669DE91" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00492FB0" w:rsidRDefault="006748C1" w:rsidP="006748C1">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="008349C6" w14:paraId="5610931B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="368C375E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C34F10F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="008349C6" w14:paraId="41181723" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E857A9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00917A31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient deliberately took the medication tw</w:t>
+            </w:r>
+            <w:r w:rsidR="002304DD">
+              <w:t>ice daily instead of once daily</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7077DAF7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00FF3187" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB33F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Intentional misuse in dosing frequency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="543C78A6" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00E13BE0" w:rsidRDefault="008D4EA0" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2110">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="_Toc489975506"/>
+      <w:r w:rsidR="006748C1">
+        <w:t>Abuse</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:p w14:paraId="2EED5777" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="006748C1" w:rsidP="006748C1">
+      <w:r>
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MTS:PTC</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>ab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13BE0">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 3.4.2):</w:t>
-[...256 lines deleted...]
-      <w:pPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001B181F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13BE0">
+        <w:t>is the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9239F">
+        <w:t xml:space="preserve"> intentional</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, non-therapeutic use </w:t>
+      </w:r>
+      <w:r w:rsidR="00B904F4">
+        <w:t xml:space="preserve">by a patient or consumer </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of a product</w:t>
+      </w:r>
+      <w:r w:rsidR="00B904F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– over-the counter or prescription – for a perceived reward or desired non-therapeutic effect including, but not limited to, “getting high”</w:t>
+      </w:r>
+      <w:r w:rsidR="002068BB">
+        <w:t>(euphoria)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Abuse may occur with a single use, sporadic use or persistent use of the product.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62413DEE" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006748C1"/>
+    <w:p w14:paraId="7BF1BB29" w14:textId="77777777" w:rsidR="00E65B04" w:rsidRDefault="00E65B04" w:rsidP="006748C1"/>
+    <w:p w14:paraId="03A5FCB9" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006748C1">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8838" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="3249"/>
+        <w:gridCol w:w="3060"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B904F4" w:rsidRPr="008349C6" w14:paraId="43E69B2F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DCFD2E" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3249" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E99B7C" w14:textId="77777777" w:rsidR="00B904F4" w:rsidDel="00B904F4" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFED2B7" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B904F4" w:rsidRPr="008349C6" w14:paraId="77FB27A5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DC38B6" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Athlete used anabolic steroid preparation to enhance performance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3249" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B786168" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Steroid abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743D8A9A" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B904F4" w:rsidRPr="008349C6" w14:paraId="3C5175AF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792CEA89" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient occasionally uses opioid product to get high</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3249" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2E84E0" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Opioid abuse, episodic use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AC6FFF" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B904F4" w:rsidRPr="008349C6" w14:paraId="6BB3046F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1C9192" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient deliberately ingested the topical medication for its psychoactive effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3249" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F093D19" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Drug abuse </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70799E41" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B909F8" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Intentional use by incorrect route</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C0275D" w14:textId="77777777" w:rsidR="00B904F4" w:rsidRPr="00675E22" w:rsidRDefault="00B904F4" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973D4B">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Intentional use by incorrect route</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973D4B">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Intentional product use issue</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) provides additional information about the nature of the drug abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4DBDF482" w14:textId="77777777" w:rsidR="006748C1" w:rsidRDefault="006748C1" w:rsidP="006748C1">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Conflicting Information (See also </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B181F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5A0582" w14:textId="77777777" w:rsidR="006748C1" w:rsidRDefault="00C21681" w:rsidP="006748C1">
+      <w:r>
+        <w:t>See Section 3.24.1 and 3.24</w:t>
+      </w:r>
+      <w:r w:rsidR="006748C1">
+        <w:t>.2 for additional references to “abuse” terms in MedDRA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1791FD62" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00E13BE0" w:rsidRDefault="008D4EA0" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2110">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="_Toc489975507"/>
+      <w:r w:rsidR="006748C1">
+        <w:t>Addiction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w14:paraId="56B25212" w14:textId="77777777" w:rsidR="00F34A85" w:rsidRDefault="006748C1">
+      <w:r w:rsidRPr="00722018">
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722018">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>MTS:PTC</w:t>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="272"/>
+        <w:t xml:space="preserve">addiction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722018">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t xml:space="preserve">an overwhelming desire </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14BDC">
+        <w:t xml:space="preserve">by a patient or consumer </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t>to take a drug for non-therapeutic purposes together with inability to control or stop its use despite harmful consequences. Addiction can occur because drug induces physical dependence and consequently a withdrawal syndrome, but this is not an essential feature; and addiction can occur because of a desire to experience the drug's psychological, behavioral or physical effects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722018">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12036298" w14:textId="77777777" w:rsidR="003B3B03" w:rsidRPr="00492FB0" w:rsidRDefault="003B3B03" w:rsidP="003B3B03">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2860"/>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001B181F" w14:paraId="641B55B5" w14:textId="77777777">
-[...26 lines deleted...]
-                </w:rPrChange>
+      <w:tr w:rsidR="003B3B03" w:rsidRPr="003B3B03" w14:paraId="2343C48C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EA23D5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2890" w:type="dxa"/>
-[...23 lines deleted...]
-                </w:rPrChange>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6D6835" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>LLT Selected</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001B181F" w14:paraId="5010FE2F" w14:textId="77777777">
-[...179 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="003B3B03" w:rsidRPr="003B3B03" w14:paraId="1D370AF0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D7FC1B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient became dependent on crack cocaine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEFA26C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Dependence on cocaine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B3B03" w:rsidRPr="003B3B03" w14:paraId="5CFC0330" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AB5CD9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient became addicted to a deliberately ingested topical medication for its psychoactive effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4015CB7F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Drug addiction </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F2C98BC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Intentional use by incorrect route</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEC36B9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F43CAC" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C"/>
-    <w:p w14:paraId="52C86607" w14:textId="77777777" w:rsidR="007A467C" w:rsidRDefault="007A467C" w:rsidP="007A467C">
+    <w:p w14:paraId="4B133A2E" w14:textId="77777777" w:rsidR="006748C1" w:rsidRDefault="0024208F" w:rsidP="006748C1">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006748C1">
+        <w:t xml:space="preserve">See Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t>3.24</w:t>
+      </w:r>
+      <w:r w:rsidR="006748C1" w:rsidRPr="00C21681">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="006748C1">
+        <w:t xml:space="preserve"> for additional references to “addict/addiction” terms in MedDRA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BABC636" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00FD69CD" w:rsidRDefault="008D4EA0" w:rsidP="007C2644">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="290" w:name="_Toc40707824"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>associates, site pharmacists) are well trained in all relevant aspects of clinical trial conduct including:</w:t>
-[...110 lines deleted...]
-    <w:p w14:paraId="523EAC6E" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018566D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="_Toc489975508"/>
+      <w:r w:rsidR="00111C7D" w:rsidRPr="00FD69CD">
+        <w:t>Drug diversion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w14:paraId="47DFD4BE" w14:textId="77777777" w:rsidR="009B6A57" w:rsidRPr="0024208F" w:rsidRDefault="00FD69CD" w:rsidP="00FD69CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566CB8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the purposes of term selection and analysis of MedDRA-coded data, drug diversion means that a drug is diverted from legal and medically necessary uses toward </w:t>
+      </w:r>
+      <w:r w:rsidR="00B37A12">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">illegal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566CB8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>uses</w:t>
+      </w:r>
+      <w:r w:rsidR="00B37A12">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566CB8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F14FAB" w14:textId="77777777" w:rsidR="00FD69CD" w:rsidRPr="00566CB8" w:rsidRDefault="00FD69CD" w:rsidP="00FD69CD">
+      <w:r w:rsidRPr="00566CB8">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-[...6 lines deleted...]
-        </w:tblPrChange>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2512"/>
-[...8 lines deleted...]
-        </w:tblGridChange>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="00BD2204" w14:paraId="7078FBCF" w14:textId="77777777" w:rsidTr="004A3DDB">
-[...77 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="00FD69CD" w:rsidRPr="00566CB8" w14:paraId="4E4F4244" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...31 lines deleted...]
-              <w:t>QA Review Outcome</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="748A3A5F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE3409" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001A5F6E" w14:paraId="31A2CFE9" w14:textId="77777777" w:rsidTr="004A3DDB">
-[...81 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="00FD69CD" w:rsidRPr="00566CB8" w14:paraId="5DD56DD4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:tcPrChange w:id="311" w:author="Author">
-[...44 lines deleted...]
-              <w:t>can” from the reported term</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AE146D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pharmacist stole medications from the pharmacy and sold them to others for recreational use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E527EC1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug diversion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A467C" w:rsidRPr="001A5F6E" w14:paraId="2309181C" w14:textId="77777777" w:rsidTr="004A3DDB">
-[...81 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="00FD69CD" w:rsidRPr="00566CB8" w14:paraId="16E88A91" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:tcPrChange w:id="322" w:author="Author">
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE3554D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>A person put a sedative into the patient’s drink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4C4B68" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug diversion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5A5DB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Inadvertent exposure to drug</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EEEBC85" w14:textId="77777777" w:rsidR="007A467C" w:rsidRPr="00FC236C" w:rsidRDefault="007A467C" w:rsidP="007A467C"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+    <w:p w14:paraId="7218A581" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="_Toc489975509"/>
+      <w:r>
+        <w:t>Transmission of Infectious Agent via Product</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
+    </w:p>
+    <w:p w14:paraId="369234FC" w14:textId="77777777" w:rsidR="00FA374F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">If a report of transmission of an infectious agent via </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0D03">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>product is received, select a term for the transmission. If the infection is identified, select a second term for the specific infection</w:t>
+      </w:r>
+      <w:r w:rsidR="006619D4">
+        <w:t>; if appropriate, a product quality issue term can also be selected</w:t>
+      </w:r>
+      <w:r w:rsidR="00D543AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>(s</w:t>
+      </w:r>
+      <w:r w:rsidR="006619D4">
+        <w:t>ee Section 3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21681">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006619D4">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22076969" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="069CD9A7" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1163AE06" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3817DD98" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="2E3D4C41" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A568F71" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="130" w:name="OLE_LINK1"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Patient received a nasal spray product and later developed a severe nasal infection with </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Burkholderia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>cepacia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> Cultures of unopened containers of the nasal spray grew B. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>cepacia</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="130"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C9CF98" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Transmiss</w:t>
+            </w:r>
+            <w:r w:rsidR="008A3AC1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ion of an infectious agent via </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2DE97C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product contamination bacterial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E633036" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Burkholderia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>cepacia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1FF8E84C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A31BC7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="131" w:name="OLE_LINK2"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient received a blood transfusion and developed Hepatitis C</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="131"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6D63AF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Transfusion-transmitted infectious disease</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B95E181" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hepatitis C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AF45FE9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="0035467A" w:rsidRDefault="0024208F" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="OLE_LINK3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="0035467A">
+        <w:t xml:space="preserve">Medical judgment should be used if the reporter does not explicitly state transmission of an infectious agent via </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0D03">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="0035467A">
+        <w:t xml:space="preserve">product but this could be implied by other data within the </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidR="00A73178">
+        <w:t>report</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="0035467A">
+        <w:t xml:space="preserve">. In this instance, select LLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="0035467A">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Investigations</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Suspected transmission of an infectious agent via product</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="0035467A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C103F3D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="_Toc489975510"/>
+      <w:r>
+        <w:t>Overdose, Toxicity and Poisoning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="133"/>
+    </w:p>
+    <w:p w14:paraId="1656FFF3" w14:textId="77777777" w:rsidR="00B37A12" w:rsidRPr="006D2110" w:rsidRDefault="00C95F1A" w:rsidP="006A7A4D">
+      <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Blood glucose</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Accidental overdose terms are grouped under HLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006802F5" w:rsidRPr="006D2110">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>CAT scan</w:t>
-[...1238 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Product administration errors and issues</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; other overdose terms are grouped under HLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001323E8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Overdoses NEC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC236C">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00BE3F31">
         <w:rPr>
-          <w:ins w:id="365" w:author="Author"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...53 lines deleted...]
-    <w:p w14:paraId="16760573" w14:textId="77777777" w:rsidR="00056FA2" w:rsidRPr="001A3F32" w:rsidRDefault="00056FA2" w:rsidP="001A3F32">
+        <w:t xml:space="preserve">Toxicity and </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00BE3F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">poisoning terms are grouped under HLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00BE3F31">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Poisoning and toxicity</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00BE3F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>For more information, refer to the MedDRA Introductory Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41BC2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A5B943" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00B37A12" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>For the purposes of term selection and analysis of MedDRA-coded data, overdose is more than the maximum recommended dose (in quantity and/or concentr</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>ation), i.e., an excessive dose (s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>ee Appendix B, MedDRA Introductory Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="008F078B">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE59F8">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC10AB8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If overdose, poisoning or toxicity is explicitly reported, select the appropriate term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC50457" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9018" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3162"/>
+        <w:gridCol w:w="2706"/>
+        <w:gridCol w:w="3150"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006619D4" w:rsidRPr="00A3295A" w14:paraId="16C99BA6" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="23447318" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1400325E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="66990109" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006619D4" w:rsidRPr="00A3295A" w14:paraId="021FC889" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F64FFED" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="009759F8" w:rsidP="00A166FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Patient took an o</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">verdose </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BB1205" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Overdose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AF2B5F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="007C0F12" w:rsidRDefault="00AA7C5E" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Based on this report, </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6D8E">
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>it is not known whether the over</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dose is intentional or accidental. If information is available, select the more specific LLT </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6D8E">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Accidental over</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D78C8">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or LLT </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6D8E">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Intentional over</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D78C8">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as appropriate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006619D4" w:rsidRPr="00A3295A" w14:paraId="5FC4D5CE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185CEE43" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>A child was accidentally poisoned when she ingested a chemical cleaning product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="402D468D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Accidental poisoning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F86145" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chemical poisoning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB869F0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006619D4" w:rsidRPr="00A3295A" w14:paraId="59543ABE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1042"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4B33D4" w14:textId="77777777" w:rsidR="00267E43" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="005846C9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Patient deliberately took an overdose of analgesic pills to treat his worsening arthritis </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69100662" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Intentional overdose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D1CA8D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Arthritis aggravated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can be selected as the indication for treatment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006619D4" w:rsidRPr="00A3295A" w14:paraId="4DE469C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5E7BB8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="009759F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>The dose taken was above the recommended maximum dose in the label</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BCFC83" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="009759F8" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>verdose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B30100D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="009759F8" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Based on this report, it is not known whether the overdose is intentional or accidental. If information is available, select the more specific LLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Accidental over</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D78C8">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or LLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Intentional over</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D78C8">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as appropriate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4EBA29AB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006D2110" w:rsidP="007C2644">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="372" w:name="_Toc40707832"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4EA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="_Toc489975511"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">Overdose reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00257D72">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
+    </w:p>
+    <w:p w14:paraId="56DD5811" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select terms for overdose and for clinical consequences reported in association with an overdose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048860F1" w14:textId="77777777" w:rsidR="009230B1" w:rsidRDefault="009230B1" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7EFBAC14" w14:textId="77777777" w:rsidR="009230B1" w:rsidRDefault="009230B1" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="180573C1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="26F22010" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="24366997" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="567D7B5A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5CD3994D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C4BCA9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Stomach upset from </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="638677BC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>study drug overdose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38AC470E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overdose </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442EC32C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stomach upset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510235B7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3CAD076C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="_Toc489975512"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">Overdose reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00257D72">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00274F53">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
+    </w:p>
+    <w:p w14:paraId="55029C04" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If an overdose report specifically states that there were no clinical consequences, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6A69">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="001D31BE" w:rsidRPr="001D31BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>How should terms be selected for reports that describe the potential for error?</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>preferred</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6A69">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D31BE" w:rsidRPr="001D31BE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>option</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6A69">
+        <w:t xml:space="preserve"> is to select only a term for the overdose. Alternatively, a term for the overdose </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and the additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46B41">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>can be selected (s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ee Section 3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21681">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008F078B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602820DD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3348"/>
+        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="2430"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00455A6D" w:rsidRPr="00A3295A" w14:paraId="67C4726B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E81AF33" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="502B2D77" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="237C047A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00455A6D" w:rsidRPr="00A3295A" w14:paraId="482C1A29" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76665240" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient received an overdose of medicine without any adverse consequences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6E6A38" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Overdose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEDC1AE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00455A6D" w:rsidRPr="00A3295A" w14:paraId="027CAEAB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF46ABD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AFB850" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Overdose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3EC53B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>No adverse effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C213F0D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04457A8A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787ABE3F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="_Toc489975513"/>
+      <w:r>
+        <w:t>Device-related Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
+    </w:p>
+    <w:p w14:paraId="17E17DFA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC236C">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      <w:bookmarkStart w:id="137" w:name="_Toc489975514"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">Device-related event reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00257D72">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="137"/>
+    </w:p>
+    <w:p w14:paraId="40AA9731" w14:textId="77777777" w:rsidR="00F813C9" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If available,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2683">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>select a term that reflects both the device-related event and the clinical consequence, if so reported.</w:t>
+      </w:r>
+      <w:r w:rsidR="005846C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B77158E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1508C2CE" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5282D1DC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB9C6B3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6332AE02" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C262365" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient with a vascular implant developed an infection of the implant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2882E7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vascular implant infection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="57089A40" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4A779E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient noted the prosthesis caused pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DBA9AA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Medical device pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="00126BA3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="5DB7EC48" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If there is no single MedDRA term reflecting the device-related event and the clinical consequence, select separate terms for both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F07C77" w14:textId="77777777" w:rsidR="009230B1" w:rsidRDefault="009230B1" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="6BE3E7CD" w14:textId="77777777" w:rsidR="009230B1" w:rsidRDefault="009230B1" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="21408601" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5420EF93" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4361A8CF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1495DBE0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="71154033" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E93B405" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Ventricular tachycardia due to malfunction of device</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="536DE095" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Device malfunction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="394D99E2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ventricular tachycardia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="4C7E11B9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574CE135" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Partial denture fractured leading to tooth pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6891AF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dental prosthesis breakage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A9C1D6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tooth pain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B7ABE07" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="4ED8C186" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="008D4EA0" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018566D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="_Toc489975515"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">Device-related event reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00257D72">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> clinical consequences</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
+    </w:p>
+    <w:p w14:paraId="6C85073F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If a device-related event is reported in the absence of clinical consequences, select the appropriate term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4673E65C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="602BAF23" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6759359B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="646A6182" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="70D0EC9A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EAB5AC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Medical device breakage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754846CC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Device breakage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="710D37B4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A11D0C0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>My patch is leaking on my arm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38821285" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008D4EA0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Leaking patch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="231EE7DB" w14:textId="77777777" w:rsidR="00251D20" w:rsidRDefault="006A7A4D" w:rsidP="00492FB0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="_Toc489975516"/>
+      <w:r>
+        <w:t>Drug Interactions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
+    </w:p>
+    <w:p w14:paraId="73B192F3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">This term includes reactions between drugs and other drugs, food, devices and alcohol. In this document, “drug” includes biologic products.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5F5EAC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Label</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2683">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ed drug intera</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>ctions may be medication errors (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21681">
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBFE9FE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="0018566D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="_Toc489975517"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Reporter specifically states an interaction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w14:paraId="7C807256" w14:textId="77777777" w:rsidR="006D2110" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select an interaction term and additional term(s) for any reported medical event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AF4EDE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006A2683" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1447969D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E717DC7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F3210C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="003324A2" w14:paraId="1C159704" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1969C2EE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Torsade de pointes with suspected </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0967D94A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>drug interaction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7007A187" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00A0403B" w:rsidRDefault="00973D4B" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0403B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+              <w:t>Drug interaction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCCBA57" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00A0403B" w:rsidRDefault="00973D4B" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0403B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+              <w:t>Torsade de pointes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="641F5B48" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="034F2E3A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient drank cranberry juice which interacted with anticoagulant drug causing an INR increase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAD1C46" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Food interaction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F225B8E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>INR increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="21FDCD5F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="20BC84CA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="003B2196" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018566D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="_Toc489975518"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve">Reporter does </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00151A1C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00151A1C">
+        <w:t>specifically</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t xml:space="preserve"> state an interaction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="141"/>
+    </w:p>
+    <w:p w14:paraId="7B3EF399" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Two products may be used together, but if the reporter does not specifically state that an interaction has occurred, select terms only for the medical events reported.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391439F5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="0E0BE985" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="58002BC4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="199BEE26" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6EB44A9B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0A5241" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was started on an anti-seizure medication and a heart medication and developed syncope</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790277A1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Syncope</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="448A2996" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="159F0489" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was already on an anti-seizure medication and was started on a heart medication, and anti-seizure medication levels increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107DC8B9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Anticonvulsant drug level increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="036A4B2B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="1FD264C6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="_Toc489975519"/>
+      <w:r>
+        <w:t>No Adverse Effect and “Normal” Terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="142"/>
+    </w:p>
+    <w:p w14:paraId="6570C397" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018566D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="_Toc489975520"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="143"/>
+    </w:p>
+    <w:p w14:paraId="320C5285" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Circumstance or information capable of leading to medication error</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> can be used when absence of an AR/AE is specifically reported, despite exposure to a product</w:t>
+      </w:r>
+      <w:r w:rsidR="00626E45">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>(s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Sections 3.15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21681">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2 and 3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21681">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.2).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC689EA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Some </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s may want to record </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035467A">
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035467A">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Circumstance or information capable of leading to device use error</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>No adverse effect</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      <w:r>
+        <w:t>for administrative purposes (e.g., pregnancy registries, overdose and medication error reports).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A5A86D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00A858EC" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2110">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="_Toc489975521"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Use of “normal” terms</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+    </w:p>
+    <w:p w14:paraId="423B564F" w14:textId="77777777" w:rsidR="00E30A4A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Terms for normal states and outcomes can be used as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796AE013" w14:textId="77777777" w:rsidR="006D2110" w:rsidRDefault="006D2110" w:rsidP="006A7A4D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="24C5E468" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="14232EC4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Examples of Terms for “Normal” States and Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="0AC26D49" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D81D08" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sinus rhythm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BDE9F09" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Normal baby</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66880205" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Normal electrocardiogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FE73979" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="009D5B96" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="4494BA63" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="_Toc489975522"/>
+      <w:r>
+        <w:t>Unexpected Therapeutic Effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="145"/>
+    </w:p>
+    <w:p w14:paraId="18BF433B" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Some </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s may want to record </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035467A">
+        <w:t xml:space="preserve">LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5B96">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Circumstance or information capable of leading to medication error</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Unexpected therapeutic effect</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Drug label look-alike</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for reports of a beneficial effect of a product apart from the reason it had been given. (Such effects are not usually considered ARs/AEs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C82EB0C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="36A2E5E4" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4580298A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C66879" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="0840D32B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1177"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225A1FF1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>A bald patient was pleased that he grew hair while using a product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7688184B" w14:textId="77777777" w:rsidR="0054475B" w:rsidRDefault="0054475B" w:rsidP="005846C9"/>
+          <w:p w14:paraId="5E18FAD7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Unexpected therapeutic effect</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F5C0536" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="005846C9" w:rsidRDefault="00D6311A" w:rsidP="005846C9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hair growth increased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39F1D77D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE4991A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="_Toc489975523"/>
+      <w:r>
+        <w:t>Modification of Effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+    </w:p>
+    <w:p w14:paraId="15D220E3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">It is important to record modification of effect (e.g., increased, prolonged) although it is not always an AR/AE.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39445EE9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30A4A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="_Toc489975524"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Lack of effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w14:paraId="0EF9DE33" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred option </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is to select only the “lack of effect” term even if consequences are also reported. However, terms may also be selected for events associated with the lack of effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CDFDEE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="3DB23D25" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53935E2A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57904EC4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="562AA96A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="74E47541" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E09505" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient took drug for a headache, and her headache didn’t go away</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C1E631" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug ineffective</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A8A591" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="3D94839B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7326AF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA01352" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug ineffective</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1711DB20" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Headache</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23102628" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="157A000C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05899832" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Antibiotic didn’t work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA06333" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Lack of drug effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="460A555F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04607A5F" w14:textId="77777777" w:rsidR="00FA374F" w:rsidRDefault="006D2110" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A858EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="_Toc489975525"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Do not infer lack of effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+    </w:p>
+    <w:p w14:paraId="04432FDC" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="00616372" w:rsidP="006D2110"/>
+    <w:p w14:paraId="208FB7E2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5A6098DE" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="448E0BFA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="186E5C7A" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDE61F3" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6E8A5F1E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D56493" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>AIDS patient taking anti-HIV drug died</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="038032C6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68288176" w14:textId="77777777" w:rsidR="009230B1" w:rsidRDefault="00D6311A" w:rsidP="009230B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Do not assume lack of effect in this instance. </w:t>
+            </w:r>
+            <w:r w:rsidR="005A029A">
+              <w:t xml:space="preserve"> Select only a term for death (s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>ee Section 3.2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74FB7A29" w14:textId="77777777" w:rsidR="009230B1" w:rsidRPr="00675E22" w:rsidRDefault="009230B1" w:rsidP="009230B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D6FF536" w14:textId="77777777" w:rsidR="00616372" w:rsidRDefault="00A858EC" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="_Toc489975526"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Increased, decreased and prolonged effect</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
+    </w:p>
+    <w:p w14:paraId="5B1F076F" w14:textId="77777777" w:rsidR="008A6420" w:rsidRDefault="008A6420" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="506D1FF7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="3930E289" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="05701D20" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="391A18A9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="70F14E78" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="236F8520" w14:textId="77777777" w:rsidR="001B5BFA" w:rsidRDefault="00D6311A" w:rsidP="008A6420">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had increased effect from drug A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0852F0EC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Increased drug effect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="151E057E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="745C4F65" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008A6420">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had decreased effect from drug A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145ED4FF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug effect decreased</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="44B2496E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC577DC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008A6420">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient had prolonged effect from drug A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2193F888" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug effect prolonged</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="06B7DA81" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="_Toc489975527"/>
+      <w:r>
+        <w:t>Social Circumstances</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
+    </w:p>
+    <w:p w14:paraId="56463CA9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="008A6420" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="_Toc489975528"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Use of terms in this SOC</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
+    </w:p>
+    <w:p w14:paraId="5F920944" w14:textId="77777777" w:rsidR="00F5070F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Terms in SOC </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Wrong drug</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> represent social factors and may be suitable to record social and medical history data. Such terms are not generally suitable for recording ARs/AEs; however, in certain instances, terms in SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are the only available terms for recording ARs/AEs or may add valuable clinical information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007A68CC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="00D061FE" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F25B0" w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="51BC012F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="73130D95" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFD052A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="31D5F019" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34865B9D" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient’s ability to drive was impaired</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21757353" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Impaired driving ability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7768CAB7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="0A35D44E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Terms in SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are not </w:t>
+      </w:r>
+      <w:r w:rsidR="009660F1">
+        <w:t>multiaxial</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and, unlike terms in other “disorder” SOCs in MedDRA (e.g., SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Gastrointestinal disorders</w:t>
+      </w:r>
+      <w:r>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> they generally refer to a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004464A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">How should terms that have overlapping concepts with other terms be used? </w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t xml:space="preserve"> person</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, not to a medical condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1E77B2" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="006A7A4D" w:rsidP="00036B90">
+      <w:r>
+        <w:t xml:space="preserve">Be aware of the impact that terms in SOC </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Inappropriate reconstitution technique</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> may have on data retrieval, analysis and reporting as illustrated in the table below:</w:t>
+      </w:r>
+      <w:r w:rsidR="00036C95">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A66064" w14:paraId="29822DA7" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E2CCD2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Term in SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social circumstances </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(“person”)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D85001" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Similar term in “Disorder” SOC (“condition”)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00151A1C" w14:paraId="4A1AB2A1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021E30D2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Alcoholic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4390E6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Alcoholism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00151A1C" w14:paraId="0E0955CC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D43AA9E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug abuser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F57153" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00151A1C" w14:paraId="4EE75B51" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="172D2204" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug addict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="397EC20E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug addiction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00151A1C" w14:paraId="0A14E495" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA7102A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glue sniffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5023D7A6" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Glue sniffing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00151A1C" w14:paraId="6001D717" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E91E378" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Smoker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD06D67" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Nicotine dependence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="41A582EB" w14:textId="77777777" w:rsidR="00F5070F" w:rsidRDefault="00F5070F" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="059C4AFD" w14:textId="77777777" w:rsidR="00BE0574" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Note that “abuse” terms not associated with drugs/substances</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in this SOC*, regardless of whether they refer to the person or to the condition, as illustrated in the table below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EC62DA" w14:paraId="0899F30D" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F588AD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="01893A9B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>PT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EC62DA" w14:paraId="60BB3C34" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150DE9AE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Child abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CA80C7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Child abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EC62DA" w14:paraId="38A3A6D0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A017A40" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Child abuser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BB972E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="006A7A4D" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EC62DA" w14:paraId="344FD765" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79435100" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Elder abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26876C3B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Elder abuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00EC62DA" w14:paraId="62C212D5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76070DDD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Elder abuser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07ABBEC4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="006A7A4D" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A5966F8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">(See Section </w:t>
+      </w:r>
+      <w:r w:rsidR="005C14F6" w:rsidRPr="00CA4C94">
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33587" w:rsidRPr="00D33587">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5318">
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> concerning illegal/criminal acts</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D02004" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="001269ED" w:rsidRDefault="00A858EC" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="_Toc489975529"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Illegal acts of crime or abuse</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
+    </w:p>
+    <w:p w14:paraId="6569372E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00D97F08" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Terms for illegal acts of crime and abuse (excluding those related to drug/substance abuse) are in SOC </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Product preparation error</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Social circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, such as LLT </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Wrong technique in product usage process (PT Wrong technique in product usage process)</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC236C">
+        <w:t>Physical assault</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1076D7F9" w14:textId="77777777" w:rsidR="002A74C7" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">LLTs representing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B03070">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>perpetrator</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are linked to PTs describing the unlawful act committed.  PTs representing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B03070">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">victim </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of unlawful acts generally begin with “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B03070">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Victim of… </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">”.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A483364" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8919" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3121"/>
+        <w:gridCol w:w="3111"/>
+        <w:gridCol w:w="2687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="0893244D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="542"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE84530" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB335AE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091F15C7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="545E1C63" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1879"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE44982" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient’s history indicates that patient is a known sexual offender</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E4C828" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Sexual offender</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADF8EC2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perpetrator; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Sexual offender</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Sexual abuse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D74755B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">in SOC </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C6E578" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Social circumstances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5924B76F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3973DC1B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was a childhood sexual assault victim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCFBEFE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Childhood sexual assault victim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DEDF2E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Victim;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Childhood sexual assault victim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> links to PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Victim of sexual abuse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> in SOC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Social circumstances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="709E015A" w14:textId="77777777" w:rsidR="00F5070F" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="_Toc489975530"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Medical and Social History</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:p w14:paraId="78A6C657" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6BFF1BD2" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3113E022" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="628A3AD0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6F93FF0A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58785F5E" w14:textId="1DA99811" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00EF71FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>History of gastrointestinal bleed and hysterectomy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEF8473" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Gastrointestinal bleed</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BB8E773" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hysterectomy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5A3D20D5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BAC21CA" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient is a cigarette smoker with coronary artery disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3598FF4D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cigarette smoker</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4986FA4C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Coronary artery disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76216271" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="_Toc489975531"/>
+      <w:r>
+        <w:t>Indication for Product Use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
+    </w:p>
+    <w:p w14:paraId="79CA8BCC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Indications can be reported as medical conditions, prophylaxis of conditions, replacement therapies, procedures (such as anesthesia induction) and verbatim terms such as “anti-hypertension”. Terms from almost any MedDRA SOC – including SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Investigations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – may be selected to record indications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A620FF6" w14:textId="77777777" w:rsidR="00036C95" w:rsidRPr="00120E4E" w:rsidRDefault="006748C1">
+      <w:r>
+        <w:t>Regulatory authorities may have specific requirements for certain aspects of term selection for indications (e.g., for indications within regulated product information). Please refer to the regulatory authority’s specific guidance for such issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0B3E23" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00F5070F" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="_Toc489975532"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Medical conditions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="155"/>
+    </w:p>
+    <w:p w14:paraId="7D5BA286" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="62AFBEFD" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F76D867" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D58CCA5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="644B83AB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3EE314" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypertension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="069A30B7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypertension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5A2A1221" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="400710E3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Anti-hypertensive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1F9F2B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="006A7A4D" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="09290DD8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B067034" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chemotherapy for breast cancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="610B4A2A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Breast cancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="00A3295A" w14:paraId="3FF51956" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0704D01E" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>I took it for my cold symptoms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB0CEA9" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00576981">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Cold symptoms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38D9E051" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="197F68BB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If the only information reported is the type of therapy, select the most specific term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E19797" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="507686AB" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="34814489" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2F1CF3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="2189295F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1939A4" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient received chemotherapy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C53B84" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chemotherapy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F52ECC" w:rsidRPr="00A3295A" w14:paraId="2810EA13" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2604E300" w14:textId="77777777" w:rsidR="00F52ECC" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient received antibiotics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24854766" w14:textId="77777777" w:rsidR="00F52ECC" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Antibiotic therapy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BF0A276" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="49954E40" w14:textId="77777777" w:rsidR="006621AC" w:rsidRDefault="006A7A4D">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>It may not be clear if the reported indication is a medical condition or a desired outcome of therapy.  The term selected in either case may be the same</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0574">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE7CEBA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="0820C8FD" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF2C1D5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0309C8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659B0BCE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6C33342C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCB3BA5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Weight loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBC0973" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Weight loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C358D2" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Unclear if the purpose is to induce weight loss or to treat an underweight patient</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5DD7056A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03656B8E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Immunosuppression</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64DBEBE5" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Immunosuppression</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F58AB4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="002F25B0" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Unclear if the purpose is to induce or to treat immunosuppression</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CF78E2C" w14:textId="77777777" w:rsidR="006748C1" w:rsidRDefault="008A6420" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="_Toc489975533"/>
+      <w:r w:rsidR="006748C1">
+        <w:t>Complex indications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="156"/>
+    </w:p>
+    <w:p w14:paraId="6015FF94" w14:textId="77777777" w:rsidR="006748C1" w:rsidRDefault="006748C1" w:rsidP="006748C1">
+      <w:r>
+        <w:t>Term selection for some indications (e.g., in regulated product information) may be complex and require selection of more than one LLT to represent the information completely</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52ECC">
+        <w:t>, depending on the circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="4338"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="00A3295A" w14:paraId="423A0C5F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FAC98D" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E12F892" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D6C46A" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="00A3295A" w14:paraId="51546A93" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F967A3" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Treatment of aggression in autism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4609AADC" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Aggression</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BECA12B" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="006748C1" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEFFA5D" w14:textId="77777777" w:rsidR="00264EA3" w:rsidRPr="00675E22" w:rsidRDefault="00264EA3" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7464927B" w14:textId="77777777" w:rsidR="002111BD" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="002D7173">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">The products do not treat the underlying autism, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>thalassaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">, or myocardial infarction, but they </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> address the associated signs/symptoms (aggression, chronic iron overload, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>atherothrombosis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">). It may be necessary to select LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Autism,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> LLT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Thalassaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> major</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">, or LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Myocardial infarction</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> based on regional regulatory requirements.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="00A3295A" w14:paraId="7A54A806" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8966D7" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Treatment of chronic iron overload in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>thalassaemia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> major</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="683B0CFC" w14:textId="77777777" w:rsidR="000D2538" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Chronic iron overload</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6E194E" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="006748C1" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="66CDA58B" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00492FB0" w:rsidRDefault="006748C1" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006748C1" w:rsidRPr="00A3295A" w14:paraId="01E3384E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1618"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBEE8EA" w14:textId="77777777" w:rsidR="002111BD" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Prevention of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>atherothrombotic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> events in patients with myocardial infarction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FA20DD" w14:textId="77777777" w:rsidR="002111BD" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Atherothrombosis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> prophylaxis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30CB9F8B" w14:textId="77777777" w:rsidR="002111BD" w:rsidRPr="00675E22" w:rsidRDefault="002111BD" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EB4687F" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00675E22" w:rsidRDefault="006748C1" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3A19912D" w14:textId="77777777" w:rsidR="006748C1" w:rsidRPr="00492FB0" w:rsidRDefault="006748C1" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04F3AA5B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00A858EC" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="_Toc489975534"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Indications with genetic markers or abnormalities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
+    </w:p>
+    <w:p w14:paraId="12DB2A5F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="008C7743">
+      <w:bookmarkStart w:id="158" w:name="_Toc352241489"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc352572265"/>
+      <w:r>
+        <w:t>For indications that describe a genetic marker or abnormality associated with a medical condition, select a term for both the medical condition and the genetic marker or abnormality.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkEnd w:id="159"/>
+    </w:p>
+    <w:p w14:paraId="7CF549A7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="352270A2" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="691783BD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4625D9D4" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="31EDD4A0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0547CFCC" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Non small</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> cell lung cancer with K-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>ras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> mutation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFB6987" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="002A74C7">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Non-small cell lung cancer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0C1E28" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="002A74C7">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>K-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>ras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> gene mutation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C02CDC7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00FA2CD0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="629D01FD" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00F5070F" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="160" w:name="_Toc489975535"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Prevention and prophylaxis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="160"/>
+    </w:p>
+    <w:p w14:paraId="3C6237AE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>When an indication for prevention or prophylaxis is reported, select the spe</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7626">
+        <w:t>cific MedDRA term, if it exists</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Note: the words “prevention” and “prophylaxis” are synonymous in the context of MedDRA</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7626">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFECFDA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="4BDFBA5C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3078962B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D25BD66" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6ED4CF9F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FD4020" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prophylaxis of arrhythmia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E91EA42" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Arrhythmia prophylaxis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="2FE91132" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="752E0B75" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prevention of migraine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="027A7BB9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Migraine prophylaxis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B456C5B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="515AAA96" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00392191" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If there is no MedDRA term containing “prevention” or “prophylaxis”, choose one of the following options</w:t>
+      </w:r>
+      <w:r w:rsidR="00392191">
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>preferred option</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is to select a general prevention/ prophylaxis term </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7626">
+        <w:t xml:space="preserve"> a term for the condition.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24EF3">
+        <w:t xml:space="preserve"> Alternatively,</w:t>
+      </w:r>
+      <w:r w:rsidR="00392191">
+        <w:t xml:space="preserve"> select a term for the condition</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6B5E">
+        <w:t xml:space="preserve"> alone</w:t>
+      </w:r>
+      <w:r w:rsidR="00392191">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006802F5" w:rsidRPr="00E3166C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24EF3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC236C">
-[...3 lines deleted...]
-    <w:p w14:paraId="0F7C103E" w14:textId="77777777" w:rsidR="001A3F32" w:rsidRPr="00FC236C" w:rsidRDefault="001A3F32" w:rsidP="001A3F32">
+      <w:r w:rsidR="00392191">
+        <w:t>a prevention/prophylaxis term</w:t>
+      </w:r>
+      <w:r w:rsidR="0074543A">
+        <w:t xml:space="preserve"> alone</w:t>
+      </w:r>
+      <w:r w:rsidR="00392191">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4F19EE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8928" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2151"/>
+        <w:gridCol w:w="2573"/>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="2790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="56EC9934" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA28657" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0508B15E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39891CFE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2A1ECE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1CD14BDE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="754"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBE4DF6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prevention of hepatotoxicity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C1A9B1" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prevention</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58979E2D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hepatotoxicity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9C0B00" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5ED2FF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="002A6B5E" w:rsidP="002A6B5E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Represents both the prevention/prophylaxis concept and the condition </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24EF3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="0E5BA00B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24584536" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6963FFFB" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hepatotoxicity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C603872" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52623558" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="002A6B5E" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Represents </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA55932" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00192823">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>the condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="65DAA41D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C178768" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB29093" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prevention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661318B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B668AD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="002A6B5E" w:rsidP="002A6B5E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Represents the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6311A" w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> prevention/prophylaxis </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24EF3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">concept </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FD6E2B3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="000868D8" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="41C3B1A9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00A858EC" w:rsidP="007C2644">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="376" w:name="_Toc40707834"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="2587C10A" w14:textId="77777777" w:rsidR="001A3F32" w:rsidRPr="00FC236C" w:rsidRDefault="001A3F32" w:rsidP="001A3F32">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="_Toc489975536"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Procedures and diagnostic tests as indications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="161"/>
+    </w:p>
+    <w:p w14:paraId="0B8388EC" w14:textId="77777777" w:rsidR="00120E4E" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>Select the appropriate term if the product is indicated for performing a procedure or a diagnostic test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5028881F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="057E2202" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFAE48E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1EE683" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="10721D42" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EB6837" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Induction of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>anaesthesia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C09D661" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Induction of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>anaesthesia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="5D8786A6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D93489" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Contrast agent for angiogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC13128" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Angiogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1C1A3B53" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33457435" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:lastRenderedPageBreak/>
+              <w:t>Contrast agent for coronary angiogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A87F04C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Coronary angiogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35629CF8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00F47CC7" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="_Toc489975537"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Supplementation and replacement therapies</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="162"/>
+    </w:p>
+    <w:p w14:paraId="232CAA51" w14:textId="77777777" w:rsidR="00E67FC5" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t xml:space="preserve">Terms for supplemental and replacement therapies are in SOC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Surgical and medical procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t xml:space="preserve"> (s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Section 3.13). If the product indication is for supplementation or replacement therapy, select the closest term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038E9F33" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006A2683" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="3EDA0125" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="117E1CBB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E20E410" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="47CDB3C7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6ABF48" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Testosterone replacement therapy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36391B01" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Androgen replacement therapy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="07D43D68" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3976BEE5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Prenatal vitamin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B863CB9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00A858EC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Vitamin supplementation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74447B18" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00CA6BFA" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="_Toc489975538"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Indication not reported</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+    </w:p>
+    <w:p w14:paraId="02335064" w14:textId="77777777" w:rsidR="001D7262" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00717C7F">
+        <w:t xml:space="preserve">If clarification cannot be obtained, select LLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Drug use for unknown indication</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059FCBCC" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="1213275B" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E59FED1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D91811E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6013C95C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D97E2B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Aspirin was taken for an unknown indication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C9DC43" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Drug use for unknown indication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7220B226" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC236C">
+    </w:p>
+    <w:p w14:paraId="6B5F52F0" w14:textId="77777777" w:rsidR="00FF45B0" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="_Toc489975539"/>
+      <w:r>
+        <w:t>Off Label Use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
+    </w:p>
+    <w:p w14:paraId="42FDBA32" w14:textId="77777777" w:rsidR="004B54DD" w:rsidRPr="008E4BEB" w:rsidRDefault="00C43830" w:rsidP="00FF45B0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722018">
+        <w:t>For the purposes of term selection and analysis of MedDRA-coded data</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, the concept of “off label use”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B07B6">
+        <w:t xml:space="preserve"> relates to</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> situations where </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6955">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00192823">
+        <w:t>healthcare professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6955">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA374F">
+        <w:t xml:space="preserve">intentionally </w:t>
+      </w:r>
+      <w:r>
+        <w:t>prescribes, dispenses, or recommends a product</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00934B88">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B07B6">
+        <w:t xml:space="preserve">for a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C17FA">
+        <w:t>medical purpose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B07B6">
+        <w:t xml:space="preserve"> not</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in accordance with the authoris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B07B6">
+        <w:t>ed product information.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02A1" w:rsidRPr="00D430F1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>When recording off label use, consider that product information</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF45B0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or regulations/requirements </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02A1" w:rsidRPr="00D430F1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>may differ between regulatory regions</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF45B0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADCF77E" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="008A6420" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="OLE_LINK40"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="_Toc489975540"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Off label use when reported as an indication</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="166"/>
+    </w:p>
+    <w:p w14:paraId="2A0F62C2" w14:textId="77777777" w:rsidR="00120E4E" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>If a medical condition</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C2A">
+        <w:t>/indication</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is reported </w:t>
+      </w:r>
+      <w:r w:rsidR="00E842ED" w:rsidRPr="00E842ED">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Does the MedDRA Concept Description for medication error include abuse, misuse, or off label uses?</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>along with “off label use”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>preferred option</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is to select terms for the medical condition</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C2A">
+        <w:t>/indication</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="002304DD">
+        <w:t xml:space="preserve">off label use. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Alternatively, select a term for the medical condition/indication alone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Select LLT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00717C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Off</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00717C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> label use</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> alone </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">if it is the only information available. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="165"/>
+    </w:p>
+    <w:p w14:paraId="2B4C78FB" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2FC9FA1E" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="728D2EEE" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="2D4E5F17" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3177"/>
+        <w:gridCol w:w="3146"/>
+        <w:gridCol w:w="2533"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="7BDC9524" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A2CE4C" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD10464" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA22E72" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006714CE" w:rsidRPr="00A3295A" w14:paraId="1A9A8D3E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58527C17" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypertension; this is off label use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6F5B7D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Off label use</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E15C226" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypertension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C5E979" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00A3295A" w14:paraId="6CC815EF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36294589" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="685D7395" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Hypertension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6427FAA9" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52FE6B48" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="0012018D" w:rsidP="00036B90"/>
+    <w:p w14:paraId="056693EF" w14:textId="77777777" w:rsidR="0012018D" w:rsidRDefault="002F25B0" w:rsidP="00036B90">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4346"/>
+        <w:gridCol w:w="4415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00157D15" w:rsidRPr="00A3295A" w14:paraId="5D10D068" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="439"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4346" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B45E515" w14:textId="77777777" w:rsidR="00157D15" w:rsidRPr="00675E22" w:rsidRDefault="00157D15" w:rsidP="00157D15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4415" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="53722561" w14:textId="77777777" w:rsidR="00157D15" w:rsidRPr="00675E22" w:rsidRDefault="00157D15" w:rsidP="00157D15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00157D15" w:rsidRPr="00A3295A" w14:paraId="6811A60E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="509"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6917FB46" w14:textId="77777777" w:rsidR="00157D15" w:rsidRPr="00675E22" w:rsidRDefault="00157D15" w:rsidP="00157D15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Used off label</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580F8FEF" w14:textId="77777777" w:rsidR="00157D15" w:rsidRPr="00675E22" w:rsidRDefault="00157D15" w:rsidP="00157D15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Off label use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="081C45F3" w14:textId="77777777" w:rsidR="00157D15" w:rsidRDefault="00157D15" w:rsidP="00036B90"/>
+    <w:p w14:paraId="3FB42D1B" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00B101D1">
+      <w:r w:rsidRPr="005A42DE">
+        <w:t xml:space="preserve">Example </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3018"/>
+        <w:gridCol w:w="2760"/>
+        <w:gridCol w:w="3078"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B101D1" w:rsidRPr="005A42DE" w14:paraId="600E7F04" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="439"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3336A0" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2760" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC3A5D1" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BD08FC" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B101D1" w:rsidRPr="005A42DE" w14:paraId="2C29B1C9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="509"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="272BA3A2" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t>Drug indicated for use in adults used off label to treat a 6 year old child</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2760" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="503135E6" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t>Off label use</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AED8D4D" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56528728" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00496160">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t>Adult product administered to child</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3717EE9C" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRPr="005A42DE" w:rsidRDefault="00B101D1" w:rsidP="00F5070F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t xml:space="preserve">LLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adult product administered to child </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t xml:space="preserve">(PT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drug administered to patient of inappropriate age, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t xml:space="preserve">HLT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Product administration errors and issues</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t>provides additional information about the specific type of off label use. The term is not an off label use term itself; it is a general product use issue term that can be used in combination with</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5070F">
+              <w:t xml:space="preserve"> other terms to capture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A42DE">
+              <w:t xml:space="preserve"> detail about off label use, misuse, medication errors, etc. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56964110" w14:textId="77777777" w:rsidR="00B101D1" w:rsidRDefault="00B101D1" w:rsidP="00036B90"/>
+    <w:p w14:paraId="5D4AE2DE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="008A6420" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="OLE_LINK41"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="_Toc489975541"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Off label use when reported with an AR/AE</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="168"/>
+    </w:p>
+    <w:p w14:paraId="1CEE599C" w14:textId="77777777" w:rsidR="008A6420" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve">If an AR/AE occurs </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A7C">
+        <w:t>in the setting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve"> of off label use</w:t>
+      </w:r>
+      <w:r w:rsidR="00786A7C">
+        <w:t xml:space="preserve"> for a medical condition</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C2A">
+        <w:t>/indication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred option </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve">is to select </w:t>
+      </w:r>
+      <w:r w:rsidR="004751A1">
+        <w:t xml:space="preserve">a term for off label </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004751A1">
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and a term for the medical condition</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C2A">
+        <w:t>/indication</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in addition to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve"> a term for the AR/AE</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t xml:space="preserve">lternatively, select a term </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for the medical condition</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C2A">
+        <w:t>/indication</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and a term </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D110C">
+        <w:t>for the AR/AE.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="167"/>
+    </w:p>
+    <w:p w14:paraId="7EF06BEB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="1530"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0052322B" w:rsidRPr="00A3295A" w14:paraId="282DFB44" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686903B0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBF77BE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6170B8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0052322B" w:rsidRPr="00A3295A" w14:paraId="7C664072" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070D30EE" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="008A6420">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Patient was administered a drug off label for pulmonary hypertension and suffered a stroke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="201ACA0B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Off label use</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC5C896" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pulmonary hypertension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ACEBFF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Stroke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E676BF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0052322B" w:rsidRPr="00A3295A" w14:paraId="2F04E471" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C3450E" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="533D1CCD" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pulmonary hypertension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A86C1E8" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Stroke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC9CE87" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00C01EE3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69BC7CE5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00916141" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7F103FB8" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="_Toc489975542"/>
+      <w:r>
+        <w:t>Product Quality Issues</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
+    </w:p>
+    <w:p w14:paraId="2D697094" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00437492" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:t>It is important to recogni</w:t>
+      </w:r>
+      <w:r w:rsidR="000016B8">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">e product quality issues as they may have implications for patient safety. They may be reported in the context of adverse events or as part of a product quality monitoring system.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4110A59F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00437492" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:t>Product quality issues are defined as abnormalities that may be introduced during the manufacturing/labe</w:t>
+      </w:r>
+      <w:r w:rsidR="0038683F">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">ling, packaging, shipping, handling or storage of the products. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5EF8">
+        <w:t>They</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> may occur with or without clinical consequences. Such concepts may pose a challenge for term selection.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AEA605" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00437492" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">Familiarity with HLGT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2742">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Product quality</w:t>
+      </w:r>
+      <w:r w:rsidR="005E277C">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, supply, distribution, manufacturing and quality system </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2742">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>issues</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> (in SOC</w:t>
+      </w:r>
+      <w:r w:rsidR="005E277C">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Product issues</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t>) is essential for term selection</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> Under this HLGT are categories of specific product quality issues such as HLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2742">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Product packaging issues</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E277C">
+        <w:t xml:space="preserve">HLT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2742">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Product physical issues</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E277C">
+        <w:t xml:space="preserve">HLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3045" w:rsidRPr="00C040C5">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Manufacturing facilities and equipment issues</w:t>
+      </w:r>
+      <w:r w:rsidR="005E277C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21C1">
+        <w:t xml:space="preserve">HLT </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3045" w:rsidRPr="00C040C5">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Counterfeit, falsified and substandard products</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21C1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">etc. Navigating down to the appropriate LLTs from </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the MedDRA hierarchy is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> the optimal approach for term selection.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6523DED0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00437492" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00437492">
+        <w:t>Explanations of the interpretations and uses of certain product quality issue te</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> (e.g., “Product coating incomplete”) are found in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41BC2">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t>he MedDRA Introductory Guide (Appendix B, MedDRA Concept Descriptions).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C27B8F7" w14:textId="77777777" w:rsidR="006621AC" w:rsidRDefault="008A6420" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="_Toc489975543"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00437492">
+        <w:t xml:space="preserve">Product quality issue reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00186AFD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006621AC" w:rsidRPr="00437492">
+        <w:t>clinical consequence</w:t>
+      </w:r>
+      <w:r w:rsidR="006621AC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="170"/>
+    </w:p>
+    <w:p w14:paraId="0AEFA8AF" w14:textId="77777777" w:rsidR="00F813C9" w:rsidRDefault="006A7A4D" w:rsidP="00120E4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">If a product quality issue results in clinical consequences, term(s) for the product quality issue and the clinical consequences should be selected. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272709F5" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="1FB5C151" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="1AC5F494" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="3744956D" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="5D255142" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D"/>
+    <w:p w14:paraId="7BAB48EF" w14:textId="77777777" w:rsidR="004A0969" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3528"/>
+        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="2700"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C43830" w:rsidRPr="00A3295A" w14:paraId="38816C9C" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7519F19B" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F56C004" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E114B45" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C43830" w:rsidRPr="00A3295A" w14:paraId="417B6EE7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3528" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58306EA4" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>New bottle of drug tablets have unusual chemical smell that made me nauseous</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55117ED7" w14:textId="77777777" w:rsidR="00C43830" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Product </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>odour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> abnormal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3BE236" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Nauseous</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6361FEDE" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C43830" w:rsidRPr="00A3295A" w14:paraId="73E01CDF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3528" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375A6F1B" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>I switched from one brand to another of my blood pressure medication, and I developed smelly breath</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23653AD3" w14:textId="77777777" w:rsidR="00C43830" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product substitution issue brand to brand</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D8E6639" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Smelly breath</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF4940A" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C43830" w:rsidRPr="00A3295A" w14:paraId="086D36C5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3528" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C07DA9" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="007772B1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Consumer noted that the toothpaste they had purchased </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00036B90">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>caused a stinging sensation in the mouth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>. Subsequent investigation of the product lot number revealed that the toothpaste was a counterfeit product.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA1B6E7" w14:textId="77777777" w:rsidR="00C43830" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product counterfeit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF29529" w14:textId="77777777" w:rsidR="00C43830" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Stinging mouth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5151062F" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C670D12" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00675E22" w:rsidRDefault="00C43830" w:rsidP="00036B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C43830" w:rsidRPr="00A3295A" w14:paraId="3C4333DA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3528" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DAE521" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="00AD6955" w:rsidRDefault="00C43830" w:rsidP="007772B1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Patient reported severe burning in his nose after using nasal drops that had a cloudy appearance. An investigation by the manufacturer revealed that impurities were found in the batch of nasal drops and that these had been introduced by a faulty piece of equipment.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4894FA5B" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Nasal burning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165546F5" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Product appearance cloudy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="608FECEF" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Product impurities found</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C81750E" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Manufacturing equipment issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D744099" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FDF155B" w14:textId="77777777" w:rsidR="00C43830" w:rsidRPr="004A0969" w:rsidRDefault="00C43830" w:rsidP="00C43830">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A0969">
+              <w:t>Specific product defects and issues with manufacturing systems may be reported subsequently as part of a root cause analysis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="79290C55" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00CA6BFA" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="_Toc489975544"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00437492">
+        <w:t xml:space="preserve">Product quality issue reported </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00186AFD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="00437492">
+        <w:t xml:space="preserve"> clinical consequence</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
+    </w:p>
+    <w:p w14:paraId="36CB066D" w14:textId="77777777" w:rsidR="005A1F0A" w:rsidRDefault="006A7A4D" w:rsidP="00F550F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:t>It is important to capture the occurrence of product quality issues even in the absence of clinical consequences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C24CA8" w14:textId="77777777" w:rsidR="004A0969" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="4C82615E" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A038054" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="635EF24D" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="680018D1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DE347B" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00F550F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Sterile lumbar puncture kit received in broken packaging </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27902AA7" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00F550F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>(sterility compromised)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C10595" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product sterile packaging disrupted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="66C4F525" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="00276E22" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007927B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="_Toc489975545"/>
+      <w:r w:rsidR="006A7A4D">
+        <w:t>Product quality issue vs. medication error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="172"/>
+    </w:p>
+    <w:p w14:paraId="2CFD89DF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">It is important to distinguish between a product quality issue and a medication error.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159F0C67" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00437492">
+        <w:lastRenderedPageBreak/>
+        <w:t>Product quality issues are defined as abnormalities that may be introduced during the manufacturing/labe</w:t>
+      </w:r>
+      <w:r w:rsidR="0038683F">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t xml:space="preserve">ling, packaging, shipping, handling or storage of the products. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007211A2">
+        <w:t>They may occur with or without clinical consequences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AB7D79" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007211A2">
+        <w:t xml:space="preserve">Medication errors are defined as any preventable event that may cause or lead to inappropriate medication use or patient harm while the medication is in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17450">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007211A2">
+        <w:t>control of the health care professional, patient or consumer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF94B51" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00437492" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00437492">
+        <w:t>Explanations of the inte</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rpretations of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t>product quality issue te</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rms are found in t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437492">
+        <w:t>he MedDRA Introductory Guide (Appendix B, MedDRA Concept Descriptions).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48CB63C0" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="006A7A4D">
+      <w:r w:rsidRPr="00492FB0">
+        <w:t>Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2988"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="09B3DA15" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBEAA5F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reported</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569ACE62" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>LLT Selected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEC7792" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="00FF61EB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C21A64" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Pharmacist dispensing Drug A inadvertently attached a product label for Drug B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="587B4219" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Wrong label placed </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA395C6" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">on medication </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB5747F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>during dispensing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5542DC04" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Medication error</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="54997B00" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605C2D64" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="004A0969">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">The drug store clerk noted that the wrong product label was attached to some bottles in a shipment </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4637EF" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="004A0969">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>of mouthwash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDCB2A0" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">Product label </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30BD860F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00120E4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>on wrong product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CCB06F" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product quality issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="001B1012" w14:paraId="3AFB5994" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F107F67" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00B057B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="173" w:name="OLE_LINK4"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">The mother administered </w:t>
+            </w:r>
+            <w:r w:rsidR="00B057B3">
+              <w:t xml:space="preserve">an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B057B3">
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B057B3">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">antibiotic because the lines on the dropper were </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95F1A">
+              <w:t xml:space="preserve">illegible </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="173"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F44212" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00D6311A" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product dropper calibration unreadable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73979A75" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00675E22" w:rsidRDefault="00B057B3" w:rsidP="00675E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Accidental </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D6641" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRDefault="00D6311A" w:rsidP="004A0969">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00675E22">
+              <w:t>Product quality issue and medication error</w:t>
+            </w:r>
+            <w:r w:rsidR="00B057B3">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1886E3" w14:textId="77777777" w:rsidR="00B057B3" w:rsidRPr="00675E22" w:rsidRDefault="00B057B3" w:rsidP="004A0969">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve"> is reported in the context of </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">a medication error, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675E22">
+              <w:t xml:space="preserve">the more specific LLT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accidental </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>underdose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> can be selected</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61DA1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57A8558F" w14:textId="77777777" w:rsidR="00110F69" w:rsidRDefault="00110F69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE74422" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="162DCFDB" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768BAFA4" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67DE116C" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4F5D56" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="_Toc489975546"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>APPENDIX</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="174"/>
+    </w:p>
+    <w:p w14:paraId="78BC84CE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="_Toc489975547"/>
+      <w:r>
+        <w:t>Versioning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733FC77F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="002D34F8" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="_Toc489975548"/>
+      <w:r w:rsidRPr="002D34F8">
+        <w:t>Versioning methodologies</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="176"/>
+    </w:p>
+    <w:p w14:paraId="70D54C4B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006C4D74" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">Each </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve"> should have a versioning strategy that should be documented. The versioning strategy may differ between safety databases and clinical trial databases.  For example, there may be no need to update clinical trial data from older trials if the data are not presently used or will not be used in the future. On the other hand, postmarketing safety data may be required to be reported in the current (or near-current) version of MedDRA, and version update recommendations then apply. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DCCE82" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006C4D74" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">Users should choose the most optimal approach based on their </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t>’s characteristics.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2995">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">The optional methods described below can be used to document the extent to which an </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve"> has applied a new version of MedDRA. These methods should not be interpreted as regulatory requirements but may be used to communicate effectively between and within </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC3">
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEB3568" w14:textId="77777777" w:rsidR="00915351" w:rsidRDefault="006A7A4D">
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">The table </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">below </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t>summari</w:t>
+      </w:r>
+      <w:r w:rsidR="000016B8">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">es the types of versioning methods. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9648" w:type="dxa"/>
+        <w:tblInd w:w="-90" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1188"/>
+        <w:gridCol w:w="5490"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="3E6160D5" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="306CAB00" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="004E5060">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E8FF22" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="004E5060">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9096EA" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="004E5060">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Resource Intensity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FA6780" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="004E5060">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Data Accuracy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="4FBF12A8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CCA239" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D782C31" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Begin to use new version for coding new data; no recoding of existing data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26441238" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Least</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7BAD96" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Least</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="3B7AB7E6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703B9597" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E6A489" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Identify verbatim terms linked to non-current LLTs and recode existing data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0342FE28" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="200"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B1012">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="200"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1CE49A" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="200"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B1012">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="200"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="181C5F77" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2141"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEDB5C3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5362F76B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Identify verbatim terms linked to non-current LLTs and recode existing data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BAAE32" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B98457" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Recode verbatim terms to new LLTs that are direct or lexical matches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7216BEB7" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9F6CC3" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w14:paraId="64104C90" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13871DFE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419650DF" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Identify verbatim terms linked to non-current LLTs and recode existing data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA94C4F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE14F9B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Recode verbatim terms to new LLTs that are direct or lexical matches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B7F682" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09787CD2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Recode verbatim terms to new LLTs that are more accurate concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E59427B" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Most</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7158505F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>Most</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60561A7C" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00101E26" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6242EFA5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="006C4D74" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4D74">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This list may not be inclusive; other versioning methods may be used. Depending on how MedDRA data are stored in the database, additional steps may be needed to ensure consistency in data retrieval and reporting, including medical review of the data after the version method has been applied.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF07CA9" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">Note that Method 4 is the most resource intense and Method 1 is the least. There are additional points to consider: recoding to LLTs that are new direct matches or more accurate concepts (Method 4) provides the most accurate data compared to the other methods.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EB3290" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="OLE_LINK10"/>
+      <w:r>
+        <w:t>The MSSO and JMO provide tools to assist the user in comparing the changes between MedDRA versions. The Version Report (provided by the MSSO and JMO) is a spreadsheet listing all changes between the current version of MedDRA and the one previous to it; this spreadsheet is provided with each new release of MedDRA. The MSSO also provides the MedDRA Version Analysis Tool (MVAT) that facilitates identification and understanding of the impact of changes between any two MedDRA versions, including non-consecutive ones</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>(s</w:t>
+      </w:r>
+      <w:r w:rsidR="0026333C">
+        <w:t xml:space="preserve">ee </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Appendix, Section 4.2</w:t>
+      </w:r>
+      <w:r w:rsidR="0026333C">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FFAFFB" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="002D34F8" w:rsidRDefault="00CA6BFA" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="178" w:name="_Toc489975549"/>
+      <w:r w:rsidR="006A7A4D" w:rsidRPr="002D34F8">
+        <w:t>Timing of version implementation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="178"/>
+    </w:p>
+    <w:p w14:paraId="310EF8CA" w14:textId="5458F2A5" w:rsidR="006A7A4D" w:rsidRDefault="006A7A4D" w:rsidP="00F550F6">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">For single case reporting, the sender and receiver of the data need to be in synchrony regarding MedDRA versions. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32527">
+        <w:t>Refer to the MedDRA Best Practices for</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2D82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t>recommendation</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve"> for the timing of the implementation of a new MedDRA release</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for both individual case safety reporting and clinical trial data. Specific transition dates for single case reporting for the ne</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t xml:space="preserve">xt MedDRA versions are </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32527">
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005A029A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ee Appendix, Section 4.2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4D74">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266B3799" w14:textId="77777777" w:rsidR="00120E4E" w:rsidRDefault="00120E4E" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A40B6BB" w14:textId="77777777" w:rsidR="00F550F6" w:rsidRDefault="00F550F6" w:rsidP="006A7A4D">
+      <w:pPr>
+        <w:ind w:left="-90"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="19E268E1" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAF0F15" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Date of New Reporting Version for Individual Case Safety Reporting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A7A4D" w:rsidRPr="00290061" w14:paraId="54E93C6B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDE47D2" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve">A new release version of MedDRA should become the reporting version on the first Monday of the second month after it is released. To </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>synchronise</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t xml:space="preserve"> this event over the three ICH regions, the MSSO recommends midnight GMT, Sunday to Monday, for the switchover.  For example :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73761316" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13C71DFE" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>1 March – MedDRA X.0  released</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D65B6F" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>First Monday of May – MedDRA X.0 becomes the reporting version</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327E9A13" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="720"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DE9A232" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>1 September – MedDRA X.1 released</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47002318" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="002F25B0" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00492FB0">
+              <w:t>First Monday of November – MedDRA X.1 becomes the reporting version</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B4F1BC5" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00492FB0" w:rsidRDefault="006A7A4D" w:rsidP="00CA6BFA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="12BFA56C" w14:textId="77777777" w:rsidR="00120E4E" w:rsidRPr="00120E4E" w:rsidRDefault="006A7A4D" w:rsidP="00120E4E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="_Toc489975550"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Links and References</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="179"/>
+    </w:p>
+    <w:p w14:paraId="5D39DDD3" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="00B73395">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>The following documents and tools can be found on the MedDRA website: (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="006427BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Mincho"/>
+          </w:rPr>
+          <w:t>www.meddra.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFFCD55" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>MedDRA Introductory Guide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6374FC03" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>MedDRA Change Request Information document</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F4D988" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>MedDRA Web-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A051CB">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>ased Browser</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4BEB">
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6149F319" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>MedDRA Desktop Browser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFFE4DD" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:t>MedDRA Version Report (lists all changes in new version) *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFBE9DF" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MedDRA Version Analysis Tool (compares any two versions) *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E47E5F4" w14:textId="77777777" w:rsidR="00F36227" w:rsidRDefault="00F36227" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:ins w:id="378" w:author="Author"/>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC236C">
-[...23 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Unqualified Test Name Term List</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574DA897" w14:textId="77777777" w:rsidR="00A32527" w:rsidRDefault="00A32527" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MedDRA Best Practices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34420445" w14:textId="77777777" w:rsidR="00B73395" w:rsidRPr="006427BB" w:rsidRDefault="00B73395" w:rsidP="003B2196">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00FC236C">
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006427BB">
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Transition Date for the Next MedDRA Version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AA952B" w14:textId="77777777" w:rsidR="00CE3216" w:rsidRDefault="006A7A4D" w:rsidP="006A7A4D">
+      <w:r>
+        <w:t>*   Require</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3216">
+        <w:t>s user ID and password to access</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2229851D" w14:textId="77777777" w:rsidR="00CE3216" w:rsidRDefault="00CE3216" w:rsidP="00CE3216">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE471FE" w14:textId="77777777" w:rsidR="006E4115" w:rsidRPr="00CE3216" w:rsidRDefault="006A7A4D" w:rsidP="00CE3216">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="_Toc489975551"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Medication errors are defined as any preventable event that may cause or lead to inappropriate medication use or patient harm while the medication is in the control of the health care professional, patient or consumer.  Such events may be related to professional practice, health care products, procedures and systems, including prescribing, order communication, product labeling, packaging and nomenclature, compounding, dispensing, distribution, administration, education, monitoring and use. </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Membership of the ICH Points to Consider Working Group</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="180"/>
+    </w:p>
+    <w:p w14:paraId="2FF5E98D" w14:textId="77777777" w:rsidR="004409EE" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="_Toc489975552"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056D9D">
+        <w:t>urrent</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> members of the ICH Points to Consider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900723">
+        <w:t xml:space="preserve"> Working Grou</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2F10">
+        <w:t>p</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="181"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E82D71" w:rsidRPr="00A66064" w14:paraId="22FC0278" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="080D9C9E" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Affiliation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3E1D70" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="2C04DE1F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F77296" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Commission of the European Communities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F3B8CA" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maria Luisa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Casini</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="3288A3CA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CA22B4" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A22C41" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kavita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Chadda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="4DA30911" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F003E9F" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="076F231F" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victoria </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Newbould</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="6DE7503F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="029FC2D9" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>European Federation of Pharmaceutical Industries and Associations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4602A100" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anne </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A466F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gyllensvärd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="7AF73042" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="466"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFE6A29" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043B88AE" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Christina Winter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="59D0193D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="780344E4" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health Canada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3076D4D7" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dwana Pritchett</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="27F68240" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6530E6" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0811A513" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lynn Macdonald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="6944D3AC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EF9B81" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="182" w:name="OLE_LINK22"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Japanese Maintenance Organization</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="182"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="212D7DEE" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yutaka Nagao</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="086DE0C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="132"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107960E1" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8640BA" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kazuyuki </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sekiguchi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="2BA50FF1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="132"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A544D5D" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F28CF4A" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mitsuru Takano</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="6B17C0C1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="132"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76616405" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1146FAFF" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tomoko Narita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="2CFCFCBD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="094AAE31" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Japan Pharmaceutical Manufacturers Association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11094DDE" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tanaka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="101380A9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078B641" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F49C0E" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hitomi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Takeshita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="7ED96A90" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="573B7B84" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFE6E47" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Miyako Shionoiri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="0A3A052E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DA0F2B" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MedDRA MSSO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4984E460" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Judy Harrison</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="454B4806" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE56211" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F01465" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00686ABC" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>David Richardson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="433D7C93" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7416E638" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministry of Health, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Labour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Welfare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>/Pharmaceuticals and Medical Devices Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8ADC98" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miki </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ohta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="5E5CC848" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E0E693" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FA60B4" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Takayuki Okubo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="3667DCBB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287C6BC4" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483F1079" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Akina Takami</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C222A" w14:paraId="6FEE6468" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498BC58E" w14:textId="77777777" w:rsidR="008C222A" w:rsidRPr="009C0AED" w:rsidRDefault="008C222A" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1226A757" w14:textId="77777777" w:rsidR="008C222A" w:rsidRPr="009C0AED" w:rsidRDefault="008C222A" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yuka Tamura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="6ADC31F1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="278EE5A4" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="300C81CC" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kiyomi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ueno</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="154031F8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="628"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C74EBA8" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pharmaceutical Research and Manufacturers of America</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C813E4F" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Milbhor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D’Silva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="0D98FFEE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="376"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC9C5B1" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>US Food and Drug Administration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B205E6" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="183" w:name="OLE_LINK12"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Brajovic</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="183"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="6528B24C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="419F09DA" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D49D979" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="184" w:name="OLE_LINK8"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Christopher </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Breder</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="184"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="1CE92D10" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="654D086A" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ministry of Food and Drug Safety, Republic of Korea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5748BF8B" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Raeseok Jung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="1273AD4E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38727210" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="198EB2F2" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00E82D71">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sang-Woo Lim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82D71" w14:paraId="4A5752CB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACC566F" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>World Health Organization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1CDD02" w14:textId="77777777" w:rsidR="00E82D71" w:rsidRPr="009C0AED" w:rsidRDefault="00E82D71" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0AED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daisuke Tanaka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13101103" w14:textId="77777777" w:rsidR="00C01EE3" w:rsidRPr="00E82D71" w:rsidRDefault="00C01EE3" w:rsidP="004A0969">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:ins w:id="381" w:author="Author"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A695CB4" w14:textId="77777777" w:rsidR="00314126" w:rsidRPr="00E82D71" w:rsidRDefault="006A7A4D" w:rsidP="004A0969">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82D71">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*   Current Rapporteur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F6AD61" w14:textId="3EA19EB9" w:rsidR="00092BF9" w:rsidRPr="004E6F39" w:rsidRDefault="002F25B0" w:rsidP="004A0969">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82D71">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="009908AA" w:rsidRPr="00E82D71">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Regulatory Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="00092BF9">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72665E2B" w14:textId="77777777" w:rsidR="004409EE" w:rsidRDefault="006A7A4D" w:rsidP="007C2644">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="_Toc489975553"/>
+      <w:r>
+        <w:t>Former members of the ICH Points to Consider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E81BE1">
+        <w:t xml:space="preserve"> Working Group</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="185"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4428"/>
+        <w:gridCol w:w="4428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="423D741F" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C378218" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Affiliation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="5886B0E7" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="578583D8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9C99CF" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Commission of the European Communities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C57E27" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dolores Montero; Carmen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kreft-Jais</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Morell David; Sarah Vaughan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="136552D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381FE20A" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>European Federation of Pharmaceutical Industries and Associations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2F7B0A" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Barry Hammond</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Reinhard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Fescharek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A900D91" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Hilary Vass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="59AD1D93" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="623"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127A972" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Health Canada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="599C3BC0" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alison Bennett; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Valérie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bergeron; Heather Morrison; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Polina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ostrovsky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Michelle Séguin; Stephanie Silva; Heather Sutcliffe; Bill Wilson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="78082519" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="548"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61546EA9" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Japanese Maintenance Organization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F263690" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Osamu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Handa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Akemi Ishikawa; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Yasuo Sakurai; Yuki Tada; Reiji Tezuka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="1A4023D5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B843AC6" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Japan Pharmaceutical Manufacturers Association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACFA029" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Takayoshi Ichikawa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Akemi Ishikawa; Satoru Mori; Yasuo Sakurai; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Kunikazu Yokoi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="76AA030F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AB5B2D" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>MedDRA MSSO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD59B0D" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JoAnn </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medbery</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Patricia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mozzicato</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="4E40B30E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73443F45" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministry of Health, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Labour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Welfare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>/Pharmaceuticals and Medical Devices Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3C3EC4" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00686ABC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yuhei Fukuta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tamaki Fushimi; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Wakako</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Horiki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Sonoko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ishihara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Makiko Isozaki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Kazuhiro </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kemmotsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Tatsuo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kishi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Chie Kojima; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>Emiko Kondo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Hideyuki Kondou;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kemji Kuramochi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>Tetsuya Kusakabe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>Kaori Nomura</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Izumi Oba; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Shinichi Okamura</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Yoshihiko Sano;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nogusa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Takahara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>; Kenichi Tamiya</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Daisuke Tanaka;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Shinichi Watanabe;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Takashi Yasukawa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Go Yamamoto;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manabu Yamamoto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Nobuhiro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Yamamoto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daisuke Inoue; </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="186" w:name="OLE_LINK14"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Daisuke Sato</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="186"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yasuko </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Inokuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="5D106E5F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="902"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2321EF5D" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Pharmaceutical Research and Manufacturers of America</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E87D01" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">David Goldsmith; Sidney Kahn; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anna-Lisa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kleckner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; Susan M. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Lorenski</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; JoAnn </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medbery</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Margaret M. Westland</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686ABC" w:rsidRPr="008F2D82" w14:paraId="031D879C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6718A3" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>US Food and Drug Administration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4428" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40291528" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="00862F33">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miles Braun; Andrea </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Feight</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="187" w:name="OLE_LINK23"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>John (Jake) Kelsey</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="187"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Brad </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Leissa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Toni Piazza-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C05621">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Hepp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1EE82A9D" w14:textId="77777777" w:rsidR="00686ABC" w:rsidRPr="00C05621" w:rsidRDefault="00686ABC" w:rsidP="007C2644">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB792B1" w14:textId="77777777" w:rsidR="006A7A4D" w:rsidRPr="00C05621" w:rsidRDefault="005B5636" w:rsidP="007C2644">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00C05621">
         <w:rPr>
-          <w:ins w:id="382" w:author="Author"/>
+          <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>†</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05621">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...21473 lines deleted...]
-    <w:sectPr w:rsidR="00F16BF5" w:rsidRPr="00FC236C" w:rsidSect="006A3B95">
+        <w:t xml:space="preserve">   Former Rapporteur</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006A7A4D" w:rsidRPr="00C05621" w:rsidSect="006A3B95">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1000" w:right="1800" w:bottom="1000" w:left="1800" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w15:commentEx w15:paraId="01F059DD" w15:done="0"/>
+  <w15:commentEx w15:paraId="7CB4190C" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69CAEB2C" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5">
+    <w:p w14:paraId="6CA3E77E" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD" w:rsidP="006A7A4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28ACD972" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5"/>
+    <w:p w14:paraId="66F4AC9B" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53E6C223" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5">
+    <w:p w14:paraId="21143E45" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD" w:rsidP="006A7A4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B29A0C" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FAFD16E" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63"/>
+    <w:p w14:paraId="20A59EC8" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marlett">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正舒体">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman (Body CS)">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Comic Sans MS">
+    <w:panose1 w:val="030F0702030302020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
+  <w:font w:name="TimesNewRomanPS-BoldMT">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="5873CDAD" w14:textId="77777777" w:rsidR="00D018E4" w:rsidRPr="001D68EE" w:rsidRDefault="00D018E4" w:rsidP="00186A31">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="2D93E8E3" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="01124BD1" w14:textId="77777777" w:rsidR="00862F33" w:rsidRPr="001D68EE" w:rsidRDefault="00862F33" w:rsidP="003A68E5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6DA6420B" w14:textId="77777777" w:rsidR="00D018E4" w:rsidRDefault="00D018E4" w:rsidP="00186A31">
+  <w:p w14:paraId="35F347A0" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33" w:rsidP="003A68E5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="305CF58E" w14:textId="64633676" w:rsidR="00D018E4" w:rsidRPr="000F54EB" w:rsidRDefault="00D018E4" w:rsidP="000F54EB">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="79EE0DEC" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="5848648D" w14:textId="77777777" w:rsidR="00862F33" w:rsidRPr="001D68EE" w:rsidRDefault="00862F33" w:rsidP="003A68E5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004A3DDB">
-[...6 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="004A3DDB">
-[...7 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D65E9B" w:rsidRPr="00D65E9B">
+    <w:r w:rsidR="00B01C06" w:rsidRPr="00B01C06">
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>i</w:t>
+      <w:t>v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="79450D5E" w14:textId="77777777" w:rsidR="00D018E4" w:rsidRDefault="00D018E4" w:rsidP="000F54EB">
+  <w:p w14:paraId="6C465AF9" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33" w:rsidP="003A68E5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79DB7305" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5">
+    <w:p w14:paraId="57F0EE61" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD" w:rsidP="006A7A4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D891CE" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5"/>
+    <w:p w14:paraId="50F5EB36" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3ADEB100" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5">
+    <w:p w14:paraId="009BDB1F" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD" w:rsidP="006A7A4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C392DBC" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63" w:rsidP="009B00C5"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F17D49F" w14:textId="77777777" w:rsidR="00C86F63" w:rsidRDefault="00C86F63"/>
+    <w:p w14:paraId="7631EA0F" w14:textId="77777777" w:rsidR="00C92DCD" w:rsidRDefault="00C92DCD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="1CF5ED6B" w14:textId="77777777" w:rsidR="00D018E4" w:rsidRDefault="00D018E4" w:rsidP="000F54EB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="7076816D" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="583E19B4" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33" w:rsidP="00C040C5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="5D022182" w14:textId="77777777" w:rsidR="00862F33" w:rsidRDefault="00862F33">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B065AEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Section %1 –"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2 –"/>
@@ -34263,51 +42487,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03BB48A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="711EFAC4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -34379,441 +42603,209 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-      <w:lvlText w:val="Article %1."/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="058F7A68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F668979C"/>
+    <w:lvl w:ilvl="0" w:tplc="338009B6">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...86 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...111 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="09FE01E4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E87A2568"/>
+    <w:tmpl w:val="411C4E76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="SECTION %1 –"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="702" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...27 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading7"/>
@@ -34822,51 +42814,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0B3D453B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F4CEC22"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
@@ -34935,1294 +42927,503 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11506E69"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="19B30AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1476340A"/>
+    <w:tmpl w:val="A4DE63DE"/>
+    <w:lvl w:ilvl="0" w:tplc="995AA7EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1DB55111"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6B6C108"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16892D19"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1FBD58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABD24012"/>
-    <w:lvl w:ilvl="0" w:tplc="04090003">
+    <w:tmpl w:val="FC40E4E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18FB0D2A"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="27C914F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="864ED02E"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="DC6A5C54"/>
+    <w:lvl w:ilvl="0" w:tplc="742AE262">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...197 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...704 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="2E0772FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F5083D4"/>
     <w:lvl w:ilvl="0" w:tplc="7AB28114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -36267,51 +43468,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="336D1EE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F6456C8"/>
     <w:lvl w:ilvl="0" w:tplc="87D21620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-level3"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B29EC620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-level3"/>
       <w:lvlText w:val="o"/>
@@ -36411,670 +43612,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...618 lines deleted...]
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="47F36A19"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CF36E14C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="SECTION %1 –"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -37119,164 +43701,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="4BCF090D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41828C26"/>
     <w:lvl w:ilvl="0" w:tplc="88BAEEFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-level2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Marlett" w:hAnsi="Marlett" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AC68B38C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-level2"/>
       <w:lvlText w:val=""/>
@@ -37376,622 +43845,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-    <w:nsid w:val="4F831FC6"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="603A625E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="46F239A8"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="05085054"/>
+    <w:tmpl w:val="F75ABD2E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...224 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Consolas" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="637F402A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="369EA612"/>
     <w:lvl w:ilvl="0" w:tplc="AD2E3DDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.1.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -38036,390 +44047,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-[...338 lines deleted...]
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="67E17B81"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="301061AE"/>
     <w:styleLink w:val="Bulleted-level1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -38517,51 +44189,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="68A728AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F432B666"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -38630,51 +44302,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="6C072534"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E29C3E56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-level1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -38772,390 +44444,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
-[...338 lines deleted...]
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="72BB5263"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="790A0A6A"/>
     <w:styleLink w:val="Bullet-level4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39253,277 +44586,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7EA555D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B08682BE"/>
     <w:lvl w:ilvl="0" w:tplc="96A48400">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="1.%1 –"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -39569,293 +44676,90 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="22"/>
-[...88 lines deleted...]
-  <w:num w:numId="44">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="SECTION %1 –"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="default"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
@@ -39970,2273 +44874,1637 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="45">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="46">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="47">
-    <w:abstractNumId w:val="48"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="48">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="49">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="50">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="133"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:bordersDoNotSurroundHeader/>
-[...5 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E01CF"/>
     <w:rsid w:val="000016B8"/>
     <w:rsid w:val="00003B56"/>
-    <w:rsid w:val="00005B39"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00006A8E"/>
     <w:rsid w:val="00006D8D"/>
     <w:rsid w:val="00007C33"/>
     <w:rsid w:val="000107D8"/>
-    <w:rsid w:val="000110CA"/>
     <w:rsid w:val="00011616"/>
     <w:rsid w:val="000124FE"/>
     <w:rsid w:val="0001603E"/>
     <w:rsid w:val="00025709"/>
     <w:rsid w:val="000307FF"/>
     <w:rsid w:val="00030A70"/>
     <w:rsid w:val="000312D1"/>
     <w:rsid w:val="00031E1F"/>
     <w:rsid w:val="00033293"/>
-    <w:rsid w:val="0003379F"/>
     <w:rsid w:val="00036942"/>
     <w:rsid w:val="00036B90"/>
     <w:rsid w:val="00036C95"/>
     <w:rsid w:val="00041039"/>
-    <w:rsid w:val="000431E0"/>
     <w:rsid w:val="000461F3"/>
     <w:rsid w:val="00055521"/>
-    <w:rsid w:val="00055C8F"/>
     <w:rsid w:val="0005679D"/>
-    <w:rsid w:val="00056FA2"/>
     <w:rsid w:val="00067376"/>
     <w:rsid w:val="000716C7"/>
-    <w:rsid w:val="000718BF"/>
     <w:rsid w:val="0007523D"/>
     <w:rsid w:val="00081F34"/>
     <w:rsid w:val="00086351"/>
-    <w:rsid w:val="00087FA7"/>
     <w:rsid w:val="00090379"/>
     <w:rsid w:val="00091366"/>
     <w:rsid w:val="00092752"/>
     <w:rsid w:val="00092BF9"/>
     <w:rsid w:val="000947EB"/>
     <w:rsid w:val="00095B10"/>
     <w:rsid w:val="000974AD"/>
-    <w:rsid w:val="00097F99"/>
     <w:rsid w:val="000A42E0"/>
     <w:rsid w:val="000A4F3D"/>
     <w:rsid w:val="000A6D8E"/>
     <w:rsid w:val="000A7056"/>
     <w:rsid w:val="000A75E8"/>
     <w:rsid w:val="000B0C45"/>
     <w:rsid w:val="000B0CE0"/>
     <w:rsid w:val="000B26C9"/>
     <w:rsid w:val="000B3DD4"/>
     <w:rsid w:val="000B5F29"/>
     <w:rsid w:val="000C181E"/>
     <w:rsid w:val="000C4450"/>
     <w:rsid w:val="000C7E11"/>
-    <w:rsid w:val="000D0537"/>
     <w:rsid w:val="000D2538"/>
     <w:rsid w:val="000D2F0F"/>
     <w:rsid w:val="000D49C0"/>
-    <w:rsid w:val="000E1DDA"/>
     <w:rsid w:val="000E35B5"/>
-    <w:rsid w:val="000E38DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000E727F"/>
     <w:rsid w:val="000F1356"/>
-    <w:rsid w:val="000F54EB"/>
     <w:rsid w:val="0010148C"/>
     <w:rsid w:val="00101880"/>
     <w:rsid w:val="00104D29"/>
     <w:rsid w:val="0010705C"/>
     <w:rsid w:val="00107993"/>
     <w:rsid w:val="00110D87"/>
     <w:rsid w:val="00110F69"/>
     <w:rsid w:val="00111C7D"/>
     <w:rsid w:val="0011205D"/>
-    <w:rsid w:val="00113EE7"/>
     <w:rsid w:val="00114CD5"/>
     <w:rsid w:val="00117377"/>
     <w:rsid w:val="00117BCA"/>
     <w:rsid w:val="0012018D"/>
     <w:rsid w:val="00120E0D"/>
     <w:rsid w:val="00120E4E"/>
     <w:rsid w:val="0012223B"/>
     <w:rsid w:val="001251C8"/>
-    <w:rsid w:val="001263FE"/>
     <w:rsid w:val="00127A3B"/>
     <w:rsid w:val="00131764"/>
     <w:rsid w:val="001323E8"/>
-    <w:rsid w:val="00132C4E"/>
     <w:rsid w:val="00133427"/>
     <w:rsid w:val="00136F6F"/>
     <w:rsid w:val="00140B8A"/>
     <w:rsid w:val="00142D01"/>
     <w:rsid w:val="001440C6"/>
     <w:rsid w:val="00144726"/>
     <w:rsid w:val="001477EE"/>
     <w:rsid w:val="00151450"/>
     <w:rsid w:val="001545CB"/>
-    <w:rsid w:val="00154F6E"/>
     <w:rsid w:val="00156064"/>
     <w:rsid w:val="00157D15"/>
     <w:rsid w:val="00162581"/>
     <w:rsid w:val="0016560E"/>
     <w:rsid w:val="00166720"/>
     <w:rsid w:val="00172AE9"/>
     <w:rsid w:val="00173862"/>
-    <w:rsid w:val="00175488"/>
-    <w:rsid w:val="00175AD1"/>
     <w:rsid w:val="0017659F"/>
-    <w:rsid w:val="0018431D"/>
     <w:rsid w:val="00185269"/>
     <w:rsid w:val="0018566D"/>
-    <w:rsid w:val="00186A31"/>
     <w:rsid w:val="001877EF"/>
     <w:rsid w:val="001906BF"/>
     <w:rsid w:val="001908D4"/>
     <w:rsid w:val="00190C08"/>
     <w:rsid w:val="00191E5C"/>
     <w:rsid w:val="00192823"/>
     <w:rsid w:val="00192892"/>
     <w:rsid w:val="001955BC"/>
     <w:rsid w:val="0019765F"/>
-    <w:rsid w:val="001A36EF"/>
     <w:rsid w:val="001A3960"/>
-    <w:rsid w:val="001A3BD1"/>
-    <w:rsid w:val="001A3F32"/>
     <w:rsid w:val="001A423D"/>
     <w:rsid w:val="001A5B0F"/>
-    <w:rsid w:val="001A5F6E"/>
     <w:rsid w:val="001A619A"/>
     <w:rsid w:val="001A7767"/>
     <w:rsid w:val="001B00CB"/>
     <w:rsid w:val="001B1012"/>
-    <w:rsid w:val="001B181F"/>
     <w:rsid w:val="001B3F19"/>
     <w:rsid w:val="001B5A38"/>
     <w:rsid w:val="001B5BFA"/>
     <w:rsid w:val="001B662A"/>
     <w:rsid w:val="001B74F8"/>
     <w:rsid w:val="001C2073"/>
     <w:rsid w:val="001C3351"/>
     <w:rsid w:val="001D09EA"/>
     <w:rsid w:val="001D167B"/>
     <w:rsid w:val="001D31BE"/>
-    <w:rsid w:val="001D558C"/>
     <w:rsid w:val="001D6055"/>
     <w:rsid w:val="001D68EE"/>
     <w:rsid w:val="001D6A71"/>
     <w:rsid w:val="001D6F6A"/>
     <w:rsid w:val="001D7262"/>
     <w:rsid w:val="001D78C8"/>
     <w:rsid w:val="001E0021"/>
     <w:rsid w:val="001E0CFB"/>
-    <w:rsid w:val="001E3320"/>
     <w:rsid w:val="001E6A69"/>
     <w:rsid w:val="001F05E2"/>
     <w:rsid w:val="00201A01"/>
     <w:rsid w:val="002068BB"/>
     <w:rsid w:val="00206B72"/>
     <w:rsid w:val="00207258"/>
     <w:rsid w:val="002106DE"/>
     <w:rsid w:val="002111BD"/>
     <w:rsid w:val="0021145D"/>
     <w:rsid w:val="00212F95"/>
     <w:rsid w:val="00216F51"/>
     <w:rsid w:val="00221BE5"/>
     <w:rsid w:val="00222E22"/>
     <w:rsid w:val="002236F0"/>
     <w:rsid w:val="00223A07"/>
     <w:rsid w:val="00226533"/>
     <w:rsid w:val="0022691A"/>
     <w:rsid w:val="00226CDB"/>
     <w:rsid w:val="002304DD"/>
     <w:rsid w:val="00233109"/>
     <w:rsid w:val="002362F3"/>
-    <w:rsid w:val="0023664A"/>
     <w:rsid w:val="00236E4A"/>
     <w:rsid w:val="00237047"/>
     <w:rsid w:val="00237E18"/>
-    <w:rsid w:val="00240AA0"/>
     <w:rsid w:val="00241884"/>
     <w:rsid w:val="0024208F"/>
     <w:rsid w:val="0024399F"/>
-    <w:rsid w:val="00243A78"/>
     <w:rsid w:val="00251D20"/>
     <w:rsid w:val="00252289"/>
-    <w:rsid w:val="00252F64"/>
     <w:rsid w:val="002549BA"/>
     <w:rsid w:val="00255922"/>
     <w:rsid w:val="00260668"/>
     <w:rsid w:val="002618D5"/>
     <w:rsid w:val="0026333C"/>
     <w:rsid w:val="002642D1"/>
     <w:rsid w:val="00264EA3"/>
     <w:rsid w:val="002650D0"/>
     <w:rsid w:val="00265978"/>
     <w:rsid w:val="00267E43"/>
     <w:rsid w:val="00271413"/>
     <w:rsid w:val="00276E22"/>
-    <w:rsid w:val="00277421"/>
     <w:rsid w:val="00280539"/>
     <w:rsid w:val="00281914"/>
     <w:rsid w:val="00283943"/>
     <w:rsid w:val="0028422F"/>
-    <w:rsid w:val="00285886"/>
-    <w:rsid w:val="00285AB2"/>
     <w:rsid w:val="00285EDE"/>
     <w:rsid w:val="002911F9"/>
-    <w:rsid w:val="00291954"/>
     <w:rsid w:val="00291BC5"/>
     <w:rsid w:val="00293923"/>
-    <w:rsid w:val="002969D9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002A0323"/>
     <w:rsid w:val="002A0D7F"/>
     <w:rsid w:val="002A204B"/>
     <w:rsid w:val="002A5318"/>
     <w:rsid w:val="002A5998"/>
-    <w:rsid w:val="002A5A34"/>
     <w:rsid w:val="002A648E"/>
     <w:rsid w:val="002A6A94"/>
     <w:rsid w:val="002A6B5E"/>
     <w:rsid w:val="002A7145"/>
     <w:rsid w:val="002A7380"/>
     <w:rsid w:val="002A74C7"/>
     <w:rsid w:val="002B0774"/>
     <w:rsid w:val="002B5321"/>
     <w:rsid w:val="002B7626"/>
     <w:rsid w:val="002C0007"/>
     <w:rsid w:val="002C0F04"/>
     <w:rsid w:val="002C1A82"/>
     <w:rsid w:val="002C2998"/>
     <w:rsid w:val="002C42E9"/>
     <w:rsid w:val="002C43C9"/>
     <w:rsid w:val="002C4EE2"/>
     <w:rsid w:val="002D5A18"/>
     <w:rsid w:val="002D7173"/>
     <w:rsid w:val="002D793C"/>
     <w:rsid w:val="002E0C5A"/>
     <w:rsid w:val="002E28A8"/>
     <w:rsid w:val="002E37A8"/>
     <w:rsid w:val="002F18A7"/>
     <w:rsid w:val="002F25B0"/>
     <w:rsid w:val="002F34BB"/>
     <w:rsid w:val="002F44FE"/>
     <w:rsid w:val="0030359B"/>
     <w:rsid w:val="00306BCB"/>
-    <w:rsid w:val="00307104"/>
     <w:rsid w:val="00307DD0"/>
     <w:rsid w:val="00310311"/>
-    <w:rsid w:val="00312DBA"/>
     <w:rsid w:val="003138CD"/>
     <w:rsid w:val="00313A73"/>
     <w:rsid w:val="00314126"/>
     <w:rsid w:val="00315275"/>
-    <w:rsid w:val="00315E5B"/>
     <w:rsid w:val="00315F8A"/>
-    <w:rsid w:val="00316050"/>
     <w:rsid w:val="00320EEA"/>
-    <w:rsid w:val="00321219"/>
     <w:rsid w:val="00322561"/>
-    <w:rsid w:val="003259FF"/>
     <w:rsid w:val="00326725"/>
     <w:rsid w:val="003268C5"/>
     <w:rsid w:val="00330786"/>
     <w:rsid w:val="003318E0"/>
     <w:rsid w:val="003324A2"/>
-    <w:rsid w:val="00335A2E"/>
-    <w:rsid w:val="00336A46"/>
     <w:rsid w:val="003372AF"/>
     <w:rsid w:val="00340B37"/>
     <w:rsid w:val="00341590"/>
     <w:rsid w:val="003453E3"/>
     <w:rsid w:val="0034601E"/>
     <w:rsid w:val="00350807"/>
-    <w:rsid w:val="00351931"/>
     <w:rsid w:val="0035524D"/>
     <w:rsid w:val="0035559F"/>
     <w:rsid w:val="0035743D"/>
     <w:rsid w:val="003617F4"/>
     <w:rsid w:val="003628DF"/>
     <w:rsid w:val="0036315D"/>
-    <w:rsid w:val="0036525E"/>
     <w:rsid w:val="00366115"/>
     <w:rsid w:val="00372715"/>
-    <w:rsid w:val="00373EFF"/>
     <w:rsid w:val="003740B4"/>
     <w:rsid w:val="003753EB"/>
     <w:rsid w:val="00375E04"/>
     <w:rsid w:val="00377594"/>
     <w:rsid w:val="0038207A"/>
     <w:rsid w:val="00385BC3"/>
     <w:rsid w:val="003866D3"/>
     <w:rsid w:val="0038683F"/>
-    <w:rsid w:val="003868B3"/>
     <w:rsid w:val="00386BA6"/>
     <w:rsid w:val="00387462"/>
     <w:rsid w:val="0038786D"/>
-    <w:rsid w:val="00387B16"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00391E61"/>
     <w:rsid w:val="00392191"/>
     <w:rsid w:val="003926E2"/>
     <w:rsid w:val="00392DF8"/>
     <w:rsid w:val="00392F5C"/>
     <w:rsid w:val="0039734A"/>
     <w:rsid w:val="00397608"/>
     <w:rsid w:val="003A01EB"/>
     <w:rsid w:val="003A0436"/>
     <w:rsid w:val="003A080C"/>
-    <w:rsid w:val="003A1302"/>
     <w:rsid w:val="003A57EE"/>
     <w:rsid w:val="003A68E5"/>
     <w:rsid w:val="003A7ADA"/>
     <w:rsid w:val="003A7F3A"/>
     <w:rsid w:val="003A7F57"/>
-    <w:rsid w:val="003B10FF"/>
     <w:rsid w:val="003B2196"/>
     <w:rsid w:val="003B3B03"/>
     <w:rsid w:val="003B5341"/>
     <w:rsid w:val="003B5353"/>
     <w:rsid w:val="003B5725"/>
-    <w:rsid w:val="003C05E9"/>
     <w:rsid w:val="003C3043"/>
     <w:rsid w:val="003C46E5"/>
-    <w:rsid w:val="003C4F31"/>
     <w:rsid w:val="003C6F91"/>
-    <w:rsid w:val="003D018D"/>
     <w:rsid w:val="003D1EDC"/>
     <w:rsid w:val="003D42D2"/>
     <w:rsid w:val="003D46A0"/>
     <w:rsid w:val="003D5588"/>
     <w:rsid w:val="003D5CB4"/>
     <w:rsid w:val="003E118C"/>
     <w:rsid w:val="003E39B2"/>
     <w:rsid w:val="003E3BE4"/>
     <w:rsid w:val="003E4EFB"/>
-    <w:rsid w:val="003E5F1D"/>
     <w:rsid w:val="003E7C4D"/>
     <w:rsid w:val="003F12FB"/>
     <w:rsid w:val="003F15F5"/>
     <w:rsid w:val="003F69C7"/>
-    <w:rsid w:val="0040061E"/>
     <w:rsid w:val="00400841"/>
     <w:rsid w:val="00406C90"/>
     <w:rsid w:val="004133B2"/>
-    <w:rsid w:val="00414BC9"/>
     <w:rsid w:val="00415033"/>
     <w:rsid w:val="00416396"/>
-    <w:rsid w:val="004178FE"/>
     <w:rsid w:val="0042004A"/>
     <w:rsid w:val="00426BE7"/>
-    <w:rsid w:val="00427B5D"/>
     <w:rsid w:val="00427C00"/>
-    <w:rsid w:val="0043169C"/>
     <w:rsid w:val="00432E2E"/>
-    <w:rsid w:val="0043645F"/>
     <w:rsid w:val="004409EE"/>
     <w:rsid w:val="0044393F"/>
     <w:rsid w:val="004439DC"/>
     <w:rsid w:val="004459C9"/>
     <w:rsid w:val="00447828"/>
     <w:rsid w:val="00453936"/>
-    <w:rsid w:val="00453CC7"/>
     <w:rsid w:val="00455929"/>
     <w:rsid w:val="00455A6D"/>
     <w:rsid w:val="00456301"/>
     <w:rsid w:val="004646E9"/>
     <w:rsid w:val="00465BC2"/>
     <w:rsid w:val="004722FA"/>
-    <w:rsid w:val="00472F30"/>
     <w:rsid w:val="004751A1"/>
-    <w:rsid w:val="00476854"/>
-    <w:rsid w:val="0048013F"/>
     <w:rsid w:val="00480584"/>
     <w:rsid w:val="00480F0E"/>
     <w:rsid w:val="00483528"/>
     <w:rsid w:val="00483D10"/>
     <w:rsid w:val="00484173"/>
-    <w:rsid w:val="00484D0A"/>
     <w:rsid w:val="00492ADA"/>
     <w:rsid w:val="00492FB0"/>
     <w:rsid w:val="00493D2D"/>
     <w:rsid w:val="00493FC3"/>
-    <w:rsid w:val="00494A4D"/>
     <w:rsid w:val="00496160"/>
     <w:rsid w:val="00496305"/>
     <w:rsid w:val="00496371"/>
     <w:rsid w:val="004A0969"/>
-    <w:rsid w:val="004A0EE7"/>
-    <w:rsid w:val="004A120A"/>
     <w:rsid w:val="004A246B"/>
     <w:rsid w:val="004A3BC0"/>
-    <w:rsid w:val="004A3DDB"/>
     <w:rsid w:val="004A5DBE"/>
-    <w:rsid w:val="004A7915"/>
     <w:rsid w:val="004B0C2A"/>
     <w:rsid w:val="004B1B22"/>
     <w:rsid w:val="004B2177"/>
-    <w:rsid w:val="004B3164"/>
     <w:rsid w:val="004B4FA5"/>
     <w:rsid w:val="004B54DD"/>
     <w:rsid w:val="004B5F8F"/>
-    <w:rsid w:val="004B7064"/>
-    <w:rsid w:val="004C7AF6"/>
     <w:rsid w:val="004D3344"/>
     <w:rsid w:val="004D4524"/>
-    <w:rsid w:val="004D5F3D"/>
-    <w:rsid w:val="004D64B3"/>
     <w:rsid w:val="004D7250"/>
     <w:rsid w:val="004D73F4"/>
     <w:rsid w:val="004D78E1"/>
-    <w:rsid w:val="004E0993"/>
     <w:rsid w:val="004E5060"/>
     <w:rsid w:val="004E6F39"/>
     <w:rsid w:val="004F032E"/>
     <w:rsid w:val="004F161C"/>
     <w:rsid w:val="004F2176"/>
     <w:rsid w:val="004F3097"/>
     <w:rsid w:val="004F363D"/>
     <w:rsid w:val="004F7847"/>
-    <w:rsid w:val="00501216"/>
     <w:rsid w:val="00510D65"/>
     <w:rsid w:val="0051298A"/>
-    <w:rsid w:val="0051540B"/>
     <w:rsid w:val="005162AD"/>
-    <w:rsid w:val="00516621"/>
     <w:rsid w:val="005209CE"/>
     <w:rsid w:val="00520F97"/>
     <w:rsid w:val="0052322B"/>
     <w:rsid w:val="00523BAD"/>
     <w:rsid w:val="00524D05"/>
     <w:rsid w:val="00525C31"/>
     <w:rsid w:val="00530C74"/>
     <w:rsid w:val="00531932"/>
     <w:rsid w:val="00531F32"/>
     <w:rsid w:val="00532A02"/>
     <w:rsid w:val="00535DAA"/>
     <w:rsid w:val="005430C7"/>
     <w:rsid w:val="0054475B"/>
     <w:rsid w:val="00552FA1"/>
-    <w:rsid w:val="00553961"/>
     <w:rsid w:val="00553F95"/>
     <w:rsid w:val="0055403A"/>
     <w:rsid w:val="005551DC"/>
-    <w:rsid w:val="00555454"/>
     <w:rsid w:val="0055571C"/>
     <w:rsid w:val="00556F9E"/>
     <w:rsid w:val="00557189"/>
     <w:rsid w:val="005618DD"/>
     <w:rsid w:val="00564919"/>
-    <w:rsid w:val="0056631E"/>
     <w:rsid w:val="005677BC"/>
     <w:rsid w:val="0057077B"/>
     <w:rsid w:val="005713F5"/>
     <w:rsid w:val="00572C31"/>
     <w:rsid w:val="00573E96"/>
     <w:rsid w:val="00576981"/>
-    <w:rsid w:val="00576FA6"/>
     <w:rsid w:val="005827B4"/>
     <w:rsid w:val="00583A85"/>
     <w:rsid w:val="005843EA"/>
     <w:rsid w:val="005846A8"/>
     <w:rsid w:val="005846C9"/>
     <w:rsid w:val="005858BD"/>
-    <w:rsid w:val="00586818"/>
     <w:rsid w:val="00587803"/>
-    <w:rsid w:val="00590089"/>
-    <w:rsid w:val="005912EF"/>
     <w:rsid w:val="00594D50"/>
     <w:rsid w:val="005A029A"/>
-    <w:rsid w:val="005A08B0"/>
     <w:rsid w:val="005A1F0A"/>
     <w:rsid w:val="005A3945"/>
-    <w:rsid w:val="005A41F7"/>
-    <w:rsid w:val="005A6DF6"/>
     <w:rsid w:val="005B01D2"/>
     <w:rsid w:val="005B098E"/>
-    <w:rsid w:val="005B2FE2"/>
     <w:rsid w:val="005B5636"/>
     <w:rsid w:val="005B6D3D"/>
     <w:rsid w:val="005B756C"/>
     <w:rsid w:val="005C14F6"/>
     <w:rsid w:val="005C257F"/>
     <w:rsid w:val="005C2F10"/>
     <w:rsid w:val="005C779B"/>
     <w:rsid w:val="005C7EBF"/>
     <w:rsid w:val="005D10AE"/>
-    <w:rsid w:val="005D24AE"/>
     <w:rsid w:val="005D2FB3"/>
     <w:rsid w:val="005D4844"/>
     <w:rsid w:val="005D6649"/>
     <w:rsid w:val="005D7A8A"/>
     <w:rsid w:val="005E19F0"/>
     <w:rsid w:val="005E277C"/>
     <w:rsid w:val="005E2ED6"/>
     <w:rsid w:val="005E7C79"/>
     <w:rsid w:val="005F022A"/>
     <w:rsid w:val="005F3645"/>
     <w:rsid w:val="005F4E04"/>
-    <w:rsid w:val="005F5CE5"/>
     <w:rsid w:val="005F6FB9"/>
     <w:rsid w:val="00600299"/>
     <w:rsid w:val="00600913"/>
     <w:rsid w:val="0060198F"/>
-    <w:rsid w:val="0060345C"/>
     <w:rsid w:val="00604165"/>
     <w:rsid w:val="006059FE"/>
     <w:rsid w:val="00611B29"/>
     <w:rsid w:val="00611BA4"/>
     <w:rsid w:val="00614D1F"/>
     <w:rsid w:val="00616372"/>
     <w:rsid w:val="006172EE"/>
     <w:rsid w:val="006219EF"/>
     <w:rsid w:val="006231A5"/>
     <w:rsid w:val="0062520A"/>
-    <w:rsid w:val="00625AC6"/>
     <w:rsid w:val="0062608F"/>
     <w:rsid w:val="00626E45"/>
-    <w:rsid w:val="00627B6B"/>
-    <w:rsid w:val="00627F54"/>
     <w:rsid w:val="00630DFD"/>
     <w:rsid w:val="00631C05"/>
     <w:rsid w:val="00631CEA"/>
-    <w:rsid w:val="006323F4"/>
     <w:rsid w:val="006348F6"/>
-    <w:rsid w:val="00636B73"/>
-    <w:rsid w:val="00637EFF"/>
     <w:rsid w:val="00641942"/>
-    <w:rsid w:val="00644C60"/>
     <w:rsid w:val="00646964"/>
     <w:rsid w:val="00647AAC"/>
-    <w:rsid w:val="0065199C"/>
     <w:rsid w:val="00651AE6"/>
     <w:rsid w:val="00656843"/>
     <w:rsid w:val="006619D4"/>
     <w:rsid w:val="006621AC"/>
     <w:rsid w:val="0066290A"/>
     <w:rsid w:val="00663FAD"/>
-    <w:rsid w:val="0066452C"/>
     <w:rsid w:val="00670010"/>
     <w:rsid w:val="006701F3"/>
     <w:rsid w:val="006714CE"/>
-    <w:rsid w:val="00671887"/>
-    <w:rsid w:val="006720DD"/>
     <w:rsid w:val="006748C1"/>
-    <w:rsid w:val="006748C6"/>
     <w:rsid w:val="00675E22"/>
     <w:rsid w:val="00675E38"/>
     <w:rsid w:val="006802F5"/>
     <w:rsid w:val="006802F8"/>
     <w:rsid w:val="00681568"/>
-    <w:rsid w:val="0068221E"/>
     <w:rsid w:val="006859C1"/>
     <w:rsid w:val="00686ABC"/>
-    <w:rsid w:val="0069105B"/>
-    <w:rsid w:val="006917C3"/>
     <w:rsid w:val="006941B8"/>
-    <w:rsid w:val="00697338"/>
     <w:rsid w:val="00697634"/>
     <w:rsid w:val="006A0FBE"/>
     <w:rsid w:val="006A2683"/>
     <w:rsid w:val="006A3B95"/>
     <w:rsid w:val="006A7A4D"/>
     <w:rsid w:val="006A7FB0"/>
     <w:rsid w:val="006B0DF7"/>
-    <w:rsid w:val="006B175A"/>
     <w:rsid w:val="006B4E55"/>
     <w:rsid w:val="006C0C3A"/>
     <w:rsid w:val="006C0FBC"/>
     <w:rsid w:val="006C1598"/>
     <w:rsid w:val="006C1D86"/>
     <w:rsid w:val="006C2E68"/>
-    <w:rsid w:val="006C57AE"/>
     <w:rsid w:val="006C5D4A"/>
     <w:rsid w:val="006C627C"/>
     <w:rsid w:val="006D0D01"/>
     <w:rsid w:val="006D2110"/>
     <w:rsid w:val="006D4826"/>
     <w:rsid w:val="006E0F58"/>
-    <w:rsid w:val="006E1B77"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E21E9"/>
     <w:rsid w:val="006E3045"/>
     <w:rsid w:val="006E4115"/>
     <w:rsid w:val="006E6CFA"/>
     <w:rsid w:val="006F28A4"/>
-    <w:rsid w:val="006F3BD6"/>
     <w:rsid w:val="006F4AE2"/>
-    <w:rsid w:val="006F64A1"/>
-    <w:rsid w:val="00700537"/>
     <w:rsid w:val="00701B9D"/>
     <w:rsid w:val="007032D2"/>
     <w:rsid w:val="0070433E"/>
     <w:rsid w:val="00704D1E"/>
     <w:rsid w:val="007053DB"/>
-    <w:rsid w:val="0070660E"/>
     <w:rsid w:val="007078AE"/>
     <w:rsid w:val="00714ADF"/>
     <w:rsid w:val="00715961"/>
     <w:rsid w:val="00722018"/>
     <w:rsid w:val="00724CB4"/>
     <w:rsid w:val="00725EA3"/>
     <w:rsid w:val="00725FB5"/>
     <w:rsid w:val="00731B8E"/>
     <w:rsid w:val="00732EFF"/>
     <w:rsid w:val="00733B73"/>
-    <w:rsid w:val="007347F5"/>
     <w:rsid w:val="007360D1"/>
-    <w:rsid w:val="007363F7"/>
     <w:rsid w:val="007368FB"/>
-    <w:rsid w:val="00737769"/>
-    <w:rsid w:val="00740004"/>
     <w:rsid w:val="00740FA7"/>
-    <w:rsid w:val="00744ABB"/>
     <w:rsid w:val="0074543A"/>
     <w:rsid w:val="00746A44"/>
-    <w:rsid w:val="00747EF7"/>
     <w:rsid w:val="007512CE"/>
     <w:rsid w:val="00751526"/>
-    <w:rsid w:val="00751A61"/>
     <w:rsid w:val="0075723F"/>
     <w:rsid w:val="007579A7"/>
     <w:rsid w:val="00760A52"/>
     <w:rsid w:val="00761461"/>
     <w:rsid w:val="00761D03"/>
     <w:rsid w:val="00762CEE"/>
     <w:rsid w:val="0076366D"/>
-    <w:rsid w:val="007650AC"/>
     <w:rsid w:val="00765AEF"/>
-    <w:rsid w:val="00766942"/>
     <w:rsid w:val="007673D7"/>
-    <w:rsid w:val="007707BE"/>
     <w:rsid w:val="007713A1"/>
     <w:rsid w:val="0077637B"/>
     <w:rsid w:val="007772B1"/>
     <w:rsid w:val="00784C34"/>
-    <w:rsid w:val="00785449"/>
     <w:rsid w:val="00786A7C"/>
-    <w:rsid w:val="00787099"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00790188"/>
     <w:rsid w:val="007908F3"/>
     <w:rsid w:val="007919A9"/>
     <w:rsid w:val="007927B1"/>
     <w:rsid w:val="007938BA"/>
     <w:rsid w:val="00794E52"/>
     <w:rsid w:val="00795A9C"/>
     <w:rsid w:val="00797280"/>
-    <w:rsid w:val="00797873"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007A169F"/>
     <w:rsid w:val="007A205B"/>
     <w:rsid w:val="007A2AB6"/>
     <w:rsid w:val="007A3EA1"/>
-    <w:rsid w:val="007A3F97"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007A693B"/>
     <w:rsid w:val="007B2C98"/>
     <w:rsid w:val="007B4C35"/>
     <w:rsid w:val="007B5BDC"/>
     <w:rsid w:val="007B62FF"/>
-    <w:rsid w:val="007C0AE4"/>
     <w:rsid w:val="007C0F12"/>
     <w:rsid w:val="007C187F"/>
     <w:rsid w:val="007C2644"/>
     <w:rsid w:val="007C4026"/>
     <w:rsid w:val="007C4189"/>
     <w:rsid w:val="007C5422"/>
     <w:rsid w:val="007D11D2"/>
     <w:rsid w:val="007D12F0"/>
-    <w:rsid w:val="007D2539"/>
     <w:rsid w:val="007D37DE"/>
-    <w:rsid w:val="007D3DC0"/>
     <w:rsid w:val="007D57D9"/>
     <w:rsid w:val="007D6EEE"/>
-    <w:rsid w:val="007D7239"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007E5593"/>
     <w:rsid w:val="007E6A2E"/>
     <w:rsid w:val="007F272C"/>
     <w:rsid w:val="007F5032"/>
     <w:rsid w:val="008007DB"/>
     <w:rsid w:val="00800EC9"/>
     <w:rsid w:val="00814EE1"/>
-    <w:rsid w:val="0082051A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008271E1"/>
     <w:rsid w:val="0082724A"/>
-    <w:rsid w:val="0083051F"/>
-    <w:rsid w:val="00830A5A"/>
     <w:rsid w:val="00832EDB"/>
     <w:rsid w:val="008349C6"/>
-    <w:rsid w:val="00842E28"/>
-    <w:rsid w:val="008435AB"/>
     <w:rsid w:val="00843938"/>
-    <w:rsid w:val="00843C46"/>
-    <w:rsid w:val="0084543D"/>
     <w:rsid w:val="0084632A"/>
     <w:rsid w:val="00850A10"/>
     <w:rsid w:val="00853F3C"/>
     <w:rsid w:val="00855031"/>
     <w:rsid w:val="008567AD"/>
-    <w:rsid w:val="008604F6"/>
     <w:rsid w:val="00862F33"/>
     <w:rsid w:val="008637ED"/>
     <w:rsid w:val="00864BE4"/>
     <w:rsid w:val="00873556"/>
     <w:rsid w:val="0087378D"/>
     <w:rsid w:val="00875CA7"/>
     <w:rsid w:val="00881EF8"/>
-    <w:rsid w:val="00882481"/>
-    <w:rsid w:val="008839F3"/>
     <w:rsid w:val="00883AD2"/>
     <w:rsid w:val="008849A6"/>
-    <w:rsid w:val="00884BC8"/>
     <w:rsid w:val="00885769"/>
     <w:rsid w:val="00890E44"/>
     <w:rsid w:val="008919B6"/>
     <w:rsid w:val="00891FCD"/>
     <w:rsid w:val="00894162"/>
     <w:rsid w:val="008A19A1"/>
     <w:rsid w:val="008A3AC1"/>
     <w:rsid w:val="008A6420"/>
     <w:rsid w:val="008B17A1"/>
     <w:rsid w:val="008B20AC"/>
     <w:rsid w:val="008B47C9"/>
-    <w:rsid w:val="008B7235"/>
     <w:rsid w:val="008C0408"/>
     <w:rsid w:val="008C1078"/>
     <w:rsid w:val="008C215D"/>
     <w:rsid w:val="008C222A"/>
     <w:rsid w:val="008C5FED"/>
-    <w:rsid w:val="008C6DC2"/>
     <w:rsid w:val="008C6F3F"/>
     <w:rsid w:val="008C7743"/>
-    <w:rsid w:val="008D3250"/>
     <w:rsid w:val="008D4EA0"/>
-    <w:rsid w:val="008D7006"/>
     <w:rsid w:val="008D71EA"/>
-    <w:rsid w:val="008D77A4"/>
     <w:rsid w:val="008E002D"/>
     <w:rsid w:val="008E014F"/>
     <w:rsid w:val="008E01CF"/>
     <w:rsid w:val="008E0E22"/>
     <w:rsid w:val="008E1510"/>
     <w:rsid w:val="008E34C2"/>
     <w:rsid w:val="008E4BEB"/>
     <w:rsid w:val="008E72DC"/>
-    <w:rsid w:val="008E7342"/>
-    <w:rsid w:val="008E758C"/>
     <w:rsid w:val="008F078B"/>
     <w:rsid w:val="008F2D82"/>
-    <w:rsid w:val="008F3D52"/>
     <w:rsid w:val="008F49F8"/>
     <w:rsid w:val="008F4E90"/>
     <w:rsid w:val="008F5668"/>
     <w:rsid w:val="00904124"/>
     <w:rsid w:val="00904161"/>
     <w:rsid w:val="00907CDC"/>
     <w:rsid w:val="00912124"/>
-    <w:rsid w:val="00912B59"/>
     <w:rsid w:val="00913BFA"/>
     <w:rsid w:val="00915351"/>
     <w:rsid w:val="00916F3F"/>
-    <w:rsid w:val="009171E7"/>
     <w:rsid w:val="00917A31"/>
     <w:rsid w:val="00920203"/>
-    <w:rsid w:val="00921005"/>
-    <w:rsid w:val="00921B3F"/>
     <w:rsid w:val="0092258E"/>
     <w:rsid w:val="009230B1"/>
     <w:rsid w:val="00923C47"/>
     <w:rsid w:val="00924F78"/>
     <w:rsid w:val="009268A3"/>
     <w:rsid w:val="009305D6"/>
     <w:rsid w:val="00930CA1"/>
     <w:rsid w:val="00931534"/>
-    <w:rsid w:val="00935F0D"/>
     <w:rsid w:val="00936AC7"/>
     <w:rsid w:val="009437FE"/>
     <w:rsid w:val="00945BC9"/>
     <w:rsid w:val="00954A9A"/>
     <w:rsid w:val="00961112"/>
     <w:rsid w:val="00961BC7"/>
-    <w:rsid w:val="00962224"/>
     <w:rsid w:val="009660F1"/>
     <w:rsid w:val="00966C52"/>
     <w:rsid w:val="009671E1"/>
-    <w:rsid w:val="009705A8"/>
     <w:rsid w:val="00973D4B"/>
     <w:rsid w:val="009748A9"/>
     <w:rsid w:val="00975326"/>
     <w:rsid w:val="009759F8"/>
     <w:rsid w:val="00975E11"/>
     <w:rsid w:val="00976671"/>
-    <w:rsid w:val="0098196B"/>
-    <w:rsid w:val="00982208"/>
     <w:rsid w:val="00982C43"/>
-    <w:rsid w:val="00984690"/>
     <w:rsid w:val="00985363"/>
     <w:rsid w:val="00986A1C"/>
     <w:rsid w:val="00990684"/>
     <w:rsid w:val="009908AA"/>
     <w:rsid w:val="0099651A"/>
     <w:rsid w:val="009971FA"/>
-    <w:rsid w:val="00997D57"/>
     <w:rsid w:val="009A0E31"/>
     <w:rsid w:val="009A11A5"/>
-    <w:rsid w:val="009A454A"/>
     <w:rsid w:val="009A68DF"/>
     <w:rsid w:val="009A72D7"/>
     <w:rsid w:val="009A7BC6"/>
-    <w:rsid w:val="009B00C5"/>
     <w:rsid w:val="009B194B"/>
     <w:rsid w:val="009B1C5F"/>
     <w:rsid w:val="009B43D7"/>
-    <w:rsid w:val="009B4B5D"/>
     <w:rsid w:val="009B5593"/>
     <w:rsid w:val="009B6A57"/>
-    <w:rsid w:val="009B756C"/>
     <w:rsid w:val="009C0D9E"/>
     <w:rsid w:val="009C180B"/>
-    <w:rsid w:val="009C1A68"/>
     <w:rsid w:val="009C2631"/>
     <w:rsid w:val="009C5318"/>
     <w:rsid w:val="009C5D86"/>
     <w:rsid w:val="009D1351"/>
     <w:rsid w:val="009D4DDD"/>
     <w:rsid w:val="009D59BF"/>
     <w:rsid w:val="009D6355"/>
-    <w:rsid w:val="009D63B3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E4228"/>
     <w:rsid w:val="009F0D03"/>
     <w:rsid w:val="009F4C96"/>
     <w:rsid w:val="009F655B"/>
-    <w:rsid w:val="00A01EBD"/>
     <w:rsid w:val="00A031BD"/>
     <w:rsid w:val="00A0403B"/>
     <w:rsid w:val="00A051CB"/>
     <w:rsid w:val="00A070CA"/>
-    <w:rsid w:val="00A07E06"/>
     <w:rsid w:val="00A07E13"/>
     <w:rsid w:val="00A158E8"/>
     <w:rsid w:val="00A166FD"/>
-    <w:rsid w:val="00A20B42"/>
     <w:rsid w:val="00A20E96"/>
     <w:rsid w:val="00A2239D"/>
-    <w:rsid w:val="00A25213"/>
     <w:rsid w:val="00A32527"/>
     <w:rsid w:val="00A3295A"/>
     <w:rsid w:val="00A32AE1"/>
-    <w:rsid w:val="00A335D3"/>
-    <w:rsid w:val="00A36AC2"/>
     <w:rsid w:val="00A37D93"/>
     <w:rsid w:val="00A43C6A"/>
     <w:rsid w:val="00A46F6E"/>
     <w:rsid w:val="00A475BF"/>
     <w:rsid w:val="00A540AE"/>
     <w:rsid w:val="00A54821"/>
     <w:rsid w:val="00A609A6"/>
     <w:rsid w:val="00A62340"/>
     <w:rsid w:val="00A6493F"/>
-    <w:rsid w:val="00A6596E"/>
     <w:rsid w:val="00A67395"/>
     <w:rsid w:val="00A71632"/>
     <w:rsid w:val="00A72742"/>
     <w:rsid w:val="00A72C84"/>
     <w:rsid w:val="00A73178"/>
     <w:rsid w:val="00A74102"/>
-    <w:rsid w:val="00A7501E"/>
     <w:rsid w:val="00A7762E"/>
     <w:rsid w:val="00A80CED"/>
     <w:rsid w:val="00A858EC"/>
     <w:rsid w:val="00A86853"/>
     <w:rsid w:val="00A868C2"/>
     <w:rsid w:val="00A87081"/>
-    <w:rsid w:val="00A87382"/>
     <w:rsid w:val="00A87AFF"/>
     <w:rsid w:val="00A90BBC"/>
     <w:rsid w:val="00A935A6"/>
     <w:rsid w:val="00A935BA"/>
     <w:rsid w:val="00A96C37"/>
     <w:rsid w:val="00AA0625"/>
-    <w:rsid w:val="00AA1869"/>
     <w:rsid w:val="00AA1E01"/>
     <w:rsid w:val="00AA25A4"/>
     <w:rsid w:val="00AA373B"/>
     <w:rsid w:val="00AA395A"/>
     <w:rsid w:val="00AA40C1"/>
     <w:rsid w:val="00AA4766"/>
     <w:rsid w:val="00AA6130"/>
     <w:rsid w:val="00AA6399"/>
-    <w:rsid w:val="00AA7BB2"/>
     <w:rsid w:val="00AA7C5E"/>
     <w:rsid w:val="00AB1E20"/>
-    <w:rsid w:val="00AB1EBC"/>
     <w:rsid w:val="00AB2880"/>
     <w:rsid w:val="00AB28F3"/>
     <w:rsid w:val="00AB4AE7"/>
     <w:rsid w:val="00AB5661"/>
     <w:rsid w:val="00AB5939"/>
     <w:rsid w:val="00AB6100"/>
-    <w:rsid w:val="00AB7FE1"/>
-    <w:rsid w:val="00AC003E"/>
     <w:rsid w:val="00AC2491"/>
-    <w:rsid w:val="00AC2712"/>
     <w:rsid w:val="00AC33D8"/>
     <w:rsid w:val="00AC36BE"/>
     <w:rsid w:val="00AC5FDC"/>
     <w:rsid w:val="00AC7DD5"/>
     <w:rsid w:val="00AD1F96"/>
     <w:rsid w:val="00AD37B0"/>
     <w:rsid w:val="00AD386A"/>
     <w:rsid w:val="00AD6725"/>
     <w:rsid w:val="00AD6955"/>
     <w:rsid w:val="00AE0AC1"/>
     <w:rsid w:val="00AE1A79"/>
-    <w:rsid w:val="00AE3D39"/>
-    <w:rsid w:val="00AE4E63"/>
     <w:rsid w:val="00AE567F"/>
     <w:rsid w:val="00AE6724"/>
     <w:rsid w:val="00AF378F"/>
     <w:rsid w:val="00AF40E3"/>
     <w:rsid w:val="00AF533D"/>
-    <w:rsid w:val="00AF6B13"/>
-    <w:rsid w:val="00B00169"/>
     <w:rsid w:val="00B00E5D"/>
     <w:rsid w:val="00B0108B"/>
-    <w:rsid w:val="00B010B6"/>
-    <w:rsid w:val="00B010DD"/>
     <w:rsid w:val="00B01C06"/>
     <w:rsid w:val="00B041CE"/>
-    <w:rsid w:val="00B05040"/>
     <w:rsid w:val="00B057B3"/>
     <w:rsid w:val="00B07824"/>
     <w:rsid w:val="00B101D1"/>
-    <w:rsid w:val="00B12567"/>
     <w:rsid w:val="00B13381"/>
     <w:rsid w:val="00B14DF4"/>
     <w:rsid w:val="00B17470"/>
-    <w:rsid w:val="00B208D9"/>
-    <w:rsid w:val="00B2097B"/>
     <w:rsid w:val="00B24C5E"/>
     <w:rsid w:val="00B253CC"/>
     <w:rsid w:val="00B25EA6"/>
     <w:rsid w:val="00B32C7B"/>
-    <w:rsid w:val="00B34848"/>
     <w:rsid w:val="00B34DF8"/>
     <w:rsid w:val="00B37A12"/>
     <w:rsid w:val="00B37EFC"/>
-    <w:rsid w:val="00B416AF"/>
-    <w:rsid w:val="00B46257"/>
     <w:rsid w:val="00B46B4F"/>
     <w:rsid w:val="00B47B4F"/>
     <w:rsid w:val="00B5154B"/>
     <w:rsid w:val="00B524B5"/>
-    <w:rsid w:val="00B52C5B"/>
     <w:rsid w:val="00B5332F"/>
     <w:rsid w:val="00B534F4"/>
     <w:rsid w:val="00B54A3C"/>
     <w:rsid w:val="00B57337"/>
     <w:rsid w:val="00B60123"/>
-    <w:rsid w:val="00B6037F"/>
-    <w:rsid w:val="00B66A5B"/>
     <w:rsid w:val="00B66F92"/>
     <w:rsid w:val="00B6740E"/>
     <w:rsid w:val="00B705D9"/>
     <w:rsid w:val="00B71537"/>
     <w:rsid w:val="00B721EE"/>
     <w:rsid w:val="00B72E37"/>
     <w:rsid w:val="00B72EC4"/>
     <w:rsid w:val="00B73395"/>
     <w:rsid w:val="00B73953"/>
     <w:rsid w:val="00B75B1F"/>
     <w:rsid w:val="00B7620B"/>
     <w:rsid w:val="00B80856"/>
     <w:rsid w:val="00B816DB"/>
     <w:rsid w:val="00B820D1"/>
     <w:rsid w:val="00B849CE"/>
     <w:rsid w:val="00B904F4"/>
-    <w:rsid w:val="00B91CE8"/>
-    <w:rsid w:val="00B94168"/>
     <w:rsid w:val="00B94466"/>
-    <w:rsid w:val="00B95CB3"/>
     <w:rsid w:val="00BA3C11"/>
     <w:rsid w:val="00BB1206"/>
     <w:rsid w:val="00BB2ACC"/>
     <w:rsid w:val="00BB3FA1"/>
     <w:rsid w:val="00BC06C0"/>
     <w:rsid w:val="00BC1EC3"/>
     <w:rsid w:val="00BC294A"/>
     <w:rsid w:val="00BC33E1"/>
     <w:rsid w:val="00BD07AA"/>
-    <w:rsid w:val="00BD0999"/>
     <w:rsid w:val="00BD14C8"/>
-    <w:rsid w:val="00BD21A7"/>
     <w:rsid w:val="00BD21F0"/>
     <w:rsid w:val="00BD79F9"/>
     <w:rsid w:val="00BE0574"/>
     <w:rsid w:val="00BE0B7A"/>
     <w:rsid w:val="00BF0994"/>
     <w:rsid w:val="00BF112B"/>
     <w:rsid w:val="00BF2510"/>
     <w:rsid w:val="00BF35C5"/>
-    <w:rsid w:val="00BF4465"/>
     <w:rsid w:val="00BF46F0"/>
     <w:rsid w:val="00BF5AE4"/>
     <w:rsid w:val="00BF6B51"/>
-    <w:rsid w:val="00BF6DC9"/>
     <w:rsid w:val="00BF7CE6"/>
     <w:rsid w:val="00C01EE3"/>
     <w:rsid w:val="00C040C5"/>
     <w:rsid w:val="00C040E8"/>
     <w:rsid w:val="00C05621"/>
     <w:rsid w:val="00C06FB4"/>
     <w:rsid w:val="00C10D7F"/>
     <w:rsid w:val="00C157EA"/>
-    <w:rsid w:val="00C15E6F"/>
     <w:rsid w:val="00C16869"/>
     <w:rsid w:val="00C17450"/>
     <w:rsid w:val="00C21681"/>
     <w:rsid w:val="00C218A6"/>
     <w:rsid w:val="00C23B6B"/>
     <w:rsid w:val="00C23C94"/>
-    <w:rsid w:val="00C24242"/>
     <w:rsid w:val="00C2444F"/>
-    <w:rsid w:val="00C26CF3"/>
     <w:rsid w:val="00C307BB"/>
     <w:rsid w:val="00C30865"/>
     <w:rsid w:val="00C33524"/>
     <w:rsid w:val="00C338DD"/>
     <w:rsid w:val="00C33944"/>
     <w:rsid w:val="00C34682"/>
-    <w:rsid w:val="00C36733"/>
     <w:rsid w:val="00C404CA"/>
     <w:rsid w:val="00C41480"/>
     <w:rsid w:val="00C421D5"/>
     <w:rsid w:val="00C43830"/>
-    <w:rsid w:val="00C4408A"/>
     <w:rsid w:val="00C4546A"/>
     <w:rsid w:val="00C46B4E"/>
     <w:rsid w:val="00C47536"/>
     <w:rsid w:val="00C510E3"/>
     <w:rsid w:val="00C51E57"/>
     <w:rsid w:val="00C52056"/>
     <w:rsid w:val="00C531BA"/>
-    <w:rsid w:val="00C5372A"/>
-    <w:rsid w:val="00C56FB2"/>
     <w:rsid w:val="00C577CD"/>
     <w:rsid w:val="00C57CD1"/>
     <w:rsid w:val="00C6042A"/>
     <w:rsid w:val="00C606C9"/>
     <w:rsid w:val="00C61DA1"/>
     <w:rsid w:val="00C645E3"/>
     <w:rsid w:val="00C6758F"/>
     <w:rsid w:val="00C71695"/>
     <w:rsid w:val="00C72C59"/>
-    <w:rsid w:val="00C76CCB"/>
     <w:rsid w:val="00C76DC9"/>
     <w:rsid w:val="00C76F54"/>
     <w:rsid w:val="00C80683"/>
     <w:rsid w:val="00C82324"/>
     <w:rsid w:val="00C8257E"/>
     <w:rsid w:val="00C82EC1"/>
-    <w:rsid w:val="00C86999"/>
-    <w:rsid w:val="00C86F63"/>
     <w:rsid w:val="00C90B5E"/>
-    <w:rsid w:val="00C92831"/>
     <w:rsid w:val="00C92DCD"/>
     <w:rsid w:val="00C95F1A"/>
     <w:rsid w:val="00CA2A79"/>
     <w:rsid w:val="00CA2DAF"/>
     <w:rsid w:val="00CA430D"/>
     <w:rsid w:val="00CA4C94"/>
     <w:rsid w:val="00CA5CC5"/>
     <w:rsid w:val="00CA6BFA"/>
     <w:rsid w:val="00CA7151"/>
     <w:rsid w:val="00CA76F6"/>
     <w:rsid w:val="00CB1B7E"/>
     <w:rsid w:val="00CB26B0"/>
     <w:rsid w:val="00CB32AF"/>
     <w:rsid w:val="00CB5DB9"/>
     <w:rsid w:val="00CC1BDD"/>
-    <w:rsid w:val="00CC2D8D"/>
-    <w:rsid w:val="00CC3D16"/>
     <w:rsid w:val="00CC5DB8"/>
-    <w:rsid w:val="00CC734D"/>
     <w:rsid w:val="00CD0CFF"/>
     <w:rsid w:val="00CD1E22"/>
     <w:rsid w:val="00CD36DD"/>
     <w:rsid w:val="00CD4AB2"/>
-    <w:rsid w:val="00CE012D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE134E"/>
     <w:rsid w:val="00CE3216"/>
     <w:rsid w:val="00CE59F8"/>
     <w:rsid w:val="00CE5B9B"/>
-    <w:rsid w:val="00CE6F4B"/>
     <w:rsid w:val="00CF02A1"/>
-    <w:rsid w:val="00CF1858"/>
     <w:rsid w:val="00CF1EA0"/>
     <w:rsid w:val="00CF20C4"/>
     <w:rsid w:val="00CF31B9"/>
     <w:rsid w:val="00CF42DF"/>
-    <w:rsid w:val="00CF4718"/>
-    <w:rsid w:val="00CF6593"/>
     <w:rsid w:val="00D010C1"/>
-    <w:rsid w:val="00D018E4"/>
     <w:rsid w:val="00D022DB"/>
     <w:rsid w:val="00D03D91"/>
-    <w:rsid w:val="00D0474C"/>
     <w:rsid w:val="00D061FE"/>
-    <w:rsid w:val="00D10540"/>
     <w:rsid w:val="00D1189D"/>
     <w:rsid w:val="00D1363A"/>
     <w:rsid w:val="00D13856"/>
-    <w:rsid w:val="00D151A7"/>
     <w:rsid w:val="00D1608F"/>
     <w:rsid w:val="00D161CB"/>
     <w:rsid w:val="00D16A73"/>
-    <w:rsid w:val="00D173E9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D21607"/>
     <w:rsid w:val="00D24258"/>
     <w:rsid w:val="00D24F14"/>
-    <w:rsid w:val="00D27121"/>
     <w:rsid w:val="00D33587"/>
     <w:rsid w:val="00D34D4F"/>
     <w:rsid w:val="00D430F1"/>
     <w:rsid w:val="00D43B18"/>
-    <w:rsid w:val="00D43FAA"/>
     <w:rsid w:val="00D44AC9"/>
     <w:rsid w:val="00D509E5"/>
     <w:rsid w:val="00D51DF0"/>
     <w:rsid w:val="00D543AC"/>
     <w:rsid w:val="00D5466C"/>
-    <w:rsid w:val="00D55857"/>
     <w:rsid w:val="00D55BA4"/>
     <w:rsid w:val="00D57902"/>
     <w:rsid w:val="00D6041B"/>
     <w:rsid w:val="00D60F37"/>
     <w:rsid w:val="00D61C45"/>
     <w:rsid w:val="00D6311A"/>
     <w:rsid w:val="00D64D1A"/>
-    <w:rsid w:val="00D65E9B"/>
     <w:rsid w:val="00D727D7"/>
     <w:rsid w:val="00D73BB6"/>
-    <w:rsid w:val="00D81893"/>
-    <w:rsid w:val="00D833F2"/>
     <w:rsid w:val="00D841C0"/>
     <w:rsid w:val="00D86101"/>
     <w:rsid w:val="00D9271F"/>
     <w:rsid w:val="00D9681D"/>
-    <w:rsid w:val="00DB1AFA"/>
     <w:rsid w:val="00DB5EF8"/>
     <w:rsid w:val="00DB68A5"/>
     <w:rsid w:val="00DB6F72"/>
     <w:rsid w:val="00DC4A05"/>
     <w:rsid w:val="00DC6FDD"/>
     <w:rsid w:val="00DC7D61"/>
-    <w:rsid w:val="00DD523B"/>
     <w:rsid w:val="00DD52DD"/>
-    <w:rsid w:val="00DD5C5B"/>
     <w:rsid w:val="00DD5EE9"/>
     <w:rsid w:val="00DD61EB"/>
     <w:rsid w:val="00DE086C"/>
     <w:rsid w:val="00DE1C19"/>
     <w:rsid w:val="00DE2CA0"/>
     <w:rsid w:val="00DE4BC6"/>
     <w:rsid w:val="00DE5BC4"/>
     <w:rsid w:val="00DE70A5"/>
     <w:rsid w:val="00DE7916"/>
     <w:rsid w:val="00DE7E11"/>
     <w:rsid w:val="00DF2562"/>
     <w:rsid w:val="00DF34AA"/>
-    <w:rsid w:val="00DF5AE9"/>
-    <w:rsid w:val="00DF7554"/>
     <w:rsid w:val="00DF7C35"/>
     <w:rsid w:val="00E0374B"/>
     <w:rsid w:val="00E03A27"/>
     <w:rsid w:val="00E056A9"/>
     <w:rsid w:val="00E079B5"/>
     <w:rsid w:val="00E10491"/>
     <w:rsid w:val="00E11794"/>
-    <w:rsid w:val="00E1443F"/>
     <w:rsid w:val="00E16650"/>
     <w:rsid w:val="00E16F64"/>
     <w:rsid w:val="00E30A4A"/>
-    <w:rsid w:val="00E31143"/>
     <w:rsid w:val="00E3166C"/>
-    <w:rsid w:val="00E31C31"/>
     <w:rsid w:val="00E3209D"/>
-    <w:rsid w:val="00E33A17"/>
     <w:rsid w:val="00E36743"/>
-    <w:rsid w:val="00E37D67"/>
     <w:rsid w:val="00E45E31"/>
     <w:rsid w:val="00E55A42"/>
     <w:rsid w:val="00E576F9"/>
     <w:rsid w:val="00E60E14"/>
-    <w:rsid w:val="00E6198E"/>
     <w:rsid w:val="00E62058"/>
-    <w:rsid w:val="00E63B74"/>
-    <w:rsid w:val="00E658DA"/>
     <w:rsid w:val="00E65B04"/>
-    <w:rsid w:val="00E66834"/>
-    <w:rsid w:val="00E674AF"/>
     <w:rsid w:val="00E67FC5"/>
-    <w:rsid w:val="00E70519"/>
     <w:rsid w:val="00E7304D"/>
     <w:rsid w:val="00E74F16"/>
     <w:rsid w:val="00E82D71"/>
     <w:rsid w:val="00E83B8B"/>
     <w:rsid w:val="00E842ED"/>
     <w:rsid w:val="00E92A1E"/>
     <w:rsid w:val="00E9593F"/>
     <w:rsid w:val="00E97CF4"/>
     <w:rsid w:val="00EA0313"/>
     <w:rsid w:val="00EA3169"/>
-    <w:rsid w:val="00EA3A00"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC29BF"/>
     <w:rsid w:val="00EC3617"/>
-    <w:rsid w:val="00EC4E0B"/>
-    <w:rsid w:val="00EC54EB"/>
     <w:rsid w:val="00EC62DA"/>
     <w:rsid w:val="00ED147C"/>
-    <w:rsid w:val="00ED3793"/>
-    <w:rsid w:val="00ED5284"/>
     <w:rsid w:val="00ED558D"/>
     <w:rsid w:val="00ED57F4"/>
-    <w:rsid w:val="00EE1109"/>
     <w:rsid w:val="00EE1550"/>
-    <w:rsid w:val="00EE22C4"/>
     <w:rsid w:val="00EE3010"/>
     <w:rsid w:val="00EE75E1"/>
     <w:rsid w:val="00EF2840"/>
     <w:rsid w:val="00EF369A"/>
     <w:rsid w:val="00EF384D"/>
     <w:rsid w:val="00EF71FC"/>
-    <w:rsid w:val="00F03330"/>
-    <w:rsid w:val="00F03E61"/>
     <w:rsid w:val="00F04CEB"/>
     <w:rsid w:val="00F0717B"/>
     <w:rsid w:val="00F12FC0"/>
     <w:rsid w:val="00F13092"/>
     <w:rsid w:val="00F1312C"/>
     <w:rsid w:val="00F14608"/>
     <w:rsid w:val="00F14BDC"/>
     <w:rsid w:val="00F1568E"/>
-    <w:rsid w:val="00F16BF5"/>
-    <w:rsid w:val="00F16CDF"/>
     <w:rsid w:val="00F21B87"/>
     <w:rsid w:val="00F227E1"/>
     <w:rsid w:val="00F2378C"/>
     <w:rsid w:val="00F2413F"/>
     <w:rsid w:val="00F24EF3"/>
     <w:rsid w:val="00F30F72"/>
     <w:rsid w:val="00F3319B"/>
     <w:rsid w:val="00F34A85"/>
     <w:rsid w:val="00F36227"/>
     <w:rsid w:val="00F37843"/>
     <w:rsid w:val="00F41BC2"/>
     <w:rsid w:val="00F420FF"/>
     <w:rsid w:val="00F4685C"/>
     <w:rsid w:val="00F47B77"/>
     <w:rsid w:val="00F47CC7"/>
     <w:rsid w:val="00F47D26"/>
     <w:rsid w:val="00F5070F"/>
-    <w:rsid w:val="00F50BED"/>
     <w:rsid w:val="00F5228B"/>
     <w:rsid w:val="00F52ECC"/>
-    <w:rsid w:val="00F53B98"/>
     <w:rsid w:val="00F550F6"/>
     <w:rsid w:val="00F5679E"/>
     <w:rsid w:val="00F57410"/>
     <w:rsid w:val="00F673DC"/>
     <w:rsid w:val="00F70707"/>
     <w:rsid w:val="00F713EF"/>
     <w:rsid w:val="00F71E85"/>
     <w:rsid w:val="00F763B8"/>
     <w:rsid w:val="00F813C9"/>
     <w:rsid w:val="00F84CD7"/>
     <w:rsid w:val="00F8578F"/>
     <w:rsid w:val="00F9044C"/>
     <w:rsid w:val="00F90FDF"/>
     <w:rsid w:val="00F9133F"/>
-    <w:rsid w:val="00F91D0D"/>
     <w:rsid w:val="00F93194"/>
     <w:rsid w:val="00F96762"/>
     <w:rsid w:val="00FA122B"/>
-    <w:rsid w:val="00FA1E8E"/>
     <w:rsid w:val="00FA288D"/>
-    <w:rsid w:val="00FA33BF"/>
     <w:rsid w:val="00FA374F"/>
     <w:rsid w:val="00FA4C3B"/>
     <w:rsid w:val="00FA510E"/>
     <w:rsid w:val="00FA5FB0"/>
-    <w:rsid w:val="00FA6CAF"/>
     <w:rsid w:val="00FA73D4"/>
     <w:rsid w:val="00FB026D"/>
     <w:rsid w:val="00FB628D"/>
     <w:rsid w:val="00FB698D"/>
-    <w:rsid w:val="00FC236C"/>
     <w:rsid w:val="00FC2BA0"/>
     <w:rsid w:val="00FC6B58"/>
     <w:rsid w:val="00FD259B"/>
-    <w:rsid w:val="00FD5783"/>
     <w:rsid w:val="00FD639F"/>
     <w:rsid w:val="00FD69CD"/>
     <w:rsid w:val="00FD6F54"/>
-    <w:rsid w:val="00FD763B"/>
-    <w:rsid w:val="00FD7983"/>
     <w:rsid w:val="00FE0200"/>
     <w:rsid w:val="00FE2995"/>
     <w:rsid w:val="00FE4EB9"/>
     <w:rsid w:val="00FE6542"/>
     <w:rsid w:val="00FF21C1"/>
     <w:rsid w:val="00FF3187"/>
-    <w:rsid w:val="00FF321D"/>
     <w:rsid w:val="00FF45B0"/>
     <w:rsid w:val="00FF4633"/>
-    <w:rsid w:val="00FF4FA6"/>
     <w:rsid w:val="00FF546A"/>
-    <w:rsid w:val="00FF7C37"/>
     <w:rsid w:val="00FF7F5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1B553DEE"/>
+  <w14:docId w14:val="1170E87A"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...342 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005B2FE2"/>
+    <w:rsid w:val="00B01C06"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Times New Roman (Body CS)"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00AA7BB2"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="480" w:after="360"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1620"/>
+      </w:tabs>
+      <w:spacing w:before="480" w:after="0"/>
       <w:ind w:left="432"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000F54EB"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="120"/>
-      <w:ind w:left="216"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007A467C"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1170"/>
       </w:tabs>
-      <w:spacing w:before="200"/>
-      <w:ind w:left="1267"/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:ind w:left="1260"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00576FA6"/>
+    <w:rsid w:val="00416396"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
-      <w:spacing w:before="200"/>
-      <w:ind w:left="2074"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
       <w:bCs/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:aliases w:val="APPENDIX"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
-      <w:pPrChange w:id="0" w:author="Author">
-[...11 lines deleted...]
-      </w:pPrChange>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
-      <w:rPrChange w:id="0" w:author="Author">
-[...7 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:aliases w:val="ATTACHMENT"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
-      <w:pPrChange w:id="1" w:author="Author">
-[...11 lines deleted...]
-      </w:pPrChange>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
-      <w:rPrChange w:id="1" w:author="Author">
-[...9 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
-      <w:pPrChange w:id="2" w:author="Author">
-[...11 lines deleted...]
-      </w:pPrChange>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-      <w:rPrChange w:id="2" w:author="Author">
-[...9 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
-      <w:pPrChange w:id="3" w:author="Author">
-[...11 lines deleted...]
-      </w:pPrChange>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:rPrChange w:id="3" w:author="Author">
-[...5 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="008F4E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
-      <w:pPrChange w:id="4" w:author="Author">
-[...11 lines deleted...]
-      </w:pPrChange>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:rPrChange w:id="4" w:author="Author">
-[...7 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B2FE2"/>
+    <w:rsid w:val="00B01C06"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B2FE2"/>
+    <w:rsid w:val="00B01C06"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00AA7BB2"/>
+    <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000F54EB"/>
+    <w:rsid w:val="008F4E90"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007A467C"/>
+    <w:rsid w:val="008F4E90"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -42594,213 +46862,191 @@
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00296605"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D65E9B"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
-      <w:rPrChange w:id="5" w:author="Author">
-[...6 lines deleted...]
-      </w:rPrChange>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas" w:cstheme="minorBidi"/>
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4a">
     <w:name w:val="Heading4a"/>
     <w:basedOn w:val="Heading3"/>
     <w:link w:val="Heading4aChar"/>
     <w:qFormat/>
     <w:rsid w:val="003D5588"/>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4aChar">
     <w:name w:val="Heading4a Char"/>
     <w:basedOn w:val="Heading3Char"/>
     <w:link w:val="Heading4a"/>
     <w:rsid w:val="003D5588"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="minorBidi"/>
-      <w:b/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
       <w:bCs/>
+      <w:kern w:val="16"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00576FA6"/>
+    <w:rsid w:val="00416396"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
       <w:bCs/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:aliases w:val="APPENDIX Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
-      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:aliases w:val="ATTACHMENT Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
-      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F4E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0038207A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure">
     <w:name w:val="figure"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
@@ -42874,210 +47120,1385 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText3"/>
     <w:rsid w:val="0024399F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level1">
     <w:name w:val="Bullet - level 1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level2">
     <w:name w:val="Bullet - level 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="20"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level3">
     <w:name w:val="Bullet - level 3"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Bullet-level4">
     <w:name w:val="Bullet - level 4"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleCaptionLeft0">
     <w:name w:val="Style Caption + Left:  0&quot;"/>
     <w:basedOn w:val="Caption"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038207A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Bulleted-level1">
     <w:name w:val="Bulleted-level1"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0038207A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B01C06"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1620"/>
+      </w:tabs>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:ind w:left="432"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1170"/>
+      </w:tabs>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:ind w:left="1260"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00416396"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1080"/>
+      </w:tabs>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:aliases w:val="APPENDIX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:aliases w:val="ATTACHMENT"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F4E90"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B01C06"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0043169C"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...42 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D65E9B"/>
+    <w:rsid w:val="00B01C06"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
     <w:rPr>
-      <w:color w:val="808080"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00632A10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="0038207A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00F447C0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rsid w:val="00437492"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:link w:val="FootnoteText"/>
+    <w:rsid w:val="00695172"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:color w:val="004040"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00FF2F1C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseReference1">
+    <w:name w:val="Intense Reference1"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A07CC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="C0504D"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOCHeading1">
+    <w:name w:val="TOC Heading1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00806B75"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296605"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296605"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296605"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296605"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296605"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4a">
+    <w:name w:val="Heading4a"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:link w:val="Heading4aChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5588"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4aChar">
+    <w:name w:val="Heading4a Char"/>
+    <w:basedOn w:val="Heading3Char"/>
+    <w:link w:val="Heading4a"/>
+    <w:rsid w:val="003D5588"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
+      <w:bCs/>
+      <w:kern w:val="16"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00416396"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:aliases w:val="APPENDIX Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:aliases w:val="ATTACHMENT Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0038207A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure">
+    <w:name w:val="figure"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="1170" w:hanging="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tablebullet">
+    <w:name w:val="tablebullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:ind w:left="342" w:hanging="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tabletext">
+    <w:name w:val="tabletext"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
+    <w:name w:val="Table Heading"/>
+    <w:basedOn w:val="tabletext"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterPortrait">
+    <w:name w:val="Footer Portrait"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:rsid w:val="0024399F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level1">
+    <w:name w:val="Bullet - level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:spacing w:before="80" w:after="40"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level2">
+    <w:name w:val="Bullet - level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:after="20"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-level3">
+    <w:name w:val="Bullet - level 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="9"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bullet-level4">
+    <w:name w:val="Bullet - level 4"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleCaptionLeft0">
+    <w:name w:val="Style Caption + Left:  0&quot;"/>
+    <w:basedOn w:val="Caption"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0038207A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bulleted-level1">
+    <w:name w:val="Bulleted-level1"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0038207A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1489320776">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1529686122">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -43095,51 +48516,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1717972184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meddra.org/how-to-use/change-requests" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meddra.org/training-materials" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.meddra.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mssohelp@meddra.org?subject=PTC" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -43387,493 +48808,91 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100100B16074AF0EA41837B07EA6E0F3AE0" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32095ba505fe8ba61c138b7672b08ea0">
-[...191 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...118 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48463FEC-0917-4A77-91A4-281349548BDB}">
-[...25 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C59BE44-AB5A-441F-AB53-33F9F0C6605D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A7E92C5-E708-4F5E-A1F1-6AC32F8491DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>37</Pages>
-[...1 lines deleted...]
-  <Characters>66045</Characters>
+  <Pages>1</Pages>
+  <Words>13600</Words>
+  <Characters>77525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>550</Lines>
-  <Paragraphs>154</Paragraphs>
+  <Lines>646</Lines>
+  <Paragraphs>181</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="8" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
-      </vt:variant>
-[...10 lines deleted...]
-        <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>77477</CharactersWithSpaces>
+  <CharactersWithSpaces>90944</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="750" baseType="variant">
       <vt:variant>
         <vt:i4>65652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>720</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.meddramsso.com/index_subscriber.asp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>524403</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -46092,41 +51111,32 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc268528164</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>